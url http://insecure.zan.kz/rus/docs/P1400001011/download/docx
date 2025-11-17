--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd3728c" w14:textId="dd3728c">
+    <w:p w14:paraId="1250123" w14:textId="1250123">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4004,94 +4004,194 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация государственной политики в сфере государственного планирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z2407" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) формирование и реализация государственной политики по вопросам саморегулирования;</w:t>
+      2) осуществление стратегических, регулятивных и реализационных функций в области саморегулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z2757" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-1) реализация основных направлений государственной политики в сфере развития агломераций;</w:t>
+      2-1) осуществление стратегических, регулятивных и реализационных функций в сфере развития агломераций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z2782" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2) создание условий для развития саморегулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z2924" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики о саморегулировании в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z2925" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-4) разработка и утверждение нормативных правовых актов в сфере развития агломераций в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z2926" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-5) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики в сфере развития агломераций в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z2927" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-6) разработка и утверждение нормативных правовых актов в области саморегулирования в соответствии с целями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О саморегулировании" и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4120,270 +4220,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2409" w:id="116"/>
+    <w:bookmarkStart w:name="z2409" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка, корректировка и мониторинг реализации Стратегии национальной безопасности Республики Казахстан, плана действий по управлению рисками национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z2410" w:id="117"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z2410" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) согласование проектов документов Системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z2411" w:id="118"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z2411" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мониторинг реализации документов Системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z2412" w:id="119"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z2412" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) выработка предложений по совершенствованию Системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z2413" w:id="120"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z2413" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждение методики разработки, реализации, проведения мониторинга и корректировки Национального плана развития Республики Казахстан, планов развития государственных органов, планов развития областей, городов республиканского значения, столицы по согласованию с уполномоченным органом по стратегическому планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z2414" w:id="121"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z2414" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) утверждение методики разработки, реализации, мониторинга и корректировки Стратегии национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z2415" w:id="122"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z2415" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) ведение реестра принятых концепций, национальных проектов, доктрин (стратегий), комплексных планов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z2416" w:id="123"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z2416" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) утверждение правил разработки, реализации, корректировки и мониторинга концепций, национальных проектов, доктрин (стратегий), комплексных планов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z2417" w:id="124"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z2417" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) разработка и утверждение формы и правил составления отчета о результатах мониторинга о реализации документов Системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z2856" w:id="125"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z2856" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) определение порядка формирования агрегированной сводной информации об утвержденных планах развития государственных органов, содержащей сводные количественные сведения о целях и целевых индикаторах, их декомпозиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z2857" w:id="126"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z2857" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-2) определение порядка формирования консолидированного отчета о реализации планов развития всех центральных государственных органов, содержащего сводные количественные сведения о достижении целей и целевых индикаторов, их декомпозиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4540,570 +4640,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2850" w:id="127"/>
+    <w:bookmarkStart w:name="z2850" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-1) утверждение совместно с уполномоченным органом по стратегическому планированию применяемых источников данных и (или) методик соответствующих расчетов индикаторов карты ключевых национальных индикаторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z2851" w:id="128"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z2851" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-2) координация деятельности государственных органов при декомпозиции Национального плана развития Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z2852" w:id="129"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z2852" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-3) согласование методик расчетов целевых индикаторов документов Системы государственного планирования, по которым не формируется официальная статистическая информация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z2421" w:id="130"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z2421" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) разработка и мониторинг реализации общенациональных планов мероприятий, разрабатываемых в целях реализации ежегодных посланий Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z2422" w:id="131"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z2422" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) координация деятельности государственных органов по формированию и реализации экономической политики страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z2841" w:id="132"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z2841" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-1) координация деятельности по реализации целей устойчивого развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z2858" w:id="133"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z2858" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-2) разработка совместно с центральными уполномоченными органами по бюджетному планированию и по исполнению бюджета долгосрочного прогноза развития Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z2859" w:id="134"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z2859" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-3) определение порядка, сроков разработки, структуры и содержания долгосрочного прогноза развития Республики Казахстан, порядка взаимодействия государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z2423" w:id="135"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z2423" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) реализация государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z2424" w:id="136"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z2424" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) разработка прогноза социально-экономического развития республики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z2860" w:id="137"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z2860" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-1) определение порядка, сроков разработки и структуры разделов прогноза социально-экономического развития, в том числе прогноза социально-экономического развития области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z2425" w:id="138"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z2425" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) совершенствование методологии и инструментария макроэкономического прогнозирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z2426" w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z2426" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) оценка влияния мер экономической политики на основные макроэкономические показатели;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z2427" w:id="140"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z2427" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) анализ ситуации в мировой экономике, оценка потенциальных внешних рисков и их влияния на социально-экономическое развитие страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z2428" w:id="141"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z2428" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление методологического обеспечения расчетов показателей прогноза социально-экономического развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z2429" w:id="142"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z2429" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) утверждение методики по разработке стратегий развития городов республиканского и областного значений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z2430" w:id="143"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z2430" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) мониторинг и анализ макроэкономических показателей республики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z2920" w:id="144"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z2920" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25-1) участие в формировании государственной политики и принятие мер по противодействию теневой экономике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z2431" w:id="145"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z2431" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) формирование налоговой и бюджетной политики, а также выработка предложений по формированию таможенной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z2751" w:id="146"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z2751" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-1) осуществление анализа эффективности применения налоговых льгот;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z2752" w:id="147"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z2752" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-2) согласование правил уплаты, перечисления единого платежа, пени по единому платежу и распределения их в виде индивидуального подоходного налога и социальных платежей (за исключением обязательных профессиональных пенсионных взносов), пени, а также их возврата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z2753" w:id="148"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z2753" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-3) согласование перечня произведений искусства, ввозимых негосударственными музеями, импорт которых освобождается от налога на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z2754" w:id="149"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z2754" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-4) согласование перечня бытовых приборов и (или) приборов бытовой электроники, а также их компонентов, реализация которых освобождается от налога на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z2432" w:id="150"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z2432" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) выработка предложений по совершенствованию налогового и бюджетного законодательства, а также в сфере таможенного дела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z2433" w:id="151"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z2928" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-1) согласование правил действий должностных лиц таможенных органов при остановке автомобильных транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z2433" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) выработка предложений по развитию бюджетной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z2434" w:id="152"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z2434" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) прогнозирование доходов бюджетов областей, городов республиканского значения, столицы к проекту Закона Республики Казахстан об объемах трансфертов общего характера между республиканским и областными бюджетами на трехлетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5152,260 +5272,260 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2435" w:id="153"/>
+    <w:bookmarkStart w:name="z2435" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) прогнозирование бюджетных параметров на трехлетний и долгосрочный периоды, включающее прогноз поступлений и расходов консолидированного, государственного и республиканского бюджетов, дефицит бюджета, прогнозирование показателей Национального фонда Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z2861" w:id="154"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z2861" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-1) определение порядка цены отсечения по согласованию с Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z2862" w:id="155"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z2862" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-2) разработка правил проведения экспертизы проектов общестранового значения, предлагаемых к финансированию за счет средств Национального фонда Республики Казахстан путем приобретения долговых ценных бумаг Фонда национального благосостояния, а также рассмотрения наличия альтернативных источников финансирования таких проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z2828" w:id="156"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z2828" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) разработка и утверждение методики прогнозирования доходов бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z2437" w:id="157"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z2437" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) утверждение порядка определения расчетной цены на нефть по согласованию с Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z2438" w:id="158"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z2438" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) разработка и утверждение типовой методики расчетов трансфертов общего характера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z2784" w:id="159"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z2784" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-1) согласование перечня финансовых инструментов для инвестирования активов фонда социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z2830" w:id="160"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z2830" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-2) составление проекта заключения по расчетам трансфертов общего характера и внесение его на рассмотрение Республиканской бюджетной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z2863" w:id="161"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z2863" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33-3) определение порядка планирования трансфертов общего характера, включающего порядок взаимодействия центральных и местных исполнительных органов, других организаций, порядок представления и согласования центральными уполномоченными органами соответствующей отрасли (сферы) и местными исполнительными органами форм, перечней показателей, необходимых для расчета трансфертов общего характера, и порядок проведения мониторинга их использования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z2758" w:id="162"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z2758" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34) выработка предложений по формированию политики государственного и гарантированного государством заимствования и долга, долга по поручительствам государства, прогнозированию и анализу государственного долга и долга квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5454,90 +5574,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2864" w:id="163"/>
+    <w:bookmarkStart w:name="z2864" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-2) разработка перечня целей заимствований местными исполнительными органами областей, городов республиканского значения, столицы по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z2440" w:id="164"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z2929" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-3) разработка и утверждение методики определения лимитов государственных обязательств Правительства Республики Казахстан и местных исполнительных органов по проектам строительства "под ключ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z2930" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-4) разработка и утверждение правил планирования и реализации государственных инвестиционных проектов по проектам строительства "под ключ" по согласованию с уполномоченным органом по делам архитектуры, градостроительства и строительства и центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z2440" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) определение лимитов правительственного долга, долга местных исполнительных органов, предоставления государственных гарантий, предоставления государственных гарантий по поддержке экспорта, государственных обязательств по проектам государственно-частного партнерства Правительства Республики Казахстан, государственных обязательств по проектам государственно-частного партнерства местных исполнительных органов, предоставления поручительств государства, внешнего долга субъектов квазигосударственного сектора, утверждаемых законом о республиканском бюджете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5586,70 +5746,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2787" w:id="165"/>
+    <w:bookmarkStart w:name="z2787" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-2) определение параметров финансовой устойчивости (коэффициенты) Банка Развития, их пороговые значения и методика расчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5772,130 +5932,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2865" w:id="166"/>
+    <w:bookmarkStart w:name="z2865" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-5) определение и утверждение порядка и формы предоставления информации субъектами квазигосударственного сектора об использовании средств чистого дохода, оставшихся после выплаты дивидендов или отчислений в соответствующий бюджет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z2866" w:id="167"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z2866" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-6) определение порядка формирования отчета по выполнению планов мероприятий или планов развития субъектов квазигосударственного сектора, отчета о результатах мониторинга реализации планов мероприятий или планов развития субъектов квазигосударственного сектора и оценки реализации планов мероприятий или планов развития субъектов квазигосударственного сектора, а также долгосрочных стратегий развития автономных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z2441" w:id="168"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z2441" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) по согласованию с центральным уполномоченным органом по исполнению бюджета и центральным уполномоченным органом по бюджетному планированию установление требований к разработке или корректировке заключения для предоставления государственных гарантий по поддержке экспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z2867" w:id="169"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z2867" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36-1) определение порядка проведения обзора расходов, определения целей, тем, объектов, критериев, объема (охвата), уровня, временных рамок, периодичности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6018,790 +6178,810 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2831" w:id="170"/>
+    <w:bookmarkStart w:name="z2831" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-2) согласование условий осуществления отдельных видов деятельности Экспортно-кредитного агентства Казахстана, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z2832" w:id="171"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z2832" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-3) согласование правил формирования системы управления рисками и внутреннего контроля, а также формирования резервов и проведения по ним актуарных расчетов для Экспортно-кредитного агентства Казахстана, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z2833" w:id="172"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z2833" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-4) согласование правил проведения мониторинга гарантированного государством обязательства по поддержке экспорта и финансового состояния Экспортно-кредитного агентства Казахстана, которое имеет государственную гарантию по поддержке экспорта, определяемых центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z2443" w:id="173"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z2923" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-5) согласование перечня, форм, сроков и порядка представления отчетности Экспортно-кредитным агентством по заключению и исполнению договоров страхования, перестрахования, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z2443" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) реализация в пределах своей компетенции государственной политики в сфере создания и функционирования специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z2444" w:id="174"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z2444" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) участие в пределах своей компетенции в разработке и согласовании проектов нормативных правовых актов Республики Казахстан, регламентирующих деятельность специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z2445" w:id="175"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z2445" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40) согласование </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>методики</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки эффективности деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z2446" w:id="176"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z2446" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41) согласование </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приоритетных видов деятельности, на которые распространяется специальный правовой режим специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z2447" w:id="177"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z2447" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) разработка и утверждение правил формирования специальной комиссии и положения о специальной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z2448" w:id="178"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z2448" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) выработка предложений по конкретным размерам индивидуальной ставки налога на добычу полезных ископаемых по низкорентабельным контрактам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z2449" w:id="179"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z2449" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44) проведение экономической экспертизы проектов контрактов на недропользование, заключенных до введения в действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z2450" w:id="180"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z2450" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) проведение экономической экспертизы проектов соглашений о переработке твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z2451" w:id="181"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z2451" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) рассмотрение документов по вопросам бюджетного кредитования, за исключением бюджетных кредитов, направляемых на покрытие дефицита наличности нижестоящих бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z2868" w:id="182"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z2868" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-1) согласование определения критериев по кредитоспособности заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z2869" w:id="183"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z2869" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-2) согласование порядка включения финансовых агентств в перечень финансовых агентств, получающих бюджетные кредиты из республиканского бюджета без обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z2870" w:id="184"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z2870" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-3) согласование определения процедур по предоставлению бюджетных кредитов, в том числе перечня документов, необходимых при их предоставлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z2871" w:id="185"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z2871" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-4) согласование порядка осуществления контроля за использованием бюджетного кредита по целевому назначению и наличием обеспечения исполнения обязательств по нему кредитором, администратором бюджетной программы и (или) поверенным (агентом);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z2872" w:id="186"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z2872" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-5) определение порядка формирования аналитического отчета о бюджетных рисках совместно с центральными уполномоченными органами по бюджетному планированию и по исполнению бюджета, уполномоченным органом по государственному регулированию, контролю и надзору финансового рынка и финансовых организаций и Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z2452" w:id="187"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z2452" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) формирование политики государственных инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z2453" w:id="188"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z2453" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) формирование лимитов государственных обязательств по проектам государственно-частного партнерства, в том числе государственных концессионных обязательств, Правительства Республики Казахстан и местных исполнительных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z2873" w:id="189"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z2873" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48-1) определение порядка оценки состояния долговых обязательств государственного сектора совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z2874" w:id="190"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z2874" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48-2) согласование порядка планирования и реализации институциональных проектов, реализуемых за счет привлечения государственных займов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z2875" w:id="191"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z2875" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48-3) согласование порядка мониторинга финансового состояния заемщика, получившего гарантированный государством заем, контроль за использованием средств гарантированного государством займа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z2454" w:id="192"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z2454" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) методологическое обеспечение планирования бюджетных инвестиций, проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z2876" w:id="193"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z2876" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-1) осуществление прогноза состояния государственных финансов в рамках долгосрочного прогноза развития Казахстана и прогноза социально-экономического развития Казахстана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z2877" w:id="194"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z2877" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-2) согласование порядка мониторинга и формирования сведений о состоянии государственных финансов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z2455" w:id="195"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z2455" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) разработка и утверждение методики определения потребности в объектах образования, здравоохранения, социальной защиты и формирования перечня инвестиционных проектов по согласованию с уполномоченными государственными органами в области образования, здравоохранения, социальной защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z2729" w:id="196"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z2729" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50-1) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовой формы минимального социального стандарта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z2456" w:id="197"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z2456" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) разработка системы региональных стандартов для населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z2825" w:id="198"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z2825" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51-1) разработка и утверждение порядка разработки системы региональных стандартов для населенных пунктов и порядка проведения ее мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z2457" w:id="199"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z2457" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) подготовка экономических заключений по инвестиционным предложениям государственных инвестиционных проектов, бюджетных инвестиционных проектов и бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц администратора бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z2458" w:id="200"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z2458" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) осуществление отбора инвестиционных проектов для предоставления государственных гарантий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z2459" w:id="201"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z2459" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) осуществление отбора проектов государственно-частного партнерства, в том числе концессионных проектов для предоставления или увеличения объема поручительств государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z2878" w:id="202"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z2878" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54-1) определение порядка отбора проектов государственно-частного партнерства для предоставления или увеличения объема поручительств государства по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6924,70 +7104,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2460" w:id="203"/>
+    <w:bookmarkStart w:name="z2460" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) рассмотрение проектов государственно-частного партнерства на условии софинансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7110,90 +7290,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2463" w:id="204"/>
+    <w:bookmarkStart w:name="z2463" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) направление документов для проведения экономической экспертизы республиканских бюджетных инвестиционных проектов, в том числе скорректированных, бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц за счет средств республиканского бюджета, в том числе скорректированных финансово-экономических обоснований, а также для вновь создаваемых, инвестиционных проектов для предоставления государственных гарантий, бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета юридическому лицу, определяемому Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z2464" w:id="205"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z2464" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) формирование перечня республиканских бюджетных инвестиционных проектов и проектов государственно-частного партнерства, в том числе концессионных проектов, разработка или корректировка, а также проведение необходимых экспертиз технико-экономических обоснований бюджетных инвестиционных проектов, конкурсной (аукционной) документации проектов государственно-частного партнерства, в том числе концессионных проектов, консультативного сопровождения проектов государственно-частного партнерства, в том числе концессионных проектов, которые осуществляются за счет средств соответствующей распределяемой бюджетной программы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7242,130 +7422,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2466" w:id="206"/>
+    <w:bookmarkStart w:name="z2466" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) оценка реализации бюджетных инвестиционных проектов и бюджетных инвестиций посредством участия государства в уставном капитале юридических лиц, проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z2879" w:id="207"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z2879" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61-1) осуществление оценки реализации республиканских государственных инвестиционных проектов с привлечением юридического лица, определенного Правительством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z2880" w:id="208"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z2880" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-2) определение порядка проведения оценки реализации государственных инвестиционных проектов, за исключением оценки реализации проектов государственно-частного партнерства, по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z2881" w:id="209"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z2881" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-3) установление требования к разработке или корректировке и экономической экспертизе технико-экономического обоснования по инвестиционным проектам для предоставления государственных гарантий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7414,70 +7594,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2468" w:id="210"/>
+    <w:bookmarkStart w:name="z2468" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) осуществление межотраслевой координации и методологического руководства в области организации проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7526,550 +7706,550 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2470" w:id="211"/>
+    <w:bookmarkStart w:name="z2470" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики определения стоимости проведения экспертизы и оценки документации по вопросам бюджетных инвестиций, государственно-частного партнерства, в том числе концессий, инвестиционных проектов для предоставления государственных гарантий, и бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z2471" w:id="212"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z2471" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) утверждение совместно с центральным уполномоченным органом по исполнению бюджета перечня социально значимых инвестиционных проектов и (или) инвестиционных программ национального оператора в области здравоохранения, национального оператора по управлению автомобильными дорогами и компании, осуществляющей функции управления объектами транспортной инфраструктуры столицы, уполномоченной организации по осуществлению импорта товаров (продукции) военного назначения, товаров (продукции) двойного назначения (применения), работ военного назначения и услуг военного назначения, предназначенных для нужд обороны, обеспечения безопасности и правопорядка и других субъектов квазигосударственного сектора, по которым одним из источников погашения негосударственного займа под государственную гарантию являются выплаты (платежи) из республиканского и местных бюджетов, для реализации инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z2882" w:id="213"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z2882" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-1) определение порядка корректировки утвержденных (уточненных) параметров государственных инвестиционных проектов в связи с корректировкой инвестиционного предложения, технико-экономического обоснования и финансово-экономического обоснования по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z2883" w:id="214"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z2883" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-2) согласование порядка корректировки утвержденных (уточненных) параметров государственных инвестиционных проектов в связи с корректировкой технического задания по проектам создания и развития объектов информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z2884" w:id="215"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z2884" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-3) определение порядка осуществления мониторинга достижения конечных результатов, предусмотренных паспортами бюджетных программ развития и документацией государственных инвестиционных проектов, совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z2885" w:id="216"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z2885" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-4) определение порядка и сроков представления отчетности и форм, а также требований к представляемой информации о ходе и результатах реализации государственных инвестиционных проектов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z2886" w:id="217"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z2886" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-5) согласование бюджетных программ администраторов республиканских бюджетных программ, разрабатывающих планы развития государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z2887" w:id="218"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z2887" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66-6) разработка и утверждение методик расчетов прогнозных сведений о состоянии государственных финансов, определения лимитов правительственного долга, долга местных исполнительных органов, предоставления государственных гарантий, предоставления государственных гарантий по поддержке экспорта, государственных обязательств по проектам государственно-частного партнерства Правительства Республики Казахстан, государственных обязательств по проектам государственно-частного партнерства местных исполнительных органов, предоставления поручительств государства, внешнего долга субъектов квазигосударственного сектора, определения критериев и формирования перечня субъектов квазигосударственного сектора, которым предоставлено право привлечения внешних займов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z2472" w:id="219"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z2472" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики определения стоимости услуг по консультативному сопровождению проектов государственно-частного партнерства, в том числе концессионных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z2473" w:id="220"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z2473" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) выработка предложений по совершенствованию механизмов функционирования местного государственного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z2474" w:id="221"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z2474" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) осуществление отбора заявок на привлечение связанных грантов на основании соответствия заявки на привлечение связанного гранта документам Системы государственного планирования Республики Казахстан, политике предоставления связанных грантов донорами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z2475" w:id="222"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z2475" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       70) утверждение перечня </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на привлечение связанных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z2888" w:id="223"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z2888" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-1) определение порядка привлечения, использования, мониторинга и оценки использования несвязанных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z2889" w:id="224"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z2889" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-2) определение порядка осуществления оценки использования связанных грантов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z2890" w:id="225"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z2890" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-3) определение порядка, сроков и форм представления отчетности, а также требований к представляемой информации о ходе и результатах использования связанных грантов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z2891" w:id="226"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z2891" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       70-4) формирование сводного отчета об использовании связанных грантов, основанного на результатах их оценки;"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z2476" w:id="227"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z2476" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) выработка предложений по созданию институциональной и законодательной основы применения механизмов государственно-частного партнерства в отраслях экономики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z2892" w:id="228"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z2892" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71-1) согласование порядка исполнения государственных обязательств по проектам государственно-частного партнерства, в том числе компенсации инвестиционных затрат по проектам государственно-частного партнерства, компенсации операционных затрат по проектам государственно-частного партнерства, вознаграждения за осуществление управления объектом государственно-частного партнерства, находящимся в государственной собственности, софинансирования, гарантии потребления государством определенного объема товаров, работ и услуг, производимых в ходе реализации проекта государственно-частного партнерства, а также арендной платы за пользование объектом государственно-частного партнерства и платы за доступность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z2477" w:id="229"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z2477" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) выработка предложений по распределению целевых трансфертов из республиканского бюджета на развитие регионов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z2478" w:id="230"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z2478" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) формирование предложений по местным бюджетным инвестиционным проектам, финансируемым за счет целевых трансфертов на развитие и бюджетных кредитов из республиканского бюджета, их соответствию критериям приоритетов региональной политики, определяемым уполномоченным органом в сфере регионального развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z2893" w:id="231"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z2893" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73-1) определение порядка отнесения объектов к критически важным и проектам общестранового значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z2479" w:id="232"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z2479" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) выработка предложений по совершенствованию механизмов формирования, использования и управления Национальным фондом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8118,390 +8298,390 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2481" w:id="233"/>
+    <w:bookmarkStart w:name="z2481" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) представление ежегодно в Правительство Республики Казахстан отчетов о состоянии сфер естественных монополий, исполнении утвержденных тарифных смет, исполнении утвержденных инвестиционных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z2791" w:id="234"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z2791" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76-1) реализация государственной политики в сферах естественных монополий и организация ее осуществления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z2482" w:id="235"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z2482" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил формирования тарифов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z2483" w:id="236"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z2483" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил осуществления деятельности субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z2484" w:id="237"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z2484" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых договоров предоставления регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z2485" w:id="238"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z2485" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z2853" w:id="239"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z2853" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-1) определение критериев и требований к уполномоченным лицам (экспертам, экспертным организациям) для проведения технической экспертизы исполнения утвержденной инвестиционной программы, соблюдения показателей качества и надежности регулируемых услуг и достижения показателей эффективности деятельности субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z2854" w:id="240"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z2854" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-2) формирование и ведение реестра недобросовестных участников закупок на основании представленных данных субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z2894" w:id="241"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z2894" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-3) определение порядка и форм по разработке инвестиционного плана государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z2895" w:id="242"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z2895" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-4) определение порядка планирования и реализации государственных инвестиционных проектов, за исключением государственных инвестиционных проектов специальных государственных органов, осуществляющих разведывательную и контрразведывательную деятельность, а также направленных на финансирование инвестиционных затрат автономных организаций образования, по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z2896" w:id="243"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z2896" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-5) согласование порядка планирования и реализации бюджетных инвестиций специальных государственных органов, осуществляющих разведывательную и контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z2897" w:id="244"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z2897" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-6) согласование порядка планирования и реализации бюджетных инвестиций, направленных на финансирование инвестиционных затрат автономных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z2898" w:id="245"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z2898" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-7) осуществление анализа возможного влияния отраслевых государственных инвестиционных проектов, включенных в портфель государственных инвестиционных проектов, на развитие экономики путем определения прогнозной доли вклада в объем внутреннего валового продукта, прогнозного прироста поступлений бюджета, прогнозного прироста инвестиций в отрасль и других параметров социально-экономического развития страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8530,70 +8710,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2487" w:id="246"/>
+    <w:bookmarkStart w:name="z2487" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) утверждение положения о Совете по тарифной политике и его персонального состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8622,2188 +8802,2248 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2489" w:id="247"/>
+    <w:bookmarkStart w:name="z2489" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       84) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых форм технических условий на подключение к инженерным сетям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z2490" w:id="248"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z2490" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       85) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых регламентов оказания услуг с четким порядком действий сотрудников субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z2491" w:id="249"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z2491" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил определения затрат на технологическое присоединение электрических установок с установленной мощностью до 200 кВт субъектов предпринимательства к электрическим сетям энергопередающих организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z2492" w:id="250"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z2931" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86-1) разработка и утверждение правил рассмотрения заявок субъектов естественных монополий для определения механизма финансирования и (или) субсидирования части ставки вознаграждения по займу по проектам модернизации и строительства энергетической и коммунальной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z2932" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86-2) разработка и утверждение правил субсидирования ставки вознаграждения по займам, получаемым субъектами естественных монополий, а также по государственным ценным бумагам, выпускаемым местными исполнительными органами, по проектам, реализуемым в рамках национального проекта по модернизации энергетического и коммунального секторов, по согласованию с центральным исполнительным органом, осуществляющим руководство в сфере жилищных отношений и жилищно-коммунального хозяйства, центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в области теплоэнергетики, и государственным органом, осуществляющим руководство в области электроэнергетики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z2492" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) осуществление государственного регулирования цен и государственного контроля за соблюдением порядка ценообразования и обязанностей субъекта общественно значимого рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z2493" w:id="251"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z2493" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       88) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил ценообразования на общественно значимых рынках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z2494" w:id="252"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z2933" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88-1) разработка и утверждение нормативных правовых актов в сферах естественных монополий в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z2494" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) международное сотрудничество в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z2495" w:id="253"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z2495" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) координация работы государственных органов по международному экономическому сотрудничеству, взаимодействие с международными финансовыми и экономическими организациями, странами-донорами по вопросам координации внешней помощи и их деятельности, рейтинговыми агентствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z2496" w:id="254"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z2496" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) выступление от имени Правительства Республики Казахстан на переговорах с международными экономическими организациями, а также в рамках двусторонних инициатив;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z2497" w:id="255"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z2497" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) разработка предложений и координация деятельности государственных органов по развитию экономического сотрудничества в рамках международных и региональных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z2498" w:id="256"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z2498" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) мониторинг выполнения международных договоров в экономической сфере, участником которых является Республика Казахстан, и осуществление подготовки предложений по определению приоритетных направлений экономического сотрудничества Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z2749" w:id="257"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z2749" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93-1) разработка и утверждение положений о Национальном контактном центре и его Секретариате, а также состава Национального контактного центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z2750" w:id="258"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z2750" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93-2) разработка и утверждение Регламента рассмотрения обращений о нарушениях Руководящих принципов Организации экономического сотрудничества и развития для многонациональных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z2499" w:id="259"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z2499" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       94) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил оценки корпоративного управления в контролируемых государством акционерных обществах по согласованию с Национальной палатой предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z2500" w:id="260"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z2500" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       95) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового кодекса корпоративного управления в контролируемых государством акционерных обществах, за исключением Фонда национального благосостояния;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z2501" w:id="261"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z2501" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) анализ и оценка управления государственным имуществом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z2792" w:id="262"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z2792" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-1) определение порядка передачи государственного имущества, закрепленного за государственными юридическими лицами, из одного вида государственной собственности в другой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z2793" w:id="263"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z2793" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-2) определение порядка привлечения независимого консультанта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z2794" w:id="264"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z2794" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-3) утверждение формы заявления собственника (правообладателя) стратегического объекта для получения разрешения на обременение стратегических объектов либо их отчуждение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z2795" w:id="265"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z2795" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96-4) согласование правил пользования имуществом общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z2502" w:id="266"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z2502" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) оценка реализации планов развития национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z2503" w:id="267"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z2503" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) утверждение правил разработки, утверждения планов развития национальных управляющих холдингов, национальных холдингов, национальных компаний и планов мероприятий национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство, а также мониторинга и оценки их реализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z2504" w:id="268"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z2504" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) определение порядка разработки, утверждения планов развития контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью, государственных предприятий, а также мониторинг и оценка их реализации, за исключением акционерных обществ, товариществ с ограниченной ответственностью, акционером (участником, доверительным управляющим) которых является Национальный Банк Республики Казахстан, и созданных им государственных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z2505" w:id="269"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z2505" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) определение совместно с центральным уполномоченным органом по управлению государственным имуществом правил разработки и представления отчетов по исполнению планов развития и планов мероприятий национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z2796" w:id="270"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z2796" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100-1) утверждение правил размещения отчетности, необходимой государственным органам, на интернет-ресурсе Фонда, а также перечня, формы и периодичности размещения отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z2506" w:id="271"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z2506" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) утверждение порядка разработки и представления отчетов по исполнению планов развития контролируемых государством акционерных обществ, товариществ с ограниченной ответственностью и государственных предприятий, за исключением акционерных обществ, товариществ с ограниченной ответственностью, акционером (участником, доверительным управляющим) которых является Национальный Банк Республики Казахстан, и созданных им государственных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z2507" w:id="272"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z2507" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       102) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил передачи государственного имущества в имущественный наем (аренду);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z2842" w:id="273"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z2842" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100-2) разработка порядка рассмотрения обращений собственников (правообладателей) стратегических объектов, реабилитационных или банкротных управляющих об обременении либо отчуждении стратегического объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z2508" w:id="274"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z2508" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       103) определение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>порядка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставления государственного имущества в имущественный наем (аренду) без права выкупа на льготных условиях субъектам социального предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z2509" w:id="275"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z2509" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) выработка предложений по совершенствованию системы государственного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z2510" w:id="276"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z2510" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) принятие мер по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z2744" w:id="277"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z2744" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105-1) проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z2843" w:id="278"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z2843" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       105-2) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административным процедурно-процессуальным кодекс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z2844" w:id="279"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z2844" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105-3) рассмотрение петиций граждан Республики Казахстан в пределах своей компетенции в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z2845" w:id="280"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z2845" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105-4) проведение цифровой трансформации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z2511" w:id="281"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z2511" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) проведение функционального анализа деятельности органов государственного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z2512" w:id="282"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z2512" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       107) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики по проведению отраслевых (ведомственных) функциональных обзоров деятельности государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z2899" w:id="283"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z2899" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-1) ведение реестра парафискальных платежей с указанием сумм поступлений и осуществление их анализа на предмет их сохранения, упразднения или передачи в бюджет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-2) формирование реестра функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду, влекущих парафискальные платежи в соответствии с законодательством Республики Казахстан об административных процедурах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2921" w:id="284"/>
+    <w:bookmarkStart w:name="z2921" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107-3) разработка и утверждение методики по проведению функциональных обзоров деятельности государственных юридических лиц и субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z2513" w:id="285"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z2513" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) реализация государственной политики по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z2514" w:id="286"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z2514" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) информирование на ежегодной основе Правительства Республики Казахстан о результатах проводимой работы по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z2515" w:id="287"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z2515" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) разработка и утверждение правил осуществления аутсорсинга функций центральных и (или) местных исполнительных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z2516" w:id="288"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z2516" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) разработка и утверждение правил передачи функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z2517" w:id="289"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z2517" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) разработка и утверждение методики отбора функций центральных и (или) местных исполнительных органов для передачи в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z2518" w:id="290"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z2518" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) разработка и утверждение методики определения стоимости функции центрального и (или) местного исполнительных органов, предлагаемой для передачи в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z2901" w:id="291"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z2901" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113-1) установление порядка взаимодействия государственных органов и сроков предоставления реестра функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду, влекущих парафискальные платежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z2519" w:id="292"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z2519" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) разработка и утверждение методики проведения анализа готовности рынка по функциям центральных и (или) местных исполнительных органов, предлагаемым для передачи в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z2520" w:id="293"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z2520" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) разработка и утверждение правил проведения мониторинга осуществления функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z2521" w:id="294"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z2521" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) осуществление методической помощи и координации деятельности центральных и (или) местных исполнительных органов по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z2522" w:id="295"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z2522" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) подготовка и выдача экспертных заключений центральным и (или) местным исполнительным органам на проведенные ими анализы готовности рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z2523" w:id="296"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z2523" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) проведение экспертизы результатов отбора функций центральных и (или) местных исполнительных органов, предлагаемых центральными и (или) местными исполнительными органами для передачи в конкурентную среду, в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z2902" w:id="297"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z2902" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118-1) определение порядка ведения реестра функций государственных органов, а также его структуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z2524" w:id="298"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z2524" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) подготовка и выдача заключения по представленному расчету на предмет оптимизации, проведенному центральными и (или) местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z2525" w:id="299"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z2525" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) выработка предложений по совершенствованию системы оплаты труда работников для всех органов Республики Казахстан, содержащихся за счет государственного бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z2526" w:id="300"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z2526" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) разработка единой системы оплаты труда работников для всех органов Республики Казахстан, содержащихся за счет государственного бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z2846" w:id="301"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z2846" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121-1) разработка и утверждение совместно с уполномоченным органом по делам государственной службы распределения обязанностей (функциональных направлений деятельности) для заместителей и руководителей аппаратов акимов областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z2847" w:id="302"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z2847" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121-2) подготовка проекта заключения Правительства Республики Казахстан на предложения по увеличению лимитов штатной численности центральных государственных органов (за исключением Администрации Президента Республики Казахстан, Аппарата Правительства Республики Казахстан) и местных исполнительных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z2527" w:id="303"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z2527" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) осуществление реализации государственной политики в области науки и научно-технической деятельности и координация работ по проведению научных исследований в соответствующей отрасли в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z2528" w:id="304"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z2528" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) координация работ по проведению исследований в соответствующей отрасли в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z2529" w:id="305"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z2529" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) развитие государственных электронных информационных ресурсов и государственных информационных систем, информационно-коммуникационных сетей государственных органов, обеспечение их совместимости и взаимодействия в едином информационном пространстве Республики Казахстан в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z2530" w:id="306"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z2530" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) разработка правовых актов в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z2531" w:id="307"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z2531" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) согласование проектов правовых актов и дача заключения по ним в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z2532" w:id="308"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z2532" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) организация проведения научной экономической экспертизы проектов законов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z2797" w:id="309"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z2797" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127-1) утверждение совместно с Министерством юстиции правил организации и проведения научной экспертизы, а также отбора научных правовых экспертов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z2533" w:id="310"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z2533" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) осуществление экономического анализа и выработка предложений по формированию политики в области регионального развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z2534" w:id="311"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z2534" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) осуществление межотраслевой координации в сфере развития местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z2798" w:id="312"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z2798" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129-1) утверждение типового регламента акимата области (города республиканского значения, столицы) и района (города областного значения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z2799" w:id="313"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z2799" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129-2) утверждение типовых правил проведения раздельных сходов местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z2535" w:id="314"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z2535" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) выработка предложений по совершенствованию и оптимизации административно-территориального устройства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z2536" w:id="315"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z2536" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) подготовка заключения на бизнес-план к проекту государственно-частного партнерства на основании экспертизы Центра развития государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z2537" w:id="316"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z2537" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) разработка и утверждение инструкции о проведении местными исполнительными органами мониторинга (скрининга) социально-экономического развития сельских населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z2826" w:id="317"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z2826" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132-1) утверждение критериев для определения потенциала сельских населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z2855" w:id="318"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z2855" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132-2) разработка и утверждение правил микрокредитования и лизинга в сельских населенных пунктах и малых городах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z2538" w:id="319"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z2538" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) проведение анализа текущего состояния социально-экономического развития территорий всех уровней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z2539" w:id="320"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z2539" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) мониторинг и анализ проблем развития регионов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z2540" w:id="321"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z2540" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) координация деятельности государственных органов, регионов по формированию и реализации региональной политики страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z2541" w:id="322"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z2541" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) координация деятельности регионов по формированию и реализации экономической политики страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z2542" w:id="323"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z2542" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) согласование перечня сел с потенциалом развития (опорных и спутниковых, включая стратегические сельские населенные пункты);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z2543" w:id="324"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z2543" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) разработка и оценка эффективности комплексных планов развития отдельных проблемных территорий, населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z2544" w:id="325"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z2544" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       139) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых правил погребения и организации дела по уходу за могилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z2545" w:id="326"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z2545" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) разработка мер по развитию предпринимательской деятельности, осуществляемой молодежью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z2546" w:id="327"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z2546" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       141) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики определения стоимости услуг, оказываемых в рамках государственных мер поддержки предпринимательства за счет средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z2922" w:id="328"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z2922" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141-1) разработка и утверждение правил компенсации имущественных потерь, причиненных субъектам малого и среднего предпринимательства в результате чрезвычайной ситуации природного характера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z2547" w:id="329"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z2547" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) разработка предложений по совершенствованию мер, направленных на финансирование и кредитование субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z2548" w:id="330"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z2548" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       143) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил разработки и утверждения годового отчета о состоянии регулирования предпринимательской деятельности в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z2549" w:id="331"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z2549" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) разработка предложений по реализации мер, направленных на формирование системы подготовки, переподготовки и повышения квалификации кадров в области малого предпринимательства, а также их реализация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z2550" w:id="332"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z2550" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) осуществление взаимодействия и сотрудничества с молодежными организациями по вопросам развития предпринимательской деятельности среди молодежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z2551" w:id="333"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z2551" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) осуществление межведомственной координации центральных государственных и местных исполнительных органов в области совершенствования и оптимизации государственной разрешительной системы и государственного контроля и надзора за деятельностью субъектов частного предпринимательства, а также мер поддержки и развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z2552" w:id="334"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z2552" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) координация деятельности экспертных советов при центральных государственных и местных исполнительных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z2553" w:id="335"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z2553" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) информирование Президента и Правительства Республики Казахстан о нарушениях законодательства Республики Казахстан, регламентирующего деятельность субъектов частного предпринимательства, допускаемых государственными органами и их должностными лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z2554" w:id="336"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z2554" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) осуществление координации системы оценки рисков государственными органами путем совместного утверждения критериев оценки степени рисков, проверочных листов, разрабатываемых уполномоченными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z2555" w:id="337"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z2555" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) разработка и утверждение правил формирования государственными органами системы оценки рисков и формы проверочных листов с учетом специфики и конфиденциальности критериев оценки степени риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z2556" w:id="338"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z2556" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) обеспечение деятельности межведомственной комиссии по вопросам регулирования предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z2557" w:id="339"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z2557" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) внесение в Правительство Республики Казахстан предложения по определению приоритетных секторов экономики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10832,1048 +11072,1188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2559" w:id="340"/>
+    <w:bookmarkStart w:name="z2559" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       154) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня информационных инструментов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z2848" w:id="341"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z2848" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-1) утверждение совместного приказа с уполномоченным органом в сфере информатизации об утверждении перечня разрешений, подлежащих и не подлежащих автоматизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z2903" w:id="342"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z2903" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154-2) согласование порядка планирования и реализации государственных инвестиционных проектов, предусматривающих создание и развитие объектов информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z2560" w:id="343"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z2560" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) взаимодействие с уполномоченным органом в области правовой статистики и специальных учетов по обмену информацией по учету проверок и профилактического контроля и надзора органов контроля и надзора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z2561" w:id="344"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z2561" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) координация деятельности других государственных органов в сфере разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z2800" w:id="345"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z2800" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-1) реализация государственной политики в сфере разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z2801" w:id="346"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z2934" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-2) осуществление стратегических, регулятивных и реализационных функций в области государственного регулирования предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z2801" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-2) формирование и реализация государственной политики в области государственного регулирования предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z2802" w:id="347"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z2802" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156-3) согласование правил лицензирования деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z2562" w:id="348"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z2935" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-4) осуществление стратегических, регулятивных, реализационных и контрольно-надзорных функций в сфере разрешений и уведомлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z2936" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-5) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики о разрешениях и уведомлениях в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z2937" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-6) разработка и утверждение нормативных правовых актов в сфере разрешений и уведомлений в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z2562" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) разработка и утверждение плана развития Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z2563" w:id="349"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z2563" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) определение порядка разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения, технико-экономического обоснования, финансово-экономического обоснования государственного инвестиционного проекта, формирования портфеля государственных инвестиционных проектов и определения государственных инвестиционных проектов по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z2824" w:id="350"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z2824" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158-1) утверждение правил отбора и определения критериев социальных и экономических проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z2904" w:id="351"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z2904" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158-2) определение порядка целесообразности бюджетного кредитования, за исключением бюджетных кредитов, направляемых на покрытие дефицита наличности нижестоящих бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z2564" w:id="352"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z2564" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) утверждение технических регламентов в регулируемых сферах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z2565" w:id="353"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z2565" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) разработка проекта Закона Республики Казахстан об объемах трансфертов общего характера между республиканским и областными бюджетами, бюджетами городов республиканского значения, столицы на трехлетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z2566" w:id="354"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z2566" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) утверждение по согласованию с уполномоченным государственным органом по труду типовых норм и нормативов по труду, а также профессиональных стандартов в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z2567" w:id="355"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z2567" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) согласование предельных цен на розничную реализацию нефтепродуктов через стационарные автозаправочные станции, на которые установлено государственное регулирование цен, и на оптовую реализацию нефтепродуктов, предназначенных для реализации на стационарных автозаправочных станциях, на которые установлено государственное регулирование цен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z2568" w:id="356"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z2568" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) составление административных протоколов в соответствии с Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z2569" w:id="357"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z2569" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) участие в формировании и реализации государственной политики в сфере государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z2570" w:id="358"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z2570" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) установление и утверждение требований, обязательных для исполнения субъектами предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z2571" w:id="359"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z2571" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) выработка предложений по вопросам определения целей и задач, направленных на обеспечение формирования, развития и функционирования агломераций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z2759" w:id="360"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z2759" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-1) разработка перечня и состава агломераций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z2760" w:id="361"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z2760" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-2) разработка положения о совете по агломерациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z2761" w:id="362"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z2761" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-3) определение требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z2762" w:id="363"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z2762" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-4) утверждение правил формирования состава агломерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z2763" w:id="364"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z2763" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-5) разработка и утверждение положения о местном совете агломерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z2764" w:id="365"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z2764" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-6) оказание содействия местным исполнительным органам столицы, города республиканского значения и области, населенные пункты которой входят в агломерацию, в части вопросов развития агломераций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z2765" w:id="366"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z2765" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-7) осуществление координации деятельности центральных государственных органов, местных исполнительных органов и местных советов агломераций по вопросам развития агломераций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z2827" w:id="367"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z2827" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-8) разработка и утверждение перечня моногородов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z2905" w:id="368"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z2905" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-9) определение порядка взаимоотношения местных бюджетов одного уровня друг с другом по совместному решению вопросов местного значения на территории агломерации, порядка составления и представления отчетности о реализации соглашения о совместном решении вопросов местного значения на территории агломерации и требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z2572" w:id="369"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z2572" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) рассмотрение результатов анализа регуляторного воздействия и выдача заключения о соблюдении регулирующими государственными органами, Национальной палатой предпринимателей Республики Казахстан и другими заинтересованными лицами установленных процедур, за исключением проектов актов регионального значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z2573" w:id="370"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z2573" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) разработка и утверждение нормативных правовых актов и нормативных документов, методик, стандартов в рамках компетенции, за исключением устанавливающих требования к субъектам частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z2574" w:id="371"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z2574" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) оказание государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2906" w:id="373"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z2575" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) осуществление стратегических, регулятивных и реализационных функций в области государственной поддержки и развития частного предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z2906" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-1) разработка и утверждение правил формирования, ведения и актуализации реестра мер государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z2907" w:id="374"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z2907" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-2) разработка и утверждение типовой формы стандарта мер государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z2908" w:id="375"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z2908" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-3) разработка и утверждение реестра мер государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z2909" w:id="376"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z2909" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-4) проведение анализа эффективности мер государственной поддержки частного предпринимательства и разработка предложений по их совершенствованию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z2910" w:id="377"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z2910" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170-5) разработка и утверждение методики по разработке Цифровой карты бизнеса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z2576" w:id="378"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z2576" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) организация и координация выполнения государственных мер поддержки и развития малого и среднего предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z2803" w:id="379"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z2803" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171-1) утверждение правил предоставления субъектам малого и среднего предпринимательства в имущественный наем (аренду) или доверительное управление неиспользуемых объектов государственной собственности и занимаемых ими земельных участков для организации производственной деятельности и развития сферы услуг населению с последующей безвозмездной передачей в собственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z2577" w:id="380"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z2577" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) проведение анализа предпринимательской среды, инвестиционного климата и инфраструктуры развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z2578" w:id="381"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z2578" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) организация методологической помощи субъектам частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z2579" w:id="382"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z2938" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173-1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики в области государственной поддержки и развития частного предпринимательства в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z2939" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173-2) разработка и утверждение нормативных правовых актов в области государственной поддержки и развития частного предпринимательства в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z2579" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) ведение реестров субъектов предпринимательства и субъектов социального предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z2804" w:id="383"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z2804" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174-1) утверждение правил ведения и использования реестра субъектов предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       174-2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил расчета среднегодовой численности работников и среднегодового дохода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2580" w:id="384"/>
+    <w:bookmarkStart w:name="z2580" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) утверждение реестра субъектов социального предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z2581" w:id="385"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z2581" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) ведение реестра субъектов социального предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z2582" w:id="386"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z2582" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) разработка и утверждение правил ведения реестра субъектов социального предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z2940" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177-1) разработка и утверждение нормативных правовых актов в области государственного регулирования предпринимательства в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11902,1710 +12282,1810 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2584" w:id="387"/>
+    <w:bookmarkStart w:name="z2584" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) определение порядка осуществления поддержки инициатив развития социального предпринимательства государственными органами, национальными холдингами, национальными институтами развития и иными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z2806" w:id="388"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z2806" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179-1) определение порядка проведения аккредитации, в том числе формы свидетельства об аккредитации, оснований и порядка отмены аккредитации объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z2585" w:id="389"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z2585" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) аккредитация объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z2586" w:id="390"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z2586" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) направление уведомления в Национальную палату предпринимателей Республики Казахстан и экспертные советы о размещении консультативного документа или соответствующего проекта нормативного правового акта, затрагивающего интересы субъектов предпринимательства, на интернет-портале открытых нормативных правовых актов для получения экспертных заключений, в том числе при каждом последующем их согласовании с заинтересованными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z2587" w:id="391"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z2587" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) осуществление мониторинга эффективности государственного контроля и надзора в области государственного регулирования предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z2588" w:id="392"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z2588" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) осуществление международного сотрудничества в области развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z2589" w:id="393"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z2589" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) пропаганда государственной политики по развитию и поддержке частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z2590" w:id="394"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z2590" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) способствование формированию и развитию инфраструктуры малого предпринимательства в регионах республики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z2591" w:id="395"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z2591" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) осуществление государственного контроля в области поддержки субъектов частного предпринимательства на предмет соблюдения требований при оказании государственной поддержки субъектам частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z2755" w:id="396"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z2755" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-1) разработка и утверждение методики осуществления анализа эффективности государственных мер поддержки субъектов частного предпринимательства и населения с предпринимательской инициативой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z2834" w:id="397"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z2834" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       186-2) осуществление государственного контроля в области защиты субъектов предпринимательства в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 85-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан в отношении государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z2835" w:id="398"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z2835" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-3) утверждение полугодовых планов проведения периодических проверок в области защиты субъектов предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z2836" w:id="399"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z2836" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186-4) разработка и утверждение формы полугодового плана проведения периодических проверок, форм актов о назначении, продлении, приостановлении и возобновлении проверок, формы уведомления о продлении срока проверки, форм заключений о результатах периодической, внеплановой проверки и дистанционного контроля в области защиты субъектов предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z2592" w:id="400"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z2592" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) создание условий для участия малого и среднего предпринимательства в реализации документов Системы государственного планирования в сфере инновационного, инвестиционного и индустриального развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z2593" w:id="401"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z2593" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) создание условий для инвесторов, международных организаций-грантодателей в вопросах поддержки и развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z2594" w:id="402"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z2594" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) организация обучения государственных служащих и иных лиц по вопросам внедрения и осуществления анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z2595" w:id="403"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z2595" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) координация деятельности других государственных органов в области государственного контроля (надзора) за деятельностью субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z2596" w:id="404"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z2596" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) рассмотрение отчетов местных исполнительных органов области, городов республиканского значения, столицы, осуществляющих руководство в сфере предпринимательства, о состоянии работы по анализу регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z2597" w:id="405"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z2597" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) участие в реализации государственной политики по обеспечению равных прав и равных возможностей мужчин и женщин;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z2598" w:id="406"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z2598" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) согласование порядка определения предельной цены на розничную реализацию нефтепродуктов, на которые установлено государственное регулирование цен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z2599" w:id="407"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z2599" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке, а также предельных цен оптовой и розничной реализации сжиженного нефтяного газа в рамках плана поставки вне товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z2766" w:id="408"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z2766" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-1) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке для промышленного потребителя-инвестора, приобретающего товарный газ для использования в качестве топлива и (или) сырья в промышленном производстве в целях реализации инвестиционного проекта по производству нефтегазохимической продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z2767" w:id="409"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z2767" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-2) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке на предстоящий год, предназначенного для последующей реализации крупным коммерческим потребителям и лицам, осуществляющим цифровой майнинг, или лицам по производству электрической энергии для осуществления цифрового майнинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z2768" w:id="410"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z2768" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-3) согласование плана передачи на баланс и (или) в доверительное управление имущества, используемого в технологическом цикле, при предоставлении регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z2769" w:id="411"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z2769" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-4) согласование порядка субсидирования аэропортов, находящихся в коммунальной собственности, не обеспечивающих достаточный уровень доходов для покрытия операционных затрат, с пассажиропотоком менее двухсот тысяч пассажиров в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z2770" w:id="412"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z2770" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194-5) согласование типового положения об антикоррупционных комплаенс-службах в субъектах квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z2600" w:id="413"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z2600" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       195) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядка оценки деятельности членов наблюдательного совета и определения лимита выплаты вознаграждения членам наблюдательного совета государственного предприятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z2601" w:id="414"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z2601" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) утверждение форм заявлений для получения разрешений второй категории, форм разрешений второй категории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z2602" w:id="415"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z2602" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) утверждение правил осуществления разрешительных процедур и правил осуществления деятельности или действий (операций), для которых Законом введен разрешительный порядок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z2603" w:id="416"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z2603" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) утверждение форм уведомлений и правил приема уведомлений государственными органами, определение государственных органов, осуществляющих прием уведомлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z2604" w:id="417"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z2604" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) согласование правил ведения государственного электронного реестра разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z2605" w:id="418"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z2605" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) разработка и утверждение правил проведения и использования анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z2746" w:id="420"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z2745" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      200-1) обеспечение подтверждения соответствия нормативного правового акта или иного документа, содержащего в соответствии с законодательством Республики Казахстан обязательные требования, проекта нормативного правового акта Республики Казахстан, проекта документа Системы государственного планирования Республики Казахстан или проекта иного документа, содержащего в соответствии с законодательством Республики Казахстан обязательные требования, требованиям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>81-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан при формировании и ведении реестра требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z2746" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-2) утверждение правил ведения реестра обязательных требований в сфере предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z2747" w:id="421"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z2747" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-3) выработка предложений по определению сфер регулирования предпринимательской деятельности, регуляторные акты которых подлежат включению в реестр обязательных требований в сфере предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z2748" w:id="422"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z2748" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-4) разработка и утверждение правил формирования регулирующими государственными органами системы оценки и управления рисками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z2807" w:id="423"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z2807" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-5) утверждение типового положения об экспертных советах по вопросам предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z2808" w:id="424"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z2808" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-6) организация рассмотрения экспертными советами разрабатываемых центральными государственными, местными представительными и исполнительными органами проектов нормативных правовых актов, проектов международных договоров Республики Казахстан, проектов правовых актов в области системы государственного планирования, а также международных договоров, участницей которых намеревается стать Республика Казахстан, затрагивающих интересы субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z2809" w:id="425"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z2809" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-7) проведение анализа функционирования отраслей экономики в целях устранения препятствий для развития субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z2810" w:id="426"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z2810" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-8) организация предоставления субъектам частного предпринимательства экономической информации о состоянии внутренних и внешних рынков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z2811" w:id="427"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z2811" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-9) согласование минимальных ставок авторского вознаграждения в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером произведения или особенностями его использования (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием, воспроизведением произведения в личных целях без согласия автора и другими случаями);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z2812" w:id="428"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z2812" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-10) согласование минимальных ставок вознаграждения исполнителям и производителям фонограмм в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером использования исполнений или фонограмм (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием, воспроизведением в личных целях без согласия исполнителя и производителя фонограммы и другими случаями);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z2813" w:id="429"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z2813" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-11) согласование порядка, форм государственной финансовой поддержки, отрасли (отраслей) экономики, в которой (которых) осуществляют деятельность субъекты частного предпринимательства, подлежащие государственной финансовой поддержке, юридическое (юридические) лицо (лица), привлекаемое (привлекаемые) для оказания государственной финансовой поддержки, размеров финансовой поддержки и других условий, необходимых для оказания государственной финансовой поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z2814" w:id="430"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z2814" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-12) утверждение порядка, форм государственной финансовой поддержки, отрасли (отраслей) экономики, в которой (которых) осуществляют деятельность субъекты частного предпринимательства, подлежащие государственной финансовой поддержке, юридическое (юридические) лицо (лица), привлекаемое (привлекаемые) для оказания государственной финансовой поддержки, размеров финансовой поддержки и других условий, необходимых для оказания государственной финансовой поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z2837" w:id="431"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z2837" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-13) разработка порядка, форм, размеров поддержки и других условий, необходимых для оказания государственной финансовой и имущественной поддержки субъектам частного предпринимательства, предоставляемой в различных отраслях экономики, которые относятся к компетенциям нескольких отраслевых государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z2838" w:id="432"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z2838" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-14) разработка порядка, форм поддержки и других условий, необходимых для оказания государственной нефинансовой поддержки субъектам частного предпринимательства, предоставляемой в различных отраслях экономики, которые относятся к компетенциям нескольких отраслевых государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z2839" w:id="433"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z2839" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-15) согласование сроков проведения последующего анализа регуляторных актов, определяемых регулирующими государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z2840" w:id="434"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z2840" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-16) разработка и утверждение методики автоматического возмещения субъектам предпринимательства с установленной мощностью электрических установок до 200 кВт путем перерасчета и (или) возврата ранее произведенной суммы за использованную электрическую энергию потребителем в случае превышения энергопередающими организациями среднего показателя количества отключений на одного потребителя за один календарный год и среднего показателя продолжительности отключений на одного потребителя за один календарный год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z2911" w:id="435"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z2911" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200-17) согласование видов, порядка определения и установления ставок вознаграждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z2606" w:id="436"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z2606" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) утверждение форм заявлений для получения и переоформления лицензии и (или) приложения к лицензии, формы лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z2607" w:id="437"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z2607" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг в регулируемой Министерством сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z2608" w:id="438"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z2608" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) осуществление контроля и надзора за деятельностью физических и юридических лиц в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z2609" w:id="439"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z2609" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) осуществление координации деятельности центральных и местных исполнительных органов по реализации государственной политики в соответствующей отрасли (сфере);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z2610" w:id="440"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z2610" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) образование общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z2611" w:id="441"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z2611" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) рассмотрение рекомендаций общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z2612" w:id="442"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z2612" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) определение персонального состава представительства в составе рабочей группы по формированию общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z2613" w:id="443"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z2613" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) утверждение состава рабочей группы по формированию общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z2614" w:id="444"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z2614" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) представительство в составе рабочей группы по формированию общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z2615" w:id="445"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z2615" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) осуществление организационного обеспечения деятельности общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z2616" w:id="446"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z2616" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) осуществление контрольных и надзорных функций за деятельностью центральных и местных исполнительных органов по вопросам, относящимся к полномочиям Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z2617" w:id="447"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z2617" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) осуществление стратегических, регулятивных, реализационных и контрольно-надзорных функций в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z2618" w:id="448"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z2618" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) утверждение системы оценки управления рисками в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z2619" w:id="449"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z2619" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) осуществление внутреннего контроля по направлениям своей деятельности с целью повышения качества и производительности работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z2620" w:id="450"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z2620" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) организация и проведение оценки функционирования системы управления в Министерстве, ведомстве и его территориальных подразделениях, подведомственных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z2621" w:id="451"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z2621" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) привлечение Центра развития государственно-частного партнерства для проведения оценки реализации проектов государственно-частного партнерства, экспертиз бизнес-плана к проекту государственно-частного партнерства при прямых переговорах по определению частного партнера, конкурсной (аукционной) документации проекта государственно-частного партнерства, за исключением конкурсной документации, утверждаемой на основании типовой конкурсной документации в рамках программного государственно-частного партнерства, в том числе при внесении в них соответствующих изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z2815" w:id="452"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z2815" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-1) определение целей, задач и видов деятельности Центра развития государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z2912" w:id="453"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z2912" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216-2) осуществление аккредитации и принятие решения о лишении свидетельства об аккредитации юридических лиц, осуществляющих консультативное сопровождение проектов государственно-частного партнерства, а также экспертизу согласно подпункту 8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственно-частном партнерстве"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z2913" w:id="454"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z2913" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-3) разработка и утверждение правил аккредитации лиц, осуществляющих консультативное сопровождение проектов государственно-частного партнерства, а также экспертизу согласно подпункту 8) статьи 25 Закона Республики Казахстан "О государственно-частном партнерстве";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z2914" w:id="455"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z2914" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-4) согласование порядка предоставления поручительства государства, а также формы договора поручительства государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z2622" w:id="456"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z2622" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) согласование конкурсной (аукционной) документации проекта государственно-частного партнерства по республиканским проектам государственно-частного партнерства, а также республиканским и местным проектам государственно-частного партнерства особой значимости, в том числе при внесении в нее соответствующих изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z2771" w:id="457"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z2771" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-1) определение порядка проведения экспертизы конкурсной документации проекта государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z2772" w:id="458"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z2772" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-2) определение порядка формирования и опубликования перечня социально-экономических задач для формирования предложений по реализации проектов государственно-частного партнерства и порядка информационного обеспечения планируемых и реализуемых проектов государственно-частного партнерства, в том числе посредством использования веб-портала государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z2773" w:id="459"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z2773" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-3) разработка перечня объектов государственно-частного партнерства, по отношению к которым конкурс по определению частного партнера может быть закрытым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z2774" w:id="460"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z2774" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-4) определение порядка согласования и экспертизы конкурсной (аукционной) документации в рамках реализации частной инициативы, утверждаемой центральными уполномоченными государственными органами соответствующей отрасли, местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z2775" w:id="461"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z2775" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217-5) согласование конкурсной (аукционной) документации в рамках реализации частной инициативы, утверждаемой центральными уполномоченными государственными органами соответствующей отрасли, местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z2915" w:id="462"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z2915" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       217-6) определение порядка конкурса (аукцион) по определению частного партнера, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан "О государственно-частном партнерстве";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z2623" w:id="463"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z2623" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) утверждение примерного перечня рисков, возникающих на различных этапах государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z2624" w:id="464"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z2624" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) утверждение правил планирования и реализации проектов государственно-частного партнерства, включающих вопросы планирования проектов государственно-частного партнерства, проведения конкурса (аукциона) и прямых переговоров по определению частного партнера, проведения мониторинга договоров государственно-частного партнерства, проведения мониторинга и оценки реализации проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z2916" w:id="465"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z2916" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219-1) утверждение правил осуществления подготовки отраслевого заключения на конкурсную (аукционную) документацию республиканского проекта государственно-частного партнерства, бизнес-плана к проекту государственно-частного партнерства при прямых переговорах по определению частного партнера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkEnd w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13634,210 +14114,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2776" w:id="466"/>
+    <w:bookmarkStart w:name="z2776" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-1) согласование порядка определения частного партнера и заключения договора государственно-частного партнерства в рамках концепций развития отраслей (сфер), национальных проектов, разработанного государственным органом соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z2777" w:id="467"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z2777" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-2) разработка и утверждение методики оценки социально-экономической эффективности проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z2778" w:id="468"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z2778" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-3) разработка и утверждение методики распределения и оценки рисков проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z2779" w:id="469"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z2779" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220-4) разработка и утверждение методики учета условных государственных обязательств по проектам государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z2626" w:id="470"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z2626" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       221) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил приема объектов государственно-частного партнерства в государственную собственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z2627" w:id="471"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z2627" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) ведение перечня недобросовестных потенциальных частных партнеров, формирующегося на основании решений судов, вступивших в законную силу, и размещение данного перечня на интернет-ресурсе Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z2628" w:id="472"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z2628" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) утверждение критериев отнесения проекта государственно-частного партнерства к проекту государственно-частного партнерства особой значимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkEnd w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13866,290 +14346,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2780" w:id="473"/>
+    <w:bookmarkStart w:name="z2780" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224-1) определение оператора веб-портала государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z2917" w:id="474"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z2917" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224-2) разработка и утверждение правил использования веб-портала государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z2630" w:id="475"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z2630" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) формирование перечня инвестиционных проектов и (или) инвестиционных программ, предлагаемых к финансированию за счет средств негосударственных займов под государственные гарантии на соответствующий период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z2631" w:id="476"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z2631" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       226) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики оценки инвестиционной привлекательности регионов и унифицированного инвестиционного стандарта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z2632" w:id="477"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z2632" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       227) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового положения о территориальных советах местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z2633" w:id="478"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z2633" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) утверждение правил ведения реестра саморегулируемых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z2634" w:id="479"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z2634" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) ведение реестра саморегулируемых организаций в соответствующей сфере (отрасли);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z2635" w:id="480"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z2635" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) согласование правил и стандартов саморегулируемых организаций, основанных на обязательном членстве (участии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z2636" w:id="481"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z2636" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) разработка, согласование проектов нормативных правовых актов по вопросам саморегулирования в соответствующей отрасли или сфере государственного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z2849" w:id="482"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z2849" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231-1) разработка и утверждение правил заключения соглашения о признании результатов деятельности с саморегулируемой организацией, основанной на добровольном членстве (участии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkEnd w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14178,490 +14658,596 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2638" w:id="483"/>
+    <w:bookmarkStart w:name="z2638" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) оказание методической помощи и координация деятельности регулирующих государственных органов по вопросам осуществления анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z2639" w:id="484"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z2639" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) проведение альтернативного анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z2640" w:id="485"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z2640" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) размещение информации на казахском и русском языках на интернет-портале открытых данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z2641" w:id="486"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z2641" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) размещение информации на интернет-портале открытых бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z2642" w:id="487"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z2642" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) размещение информации на интернет-портале открытых нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z2643" w:id="488"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z2643" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) согласование нормативного правового акта, устанавливающего порядок размещения информации на интернет-портале открытых бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z2644" w:id="489"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z2644" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) проведение внутреннего контроля за качеством и своевременностью представления информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z2645" w:id="490"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z2645" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       240) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового перечня районного коммунального имущества, передаваемого в состав коммунального имущества города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z2646" w:id="491"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z2646" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) определение порядка поступлений от передачи в конкурентную среду активов национальных управляющих холдингов, национальных холдингов, национальных компаний и их дочерних, зависимых и иных юридических лиц, являющихся аффилированными с ними, в Национальный фонд Республики Казахстан по перечню, утверждаемому Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z2816" w:id="492"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z2816" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       241-1) утверждение перечня организаций, более пятидесяти процентов голосующих акций которых принадлежат на праве собственности или доверительного управления национальному управляющему холдингу, в отношении которых не распространяется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об инвестиционных и венчурных фондах";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z2829" w:id="493"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z2829" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241-1) утверждение правил формирования Национального доклада по управлению государственными активами и квазигосударственным сектором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z2647" w:id="494"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктом 241-2) в соответствии с постановлением Правительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 886</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.07.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2647" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) утверждение правил согласования объемов внешних займов квазигосударственного сектора совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z2648" w:id="495"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z2648" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового положения об аппарате акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z2817" w:id="496"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z2817" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243-1) определение порядка и размера предоставления мер социальной поддержки, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z2649" w:id="497"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z2649" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       244) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового регламента собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z2650" w:id="498"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z2650" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       245) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил отбора и координации проектов по содействию устойчивому развитию и росту Республики Казахстан, осуществляемых совместно с международными финансовыми организациями в рамках рамочных соглашений о партнерстве между Правительством Республики Казахстан и международными финансовыми организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkEnd w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14690,590 +15276,630 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2652" w:id="499"/>
+    <w:bookmarkStart w:name="z2652" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) разработка и утверждение методической рекомендации по реализации Программы совместных экономических исследований, реализуемой Правительством Республики Казахстан и Международным Банком Реконструкции и Развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z2653" w:id="500"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z2653" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) подготовка и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z2654" w:id="501"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z2654" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z2655" w:id="502"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z2655" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) рассмотрение проектов документов по стандартизации и национального плана стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z2656" w:id="503"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z2656" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) подготовка предложений по созданию технических комитетов по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z2657" w:id="504"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z2657" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) разработка и утверждение правил размещения наружной (визуальной) рекламы на открытом пространстве за пределами помещений в населенных пунктах, в полосе отвода автомобильных дорог общего пользования, на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z2658" w:id="505"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z2941" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      252-1) разработка и утверждение нормативных правовых актов в области рекламы в соответствии с целями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О рекламе" и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z2658" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) участие в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z2659" w:id="506"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z2659" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       254) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня специально отведенных мест для размещения афиш культурных, спортивных и спортивно-массовых мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z2660" w:id="507"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z2660" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z2661" w:id="508"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z2661" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) разработка с участием государственных органов мобилизационного плана Республики Казахстан и плана производства товаров, выполнения работ и оказания услуг на соответствующий период, согласование мобилизационных планов государственных органов, акиматов областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z2662" w:id="509"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z2662" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) координация деятельности государственных органов в области мобилизационной подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z2663" w:id="510"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z2663" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) организация научного и методического обеспечения в области мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z2664" w:id="511"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z2664" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) организация повышения квалификации специалистов мобилизационных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z2665" w:id="512"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z2665" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) внесение предложений в Правительство Республики Казахстан о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы, по представлениям государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z2666" w:id="513"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z2666" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) осуществление оценки мобилизационной готовности Республики Казахстан в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан и ежегодном докладе Правительству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z2667" w:id="514"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z2667" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) проведение военно-экономических и командно-штабных учений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z2668" w:id="515"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z2668" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) координация работы государственных органов и организаций по бронированию военнообязанных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z2669" w:id="516"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z2669" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) осуществление государственного контроля за мобилизационной подготовкой и мобилизацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z2818" w:id="517"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z2818" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264-1) утверждение типового положения о мобилизационных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z2819" w:id="518"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z2819" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       264-2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил военно-транспортной обязанности на территории Республики Казахстан на период мобилизации, военного положения и в военное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z2820" w:id="519"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z2820" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264-3) утверждение правил определения мобилизационных потребностей Вооруженных Сил, других войск и воинских формирований, специальных государственных органов из отраслей экономики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z2670" w:id="520"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z2670" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) координация деятельности в сфере создания и сохранения страхового фонда технической документации на изделия вооружения и военной техники, важнейшую гражданскую продукцию, а также проектной документации на объекты повышенного риска, системы жизнеобеспечения населения и объекты, являющиеся национальным достоянием;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z2671" w:id="521"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z2671" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) разработка правил создания, сохранения и использования страхового фонда технической документации на изделия вооружения и военной техники, важнейшую гражданскую продукцию, а также проектной документации на объекты повышенного риска, системы жизнеобеспечения населения и объекты, являющиеся национальным достоянием;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z2672" w:id="522"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z2672" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) в целях информирования Правительства Республики Казахстан по итогам полугодия – до 25 июля отчетного года, по итогам года – до 25 января года, следующего за отчетным, направление информации по учету материальных ценностей государственного материального резерва, лекарственных средств и медицинских изделий мобилизационного резерва, продовольственных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z2673" w:id="523"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z2673" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) обеспечение деятельности консультативно-совещательных органов в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkEnd w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15430,450 +16056,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2677" w:id="524"/>
+    <w:bookmarkStart w:name="z2677" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) разработка и утверждение совместно с центральным уполномоченным органом, осуществляющим руководство в сфере информатизации, перечня объектов информатизации государственных органов и организаций, подлежащих интеграции с реестром бизнес-партнеров, по согласованию с Национальной палатой предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z2678" w:id="525"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z2678" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) определение порядка создания, ведения и использования реестра бизнес-партнеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z2821" w:id="526"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z2821" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273-1) утверждение предельных размеров обязательных членских взносов в Национальную палату предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z2679" w:id="527"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z2679" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) определение порядка по установлению стоимости исследований, консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z2918" w:id="528"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z2918" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274-1) определение порядка по установлению стоимости государственного задания по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z2919" w:id="529"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z2919" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274-2) образование ведомственной бюджетной комиссии, определение ее рабочего органа и утверждение положения о ней, компетенции и состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z2680" w:id="530"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z2680" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       275) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядка определения экономического эффекта от бюджетных субсидий по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z2733" w:id="531"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z2733" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-1) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z2734" w:id="532"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z2734" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-2) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z2735" w:id="533"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z2735" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-3) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z2736" w:id="534"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z2736" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-4) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z2737" w:id="535"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z2737" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       275-5) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z2738" w:id="536"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z2738" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z2739" w:id="537"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z2739" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z2740" w:id="538"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z2740" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z2741" w:id="539"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z2741" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z2742" w:id="540"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z2742" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z2743" w:id="541"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z2743" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z2681" w:id="542"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z2681" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) осуществление иных функций и направлений, возложенных на центральные исполнительные органы Конституцией, законами, актами Президента и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkEnd w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16455,635 +17081,675 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 14.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 627</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его подписания и распространяется на правоотношения, возникшие с 01.01.2024); от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 886</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2682" w:id="543"/>
+    <w:bookmarkStart w:name="z2682" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z2683" w:id="544"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z2683" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z2684" w:id="545"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z2684" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z2685" w:id="546"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z2685" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Министерства имеет заместителей (первый вице-министр, вице-министры), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z2686" w:id="547"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z2686" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z2687" w:id="548"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z2687" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в соответствии с законодательством назначает на должности и освобождает от должностей работников Министерства, решает вопросы трудовых отношений, которые отнесены к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z2688" w:id="549"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z2688" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет компетенцию и порядок взаимодействия ведомств с иными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z2689" w:id="550"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z2689" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) назначает на должности и освобождает от должностей руководителей ведомств, которые подконтрольны ему в своей деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z2690" w:id="551"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z2690" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по согласованию с руководителем аппарата назначает на должности и освобождает от должностей заместителей руководителей ведомств в случаях, предусмотренных законодательными актами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z2691" w:id="552"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z2691" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством порядке налагает дисциплинарные взыскания и применяет меры поощрения на сотрудников Министерства, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z2692" w:id="553"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z2692" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z2693" w:id="554"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z2693" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) подписывает приказы Министра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z2694" w:id="555"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z2694" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z2695" w:id="556"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z2695" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z2696" w:id="557"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z2696" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата Министерства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z2697" w:id="558"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z2697" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z2698" w:id="559"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z2698" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z2699" w:id="560"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z2699" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z2700" w:id="561"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z2700" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z2701" w:id="562"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z2701" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z2702" w:id="563"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z2702" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z2703" w:id="564"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z2703" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z2704" w:id="565"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z2704" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства и его ведомства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z2705" w:id="566"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z2705" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Институт экономических исследований".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z2706" w:id="567"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z2706" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Акционерное общество "Казахстанский центр государственно-частного партнерства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z2707" w:id="568"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z2707" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Акционерное общество "Национальный управляющий холдинг "Байтерек".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z2708" w:id="569"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z2708" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень республиканских государственных учреждений, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z2709" w:id="570"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z2709" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республиканское государственное учреждение "Научно-исследовательский институт микрографии" Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z2710" w:id="571"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z2710" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений – территориальных подразделений Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17098,450 +17764,450 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2711" w:id="572"/>
+    <w:bookmarkStart w:name="z2711" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Астане.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z2712" w:id="573"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z2712" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z2713" w:id="574"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z2713" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Шымкенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z2714" w:id="575"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z2714" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z2715" w:id="576"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z2715" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z2716" w:id="577"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z2716" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z2717" w:id="578"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z2717" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z2718" w:id="579"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z2718" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z2719" w:id="580"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z2719" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z2720" w:id="581"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z2720" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z2721" w:id="582"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z2721" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z2722" w:id="583"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z2722" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z2723" w:id="584"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z2723" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z2724" w:id="585"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z2724" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z2725" w:id="586"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z2725" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z2726" w:id="587"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z2726" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z2727" w:id="588"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z2727" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z2730" w:id="589"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z2730" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Абай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z2731" w:id="590"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z2731" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z2732" w:id="591"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z2732" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Ұлытау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkEnd w:id="610"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17620,468 +18286,468 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1040" w:id="592"/>
+    <w:bookmarkStart w:name="z1040" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1041" w:id="593"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1041" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z1042" w:id="594"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1042" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1043" w:id="595"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1043" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Министерству экономического развития и торговли Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1044" w:id="596"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1044" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе "Комитету по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1045" w:id="597"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1045" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1046" w:id="598"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1046" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Комитету по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1047" w:id="599"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1047" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить строкой, порядковый номер 264-9, следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1048" w:id="600"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1048" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "264-9 Акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1049" w:id="601"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1049" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе "Агентству Республики Казахстан по защите конкуренции Республики Казахстан (Антимонопольное агентство)":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1050" w:id="602"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1050" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z1051" w:id="603"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1051" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Комитету по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z1052" w:id="604"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1052" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Министерству регионального развития Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z1053" w:id="605"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z1053" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделом следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z1054" w:id="606"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z1054" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z1055" w:id="607"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1055" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       360. Акционерное общество "Институт экономических исследований".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z1056" w:id="608"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1056" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       361. Акционерное общество "Казахстанский центр государственно-частного партнерства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z1057" w:id="609"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1057" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362. Акционерное общество "Центр развития торговой политики".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z1058" w:id="610"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1058" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       363. Акционерное общество "Национальная компания "Астана ЭКСПО-2017.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkEnd w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18340,68 +19006,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1134" w:id="611"/>
+    <w:bookmarkStart w:name="z1134" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений – территориальных органов Агентства Республики Казахстан по статистике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkEnd w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент статистики Акмолинской области в Департамент статистики Акмолинской области Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18628,70 +19294,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент статистики по Южно-Казахстанской области в Департамент статистики Южно-Казахстанской области Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент статистики города Астаны в Департамент статистики города Астаны Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1135" w:id="612"/>
+    <w:bookmarkStart w:name="z1135" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент статистики города Алматы в Департамент статистики города Алматы Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkEnd w:id="631"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18770,4868 +19436,4868 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1137" w:id="613"/>
+    <w:bookmarkStart w:name="z1137" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений – территориальных органов Агентства Республики Казахстан по защите прав потребителей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1138" w:id="614"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z1138" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1139" w:id="615"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z1139" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аккольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Аккольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1140" w:id="616"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z1140" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аршалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Аршалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z1141" w:id="617"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z1141" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Астраханское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Астраханское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z1142" w:id="618"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z1142" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Атбасарское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Атбасарское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z1143" w:id="619"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z1143" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Буландынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Буландынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1144" w:id="620"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z1144" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егиндыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Егиндыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1145" w:id="621"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z1145" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Енбекшильдерское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Енбекшильдерское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z1146" w:id="622"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z1146" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ерейментауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Ерейментауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z1147" w:id="623"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1147" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1148" w:id="624"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z1148" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жаксынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Жаксынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1149" w:id="625"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1149" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Жаркаинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Жаркаинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1150" w:id="626"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z1150" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Зерендинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Зерендинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1151" w:id="627"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z1151" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Коргалжынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Коргалжынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1152" w:id="628"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1152" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сандыктауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Сандыктауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z1153" w:id="629"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1153" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Степногорское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Степногорское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z1154" w:id="630"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z1154" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Кокшетауское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Кокшетауское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z1155" w:id="631"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1155" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Целиноградское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Целиноградское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z1156" w:id="632"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z1156" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Шортандинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Шортандинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z1157" w:id="633"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z1157" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бурабайское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Бурабайское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z1158" w:id="634"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z1158" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент по защите прав потребителей Актюбинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z1159" w:id="635"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z1159" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Актобинское городское управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Актобинское городское управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z1160" w:id="636"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z1160" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Айтекебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Айтекебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z1161" w:id="637"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z1161" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Алгинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Алгинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z1162" w:id="638"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z1162" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Байганинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Байганинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z1163" w:id="639"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z1163" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Иргизское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Иргизское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z1164" w:id="640"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z1164" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Каргалинское районное управление по защите прав потребителей Департамента по защите прав потребителей по Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Каргалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z1165" w:id="641"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z1165" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Кобдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Кобдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z1166" w:id="642"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z1166" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Мартукское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Мартукское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z1167" w:id="643"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z1167" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Мугалжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Мугалжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z1168" w:id="644"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z1168" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Темирское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Темирское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z1169" w:id="645"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z1169" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Уилское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Уилское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z1170" w:id="646"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z1170" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Хромтауское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Хромтауское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z1171" w:id="647"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z1171" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Шалкарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Шалкарское районное управление защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z1172" w:id="648"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z1172" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Департамент по защите прав потребителей Алматинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z1173" w:id="649"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z1173" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Аксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Аксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z1174" w:id="650"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z1174" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Алакольское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Алакольское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z1175" w:id="651"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z1175" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z1176" w:id="652"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z1176" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Енбекшиказахское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Енбекшиказахское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z1177" w:id="653"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z1177" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Ескельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Ескельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z1178" w:id="654"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z1178" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z1179" w:id="655"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z1179" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Илийское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Илийское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z1180" w:id="656"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z1180" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Карасайское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Карасайское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z1181" w:id="657"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z1181" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Каратальское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Каратальское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z1182" w:id="658"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z1182" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Кербулакское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Кербулакское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z1183" w:id="659"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z1183" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Коксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Коксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z1184" w:id="660"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z1184" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Панфиловское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Панфиловское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z1185" w:id="661"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z1185" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Райымбекское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Райымбекское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z1186" w:id="662"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z1186" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Саркандское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Саркандское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z1187" w:id="663"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z1187" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Талгарское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Талгарское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z1188" w:id="664"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1188" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Уйгурское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Уйгурское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z1189" w:id="665"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1189" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Капшагайское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Капшагайское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z1190" w:id="666"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1190" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Талдыкорганское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Талдыкорганское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z1191" w:id="667"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1191" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Текелийское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Текелийское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z1192" w:id="668"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1192" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Департамент по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z1193" w:id="669"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1193" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Атырауское городское управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Атырауское городское управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z1194" w:id="670"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1194" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Жылыойское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Жылыойское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z1195" w:id="671"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1195" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Индерское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Индерское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z1196" w:id="672"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1196" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Исатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Исатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z1197" w:id="673"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1197" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Кзылкугинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Кзылкугинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z1198" w:id="674"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1198" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Курмангазинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Курмангазинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z1199" w:id="675"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z1199" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Макатское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Макатское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z1200" w:id="676"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z1200" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Махамбетское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Махамбетское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z1201" w:id="677"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z1201" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Департамент Агентства Республики Казахстан по защите прав потребителей Восточно-Казахстанской области в Департамент по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z1202" w:id="678"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z1202" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Усть-Каменогорское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Усть-Каменогорское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z1203" w:id="679"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z1203" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Семейское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Семейское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z1204" w:id="680"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z1204" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Аягозское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Аягозское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z1205" w:id="681"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z1205" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z1206" w:id="682"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z1206" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Бескарагайское районное управление по защите прав потребителей Департамента по защите прав потребителей по Восточно-Казахстанской области Агентства Республики Казахстан защите прав потребителей в Бескарагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z1207" w:id="683"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z1207" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Бородулихинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бородулихинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z1208" w:id="684"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z1208" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Глубоковское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Глубоковское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z1209" w:id="685"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z1209" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Жарминское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жарминское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z1210" w:id="686"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z1210" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Зайсанское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зайсанское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1211" w:id="687"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z1211" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Зыряновское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зыряновское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1212" w:id="688"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z1212" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Катон-Карагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Катон-Карагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1213" w:id="689"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z1213" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Кокпектинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кокпектинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1214" w:id="690"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z1214" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Курчатовское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Курчатовское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z1215" w:id="691"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z1215" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Курчумское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Курчумское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z1216" w:id="692"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1216" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Риддерское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Риддерское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z1217" w:id="693"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1217" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Тарбагатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тарбагатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z1218" w:id="694"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1218" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Уланское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уланское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z1219" w:id="695"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1219" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Урджарское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Урджарское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z1220" w:id="696"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1220" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Шемонайхинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Шемонайхинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z1221" w:id="697"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z1221" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Департамент по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z1222" w:id="698"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z1222" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Таразское городское управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Таразское городское управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z1223" w:id="699"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z1223" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Байзакское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Байзакское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z1224" w:id="700"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z1224" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Управление по защите прав потребителей района имени Т. Рыскулова Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей района имени Т. Рыскулова Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z1225" w:id="701"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z1225" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z1226" w:id="702"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z1226" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Жуалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Жуалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z1227" w:id="703"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z1227" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Кордайское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Кордайское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z1228" w:id="704"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z1228" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Меркенское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Меркенское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z1229" w:id="705"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z1229" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Мойынкумское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Мойынкумское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z1230" w:id="706"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z1230" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Сарысуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Сарысуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z1231" w:id="707"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z1231" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Таласское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Таласское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z1232" w:id="708"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z1232" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Шуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Шуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z1233" w:id="709"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z1233" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Департамент по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан в Департамент по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z1234" w:id="710"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z1234" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Уральское городское управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уральское городское управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z1235" w:id="711"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z1235" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Акжаикское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Акжаикское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z1236" w:id="712"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z1236" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Бокейординское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бокейординское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z1237" w:id="713"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z1237" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Бурлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бурлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z1238" w:id="714"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z1238" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Жангалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жангалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z1239" w:id="715"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z1239" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Жанибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жанибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z1240" w:id="716"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z1240" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Зеленовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зеленовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z1241" w:id="717"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1241" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Казталовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Казталовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z1242" w:id="718"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1242" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Каратобинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Каратобинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z1243" w:id="719"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z1243" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Сырымское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сырымское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z1244" w:id="720"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z1244" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Таскалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Таскалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z1245" w:id="721"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1245" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Теректинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Теректинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z1246" w:id="722"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z1246" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Чингирлауское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Чингирлауское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z1247" w:id="723"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z1247" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Департамент по защите прав потребителей Карагандинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z1248" w:id="724"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z1248" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z1249" w:id="725"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z1249" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z1250" w:id="726"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z1250" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Бухаржырауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Бухаржырауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z1251" w:id="727"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z1251" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Жанааркинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Жанааркинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z1252" w:id="728"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z1252" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Каркаралинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Каркаралинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z1253" w:id="729"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z1253" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Управление по защите прав потребителей района имени Казыбек би города Караганда Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района имени Казыбек би города Караганда Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z1254" w:id="730"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z1254" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Управление по защите прав потребителей Октябрьского района города Караганда Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей Октябрьского района города Караганда Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z1255" w:id="731"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z1255" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Нуринское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Нуринское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z1256" w:id="732"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z1256" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119. Осакаровское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Осакаровское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z1257" w:id="733"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z1257" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Улытауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Улытауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z1258" w:id="734"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z1258" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Шетское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Шетское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z1259" w:id="735"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z1259" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Балхашское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z1260" w:id="736"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z1260" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123. Жезказганское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Жезказганское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z1261" w:id="737"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z1261" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124. Каражалское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Каражалское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z1262" w:id="738"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z1262" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Приозерскское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Приозерскское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z1263" w:id="739"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z1263" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Саранское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Саранское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z1264" w:id="740"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1264" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127. Сатпаевское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Сатпаевское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z1265" w:id="741"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z1265" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Темиртауское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Темиртауское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z1266" w:id="742"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z1266" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Шахтинское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Шахтинское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z1267" w:id="743"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z1267" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130. Департамент по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z1268" w:id="744"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z1268" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131. Алтынсаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Алтынсаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1269" w:id="745"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z1269" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132. Амангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Амангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z1270" w:id="746"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z1270" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133. Аулиекольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Аулиекольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z1271" w:id="747"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z1271" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Денисовское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Денисовское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z1272" w:id="748"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z1272" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Жангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Жангельдинское районное Управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1273" w:id="749"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z1273" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Житикаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Житикаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z1274" w:id="750"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z1274" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137. Камыстинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Камыстинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z1275" w:id="751"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z1275" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Карабалыкское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Карабалыкское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z1276" w:id="752"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z1276" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139. Карасуское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Карасуское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z1277" w:id="753"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z1277" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140. Мендыкаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Мендыкаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1278" w:id="754"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z1278" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141. Наурзумское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Наурзумское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z1279" w:id="755"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z1279" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142. Сарыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Сарыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1280" w:id="756"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z1280" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143. Тарановское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Тарановское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1281" w:id="757"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z1281" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144. Узункольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Узункольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1282" w:id="758"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z1282" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145. Федоровское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Федоровское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1283" w:id="759"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z1283" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146. Аркалыкское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Аркалыкское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z1284" w:id="760"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z1284" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147. Костанайское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Костанайское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z1285" w:id="761"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z1285" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148. Управление по защите прав потребителей города Костанай Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей города Костанай Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z1286" w:id="762"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z1286" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Лисаковское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Лисаковское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1287" w:id="763"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z1287" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150. Рудненское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Рудненское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z1288" w:id="764"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z1288" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Департамент по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z1289" w:id="765"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z1289" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152. Аральское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Аральское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z1290" w:id="766"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z1290" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153. Казалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Казалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z1291" w:id="767"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z1291" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Кармакшинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Кармакшинское районное Управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z1292" w:id="768"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z1292" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155. Жалагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Жалагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z1293" w:id="769"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z1293" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Сырдарьинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Сырдарьинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z1294" w:id="770"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z1294" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Шиелийское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Шиелийское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z1295" w:id="771"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z1295" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158. Жанакорганское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Жанакорганское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1296" w:id="772"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1296" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159. Кызылординское городское управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Кызылординское городское управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z1297" w:id="773"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1297" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Департамент по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z1298" w:id="774"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1298" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161. Актауское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Актауское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z1299" w:id="775"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1299" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162. Жанаозенское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Жанаозенское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z1300" w:id="776"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z1300" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163. Мангистауское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Мангистауское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1301" w:id="777"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z1301" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164. Тупкараганское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Тупкараганское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1302" w:id="778"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z1302" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165. Бейнеуское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Бейнеуское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1303" w:id="779"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z1303" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166. Каракиянское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Каракиянское районное Управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1304" w:id="780"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z1304" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167. Мунайлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Мунайлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1305" w:id="781"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z1305" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Департамент по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z1306" w:id="782"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1306" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169. Павлодарское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Павлодарское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z1307" w:id="783"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z1307" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. Аксуское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Аксуское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z1308" w:id="784"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z1308" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171. Экибастузское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Экибастузское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z1309" w:id="785"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z1309" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Баянаульское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Баянаульское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z1310" w:id="786"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z1310" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173. Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1311" w:id="787"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1311" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       174. Железинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Железинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1312" w:id="788"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z1312" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175. Иртышское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Иртышское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z1313" w:id="789"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z1313" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176. Качирское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Качирское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z1314" w:id="790"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z1314" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177. Лебяжинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Лебяжинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z1315" w:id="791"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z1315" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178. Майское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Майское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z1316" w:id="792"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z1316" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179. Павлодарское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Павлодарское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z1317" w:id="793"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z1317" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180. Успенское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Успенское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z1318" w:id="794"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z1318" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181. Щербактинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Щербактинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z1319" w:id="795"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z1319" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182. Департамент по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z1320" w:id="796"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z1320" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183. Петропавловское городское управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Петропавловское городское управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z1321" w:id="797"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1321" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184. Айыртауское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Айыртауское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z1322" w:id="798"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1322" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185. Акжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Акжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z1323" w:id="799"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z1323" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186. Аккайынское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Аккайынское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z1324" w:id="800"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z1324" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187. Управление по защите прав потребителей района имени Габита Мусрепова Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района имени Габита Мусрепова Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z1325" w:id="801"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z1325" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188. Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z1326" w:id="802"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z1326" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189. Кызылжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кызылжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z1327" w:id="803"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z1327" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190. Управление по защите прав потребителей района Магжана Жумабаева Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района Магжана Жумабаева Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z1328" w:id="804"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z1328" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z1329" w:id="805"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z1329" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192. Мамлютское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Мамлютское районное управление Департамента Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z1330" w:id="806"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z1330" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193. Тайыншинское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тайыншинское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z1331" w:id="807"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z1331" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194. Тимирязевское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тимирязевское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z1332" w:id="808"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z1332" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195. Уалихановское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уалихановское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z1333" w:id="809"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z1333" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196. Управление по защите прав потребителей района Шал акына Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей района Шал акына Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z1334" w:id="810"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z1334" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197. Департамент по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z1335" w:id="811"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z1335" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198. Арысское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Арысское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z1336" w:id="812"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z1336" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199. Байдибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Байдибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z1337" w:id="813"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z1337" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200. Казыгуртское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Казыгуртское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z1338" w:id="814"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z1338" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201. Махтааральское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Махтааральское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1339" w:id="815"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z1339" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202. Отрарское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Отрарское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1340" w:id="816"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z1340" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203. Ордабасинское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Ордабасинское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z1341" w:id="817"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1341" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204. Сайрамское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сайрамское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z1342" w:id="818"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z1342" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205. Сарыагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сарыагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z1343" w:id="819"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z1343" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206. Сузакское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сузакское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z1344" w:id="820"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z1344" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207. Толебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Толебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z1345" w:id="821"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1345" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208. Тюлькубасское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тюлькубасское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z1346" w:id="822"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1346" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209. Шардаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Шардаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z1347" w:id="823"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1347" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210. Управление по защите прав потребителей Абайского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Абайского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z1348" w:id="824"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1348" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211. Управление по защите прав потребителей Аль-Фарабийского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Аль-Фарабийского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z1349" w:id="825"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z1349" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212. Управление по защите прав потребителей Енбекшинского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Енбекшинского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z1350" w:id="826"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z1350" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213. Кентауское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кентауское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z1351" w:id="827"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z1351" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214. Туркестанское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Туркестанское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z1352" w:id="828"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z1352" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215. Департамент по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z1353" w:id="829"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z1353" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216. Управление по защите прав потребителей Алатауского района города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Алатауского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z1354" w:id="830"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1354" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Управление по защите прав потребителей Ауэзовского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Ауэзовского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z1355" w:id="831"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1355" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218. Управление по защите прав потребителей Алмалинского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Алмалинского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z1356" w:id="832"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z1356" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219. Управление по защите прав потребителей Бостандыкского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Бостандыкского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z1357" w:id="833"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1357" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220. Управление по защите прав потребителей Жетысуского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Жетысуского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z1358" w:id="834"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z1358" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221. Управление по защите прав потребителей Медеуского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Медеуского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z1359" w:id="835"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z1359" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222. Управление по защите прав потребителей Турксибского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Турксибского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z1360" w:id="836"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z1360" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223. Департамент по защите прав потребителей города Астаны Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей города Астаны Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z1361" w:id="837"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z1361" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224. Департамент по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z1362" w:id="838"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z1362" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225. Актюбинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Актюбинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1363" w:id="839"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1363" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226. Алматинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Алматинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1364" w:id="840"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1364" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227. Атбасарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Атбасарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1365" w:id="841"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1365" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228. Атырауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Атырауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1366" w:id="842"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1366" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229. Жамбылское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Жамбылское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z1367" w:id="843"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1367" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230. Жана-Аркинское отделенческое Управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Жана-Аркинское отделенческое Управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z1368" w:id="844"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1368" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231. Защитинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Защитинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z1369" w:id="845"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z1369" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232. Карагандинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Карагандинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z1370" w:id="846"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z1370" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233. Кокшетауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Кокшетауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z1371" w:id="847"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z1371" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234. Костанайское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Костанайское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1372" w:id="848"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z1372" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235. Кызылординское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Кызылординское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1373" w:id="849"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z1373" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236. Мангистауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Мангистауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1374" w:id="850"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z1374" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237. Павлодарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Павлодарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z1375" w:id="851"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z1375" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238. Семейское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Семейское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z1376" w:id="852"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z1376" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239. Уральское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Уральское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z1377" w:id="853"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z1377" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240. Шымкентское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Шымкентское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkEnd w:id="872"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23710,248 +24376,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1379" w:id="854"/>
+    <w:bookmarkStart w:name="z1379" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений – противочумных станций Агентства Республики Казахстан по защите прав потребителей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z1380" w:id="855"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z1380" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Араломорская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Араломорскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z1381" w:id="856"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z1381" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Актюбинская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Актюбинскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z1382" w:id="857"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z1382" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Атырауская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Атыраускую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z1383" w:id="858"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z1383" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жамбылская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Жамбылскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z1384" w:id="859"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z1384" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кызылординская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Кызылординскую противочумную станцию Комитета по защите Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z1385" w:id="860"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z1385" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мангистауская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Мангистаускую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z1386" w:id="861"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z1386" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Уральская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Уральскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z1387" w:id="862"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1387" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Талдыкорганская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Талдыкорганскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z1388" w:id="863"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z1388" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Шымкентская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Шымкентскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkEnd w:id="882"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24030,528 +24696,528 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1390" w:id="864"/>
+    <w:bookmarkStart w:name="z1390" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых республиканских государственных предприятий Агентства Республики Казахстан по защите прав потребителей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z1391" w:id="865"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z1391" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Атырауский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное предприятие на праве хозяйственного ведения "Атырауский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z1392" w:id="866"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z1392" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное предприятие на праве хозяйственного ведения "Мангистауский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное предприятие на праве хозяйственного ведения "Мангистауский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z1393" w:id="867"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z1393" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное казенное предприятие "Акмолинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Акмолинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z1394" w:id="868"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z1394" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное казенное предприятие "Актюбинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Актюбинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z1395" w:id="869"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z1395" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное казенное предприятие "Алматинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Алматинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z1396" w:id="870"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z1396" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное казенное предприятие "Восточно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Восточно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z1397" w:id="871"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z1397" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное казенное предприятие "Жамбылский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Жамбылский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z1398" w:id="872"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z1398" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное казенное предприятие "Западно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Западно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z1399" w:id="873"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z1399" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное казенное предприятие "Карагандинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Карагандинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z1400" w:id="874"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z1400" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное казенное предприятие "Костанайский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Костанайский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z1401" w:id="875"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z1401" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное казенное предприятие "Кызылординский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Кызылординский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z1402" w:id="876"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z1402" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное казенное предприятие "Павлодарский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Павлодарский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z1403" w:id="877"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z1403" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное казенное предприятие "Северо-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Северо-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z1404" w:id="878"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z1404" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное казенное предприятие "Южно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Южно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z1405" w:id="879"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z1405" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Алматы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Алматы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z1406" w:id="880"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z1406" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Астана" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Астана" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1407" w:id="881"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z1407" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Республиканское государственное казенное предприятие "Уральская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Уральская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z1408" w:id="882"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z1408" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Республиканское государственное казенное предприятие "Петропавловская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Петропавловская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z1409" w:id="883"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z1409" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Республиканское государственное казенное предприятие "Дезинфекционная станция города Алматы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Дезинфекционная станция города Алматы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z1410" w:id="884"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z1410" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Республиканское государственное казенное предприятие "Шымкентская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Шымкентская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z1411" w:id="885"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z1411" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Республиканское государственное казенное предприятие "Научный центр гигиены и эпидемиологии имени Хамзы Жуматова" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Научный центр гигиены и эпидемиологии имени Хамзы Жуматова" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z1412" w:id="886"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z1412" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Республиканское государственное казенное предприятие "Казахский научный центр карантинных и зоонозных инфекций имени Масгута Айкимбаева" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Казахский научный центр карантинных и зоонозных инфекций имени Масгута Айкимбаева" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z1413" w:id="887"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z1413" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Республиканское государственное казенное предприятие "Научно-практический центр санитарно-эпидемиологической экспертизы и мониторинга" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Научно-практический центр санитарно-эпидемиологической экспертизы и мониторинга" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkEnd w:id="906"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24630,164 +25296,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1415" w:id="888"/>
+    <w:bookmarkStart w:name="z1415" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых республиканских государственных предприятий Комитета по делам строительства, жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан и Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z1416" w:id="889"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z1416" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" (РГП "Госэкспертиза") Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" (РГП "Госэкспертиза") Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkEnd w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное предприятие на праве хозяйственного ведения "Научно-производственный центр земельного кадастра" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Научно-производственный центр земельного кадастра" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1417" w:id="890"/>
+    <w:bookmarkStart w:name="z1417" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное предприятие "Государственный институт сельскохозяйственных аэрофотогеодезических изысканий (ГИСХАГИ)" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Государственный институт сельскохозяйственных аэрофотогеодезических изысканий (ГИСХАГИ)" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkEnd w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное казенное предприятие "Казгеодезия" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное казенное предприятие "Казгеодезия" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1418" w:id="891"/>
+    <w:bookmarkStart w:name="z1418" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное казенное предприятие "Национальный картографо-геодезический фонд" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное казенное предприятие "Национальный картографо-геодезический фонд" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkEnd w:id="910"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24866,388 +25532,388 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1420" w:id="892"/>
+    <w:bookmarkStart w:name="z1420" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень реорганизуемых государственные учреждений - территориальных органов Агентства Республики Казахстан по защите конкуренции и государственных учреждений - территориальных органов Агентства Республики Казахстан по регулированию естественных монополий путем слияния в государственные учреждения - территориальные органы Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z1421" w:id="893"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z1421" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Агентства Республики Казахстан по защите конкуренции по Акмолинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Акмолинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Акмолинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z1422" w:id="894"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z1422" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент Агентства Республики Казахстан по защите конкуренции по Актюбинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Актюбинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Актюбинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z1423" w:id="895"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z1423" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент Агентства Республики Казахстан по защите конкуренции по Алматинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Алматинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z1424" w:id="896"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z1424" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент Агентства Республики Казахстан по защите конкуренции по Атырауской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Атырауской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Атырауской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z1425" w:id="897"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z1425" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент Агентства Республики Казахстан по защите конкуренции по Восточно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Восточно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z1426" w:id="898"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z1426" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент Агентства Республики Казахстан по защите конкуренции по Жамбылской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Жамбылской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Жамбылской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z1427" w:id="899"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z1427" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент Агентства Республики Казахстан по защите конкуренции по Западно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Западно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z1428" w:id="900"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z1428" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент Агентства Республики Казахстан по защите конкуренции по Карагандинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Карагандинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z1429" w:id="901"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z1429" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент Агентства Республики Казахстан по защите конкуренции по Костанайской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Костанайской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Костанайской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z1430" w:id="902"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z1430" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент Агентства Республики Казахстан по защите конкуренции по Кызылординской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Кызылординской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Кызылординской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z1431" w:id="903"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z1431" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент Агентства Республики Казахстан по защите конкуренции по Мангистауской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Мангистауской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Мангистауской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z1432" w:id="904"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z1432" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент Агентства Республики Казахстан по защите конкуренции по Павлодарской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Павлодарской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Павлодарской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z1433" w:id="905"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z1433" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент Агентства Республики Казахстан по защите конкуренции по Северо-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Северо-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z1434" w:id="906"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z1434" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент Агентства Республики Казахстан по защите конкуренции по Южно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Южно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Южно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z1435" w:id="907"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z1435" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент Агентства Республики Казахстан по защите конкуренции по городу Астане и Департамент Агентства Республики Казахстан по регулированию естественных монополий по городу Астане путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по городу Астане;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z1436" w:id="908"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z1436" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент Агентства Республики Казахстан по защите конкуренции по городу Алматы и Департамент Агентства Республики Казахстан по регулированию естественных монополий по городу Алматы путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkEnd w:id="927"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25326,88 +25992,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1438" w:id="909"/>
+    <w:bookmarkStart w:name="z1438" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень упраздняемых государственных учреждений – территориальных органов Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z1439" w:id="910"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z1439" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент государственного архитектурно-строительного контроля и лицензирования по городу Астане Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkEnd w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент государственного архитектурно-строительного контроля и лицензирования по городу Алматы Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25756,88 +26422,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1441" w:id="911"/>
+    <w:bookmarkStart w:name="z1441" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень упраздняемых государственных учреждений – территориальных земельных инспекций Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z1442" w:id="912"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z1442" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkEnd w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25956,70 +26622,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1443" w:id="913"/>
+    <w:bookmarkStart w:name="z1443" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkEnd w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Мангистауской области. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26048,70 +26714,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1444" w:id="914"/>
+    <w:bookmarkStart w:name="z1444" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkEnd w:id="933"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26190,229 +26856,229 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1446" w:id="915"/>
+    <w:bookmarkStart w:name="z1446" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z1447" w:id="916"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1447" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2004 г., № 41, ст. 528). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z1448" w:id="917"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z1448" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2004 г., № 51, ст. 683).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z1449" w:id="918"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1449" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 августа 2005 года № 814 "О внесении изменения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2005 г., № 32, ст. 435).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z1450" w:id="919"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1450" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 10 октября 2005 года № 1010 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460" (САПП Республики Казахстан, 2005 г., № 37, ст. 518).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z1451" w:id="920"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1451" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26427,892 +27093,892 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан 27 февраля 2006 года № 134 "О внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2006 г., № 7, ст. 58).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z1452" w:id="921"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1452" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 12 октября 2006 года № 982 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2006 г., № 37, ст. 414).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z1453" w:id="922"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1453" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 27 декабря 2006 года № 1290 "О внесении изменений в постановления Правительства Республики Казахстан от 31 декабря 2004 года № 1460 и от 18 августа 2006 года № 781" (САПП Республики Казахстан, 2006 г., № 50, ст. 536).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z1454" w:id="923"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1454" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 января 2007 года № 39 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2007 г., № 1, ст. 13). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z1455" w:id="924"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1455" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 января 2007 года № 61 "О реорганизации Республиканского государственного предприятия на праве хозяйственного ведения "Институт экономических исследований" Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2007 г., № 2, ст. 26).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z1456" w:id="925"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1456" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 октября 2007 года № 926 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2007 г., № 37, ст. 428).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z1457" w:id="926"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1457" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 октября 2007 года № 928 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460" (САПП Республики Казахстан, 2007 г., № 38, ст. 431).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z1458" w:id="927"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1458" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2007 г., № 38, ст. 439).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z1459" w:id="928"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1459" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Подпункт 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 15 февраля 2008 года № 141 "Вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2008 г., № 7, ст. 79).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z1460" w:id="929"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1460" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 11 марта 2008 года № 237 "Некоторые вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2008 г., № 14, ст. 127).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z1461" w:id="930"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1461" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 22 августа 2008 года № 763 "Некоторые вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2008 г., № 35, ст. 374).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1462" w:id="931"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1462" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 июля 2008 года № 693 "О создании специализированной организации по вопросам концессии" (САПП Республики Казахстан, 2008 г., № 33, ст. 343).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1463" w:id="932"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1463" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 октября 2008 года № 962 "О мерах по реализации Указа Президента Республики Казахстан от 13 октября 2008 года № 669" (САПП Республики Казахстан, 2008 г., № 41, ст. 458).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1464" w:id="933"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z1464" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 ноября 2008 года № 1063 "Вопросы Агентства Республики Казахстан по статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1465" w:id="934"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z1465" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 2 декабря 2008 года № 1127 "О создании акционерного общества "Центр развития и защиты конкурентной политики" (САПП Республики Казахстан, 2008 г., № 45, ст. 515).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1466" w:id="935"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1466" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 9 февраля 2009 года № 124 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 15 февраля 2008 года № 141" (САПП Республики Казахстан, 2009 г., № 10, ст. 52).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1467" w:id="936"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1467" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 3 марта 2009 года № 237 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2009 г., № 13, ст. 92).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1468" w:id="937"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1468" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 7 октября 2009 года № 1540 "О внесении дополнения в постановление Правительства Республики Казахстан, от 15 февраля 2008 года № 141" (САПП Республики Казахстан, 2009 г., № 41, ст. 402).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1469" w:id="938"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1469" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 декабря 2009 года № 2292 "О внесении дополнения в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460" (САПП Республики Казахстан, 2010 г., № 4, ст. 42).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1470" w:id="939"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1470" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 декабря 2009 года № 2305 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 4, ст. 54).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1471" w:id="940"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1471" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 января 2010 года № 48 "О внесении изменения и дополнения в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943" (САПП Республики Казахстан, 2010 г., № 8, ст. 102).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1472" w:id="941"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1472" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 31 марта 2010 года № 254 "О некоторых вопросах Министерства экономического развития и торговли Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 25-26, ст. 200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1473" w:id="942"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z1473" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27327,310 +27993,310 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 июня 2010 года № 600 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 39, ст. 338).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1474" w:id="943"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1474" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 ноября 2010 года № 1192 "О внесении дополнений и изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2010 г., № 60, ст. 592).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkEnd w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 декабря 2010 года № 1372 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 15 февраля 2008 года № 141" (САПП Республики Казахстан, 2011 г., № 6, ст. 70).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1475" w:id="944"/>
+    <w:bookmarkStart w:name="z1475" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 мая 2011 года № 544 "О ликвидации республиканского государственного казенного предприятия "Научно-методический центр специальных программ" Министерства экономического развития и торговли Республики Казахстан и внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 39, ст. 480).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1476" w:id="945"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1476" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 18 июля 2011 года № 820 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 47, ст. 643).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1477" w:id="946"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1477" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 июля 2011 года № 861 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2011 г., № 50, ст. 673).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1478" w:id="947"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1478" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Подпункт 3) пункта 1 постановления Правительства Республики Казахстан от 26 июля 2011 года № 858 "О внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 50, ст. 671).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1479" w:id="948"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1479" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 23 сентября 2011 года № 1090 "О некоторых вопросах реализации Указа Президента Республики Казахстан от 10 августа 2011 года № 136 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 54, ст. 778).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1480" w:id="949"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1480" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27665,1191 +28331,1191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 25 октября 2011 года № 1204 "О мерах по реализации Указа Президента Республики Казахстан от 10 августа 2011 года № 136 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан" и о внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 57, ст. 820).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1481" w:id="950"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1481" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 28 октября 2011 года № 1224 "О передаче пакетов акций некоторых акционерных обществ в доверительное управление и права владения и пользования государственным органам" (САПП Республики Казахстан, 2011 г., № 59, ст. 835).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1482" w:id="951"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1482" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 октября 2011 года № 1244 "О внесении дополнения в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2011 г., № 59, ст. 843).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1483" w:id="952"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1483" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 ноября 2011 года № 1335 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2012 г., № 2, ст. 42).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1484" w:id="953"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1484" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2011 года № 1743 "О некоторых вопросах Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2012 г., № 20, ст. 299).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1485" w:id="954"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1485" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1817 "О внесении изменений в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2013 г., № 10, ст. 197).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1486" w:id="955"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1486" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1808 "О внесении изменения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономического развития и торговли Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 9, ст. 188).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1487" w:id="956"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1487" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1818 "О внесении изменений в постановление Правительства Республики Казахстан от 15 февраля 2008 года № 141 "Вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2013 г., № 10, ст. 198).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1488" w:id="957"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1488" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Пункт 3 дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 15 января 2013 года № 11 "О создании акционерного общества "Национальная компания "Астана ЭКСПО-2017" (САПП Республики Казахстан, 2013 г., № 11, ст. 202).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1489" w:id="958"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1489" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 февраля 2013 года № 109 "Вопросы Министерства регионального развития Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 14, ст. 259). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1490" w:id="959"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1490" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 12 февраля 2013 года № 126 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 15, ст. 271).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1491" w:id="960"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1491" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 февраля 2013 года № 154 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2013 г., № 16, ст. 289).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1492" w:id="961"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1492" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 мая 2013 года № 484 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 32, ст. 494).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1493" w:id="962"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1493" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 мая 2013 года № 556 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 35, ст. 527).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z1494" w:id="963"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1494" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 июля 2013 года № 693 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2013 г., № 40, ст. 594).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1495" w:id="964"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1495" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 5 июля 2013 года № 694 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 15 февраля 2008 года № 141 "Вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" и от 20 февраля 2013 года № 159 "Об утверждении Правил ценообразования на товары, производимые и реализуемые субъектом государственной монополии" (САПП Республики Казахстан, 2013 г., № 40, ст. 595).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1496" w:id="965"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1496" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 августа 2013 года № 767 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 8 февраля 2013 года № 109 "Вопросы Министерства регионального развития Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 43, ст. 636).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1497" w:id="966"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1497" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 августа 2013 года № 790 "О внесении дополнений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2013 г., № 44, ст. 652).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1498" w:id="967"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1498" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 октября 2013 года № 1051 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 58, ст. 795).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1499" w:id="968"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1499" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 ноября 2013 года № 1267 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2013 г., № 67, ст. 900).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1500" w:id="969"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1500" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 декабря 2013 года № 1305 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 69, ст. 920).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1501" w:id="970"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1501" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 декабря 2013 года № 1343 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 8 февраля 2013 года № 109 "Вопросы Министерства регионального развития Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 71, ст. 943).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1502" w:id="971"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1502" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2013 года № 1475 "О внесении дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 77, ст. 1009).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1503" w:id="972"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1503" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 декабря 2013 года № 1538 "Вопросы Агентства Республики Казахстан по защите прав потребителей" (САПП Республики Казахстан, 2014 г., № 79, ст. 1049).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1504" w:id="973"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1504" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2013 года № 1538 "Вопросы Агентства Республики Казахстан по защите прав потребителей" (САПП Республики Казахстан, 2014 г., № 79, ст. 1049).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1505" w:id="974"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1505" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 апреля 2014 года № 303 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 25, ст. 198).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1506" w:id="975"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1506" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 апреля 2014 года № 427 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 31, ст. 276).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1507" w:id="976"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1507" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 мая 2014 года № 455 "О внесении дополнений в постановление Правительства Республики Казахстан от 31 декабря 2013 года № 1538 "Вопросы Агентства Республики Казахстан по защите прав потребителей" (САПП Республики Казахстан, 2014 г., № 33, ст. 300). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1508" w:id="977"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1508" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 14 мая 2014 года № 489 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 33, ст. 314).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1509" w:id="978"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1509" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 постановления Правительства Республики Казахстан от 30 июня 2014 года № 736 "О создании Республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр государственного градостроительного планирования и кадастра" Министерства регионального развития Республики Казахстан" и внесении дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 44, ст. 428).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkEnd w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>