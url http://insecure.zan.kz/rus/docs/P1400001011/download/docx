--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1250123" w14:textId="1250123">
+    <w:p w14:paraId="9da963e" w14:textId="9da963e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1181,61 +1181,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      К. </w:t>
-[...9 lines deleted...]
-        <w:t>Масимов</w:t>
+        <w:t>      К. Масимов</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5020,548 +5010,994 @@
         <w:t>
       25-1) участие в формировании государственной политики и принятие мер по противодействию теневой экономике;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z2431" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) формирование налоговой и бюджетной политики, а также выработка предложений по формированию таможенной политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z2751" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 26-1) предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1064</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-1) осуществление анализа эффективности применения налоговых льгот;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2752" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-2) согласование правил уплаты, перечисления единого платежа, пени по единому платежу и распределения их в виде индивидуального подоходного налога и социальных платежей (за исключением обязательных профессиональных пенсионных взносов), пени, а также их возврата;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z2752" w:id="151"/>
-[...15 lines deleted...]
-      26-2) согласование правил уплаты, перечисления единого платежа, пени по единому платежу и распределения их в виде индивидуального подоходного налога и социальных платежей (за исключением обязательных профессиональных пенсионных взносов), пени, а также их возврата;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 26-3) предусматривается исключить постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1064</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-3) согласование перечня произведений искусства, ввозимых негосударственными музеями, импорт которых освобождается от налога на добавленную стоимость;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2754" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-4) согласование перечня бытовых приборов и (или) приборов бытовой электроники, а также их компонентов, реализация которых освобождается от налога на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z2753" w:id="152"/>
-[...15 lines deleted...]
-      26-3) согласование перечня произведений искусства, ввозимых негосударственными музеями, импорт которых освобождается от налога на добавленную стоимость;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктами 26-5), 26-6), 26-7), 26-8), 26-9), 26-10), 26-11), 26-12), 26-13), 26-14), 26-15), 26-16), 26-17), 26-18), 26-19), 26-20), 26-21), 26-22), 26-23), 26-24) и 26-25) в соответствии с постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1064</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие c 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2432" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) выработка предложений по совершенствованию налогового и бюджетного законодательства, а также в сфере таможенного дела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z2754" w:id="153"/>
-[...15 lines deleted...]
-      26-4) согласование перечня бытовых приборов и (или) приборов бытовой электроники, а также их компонентов, реализация которых освобождается от налога на добавленную стоимость;</w:t>
+    <w:bookmarkStart w:name="z2928" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27-1) согласование правил действий должностных лиц таможенных органов при остановке автомобильных транспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z2432" w:id="154"/>
-[...15 lines deleted...]
-      27) выработка предложений по совершенствованию налогового и бюджетного законодательства, а также в сфере таможенного дела;</w:t>
+    <w:bookmarkStart w:name="z2433" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) выработка предложений по развитию бюджетной системы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z2928" w:id="155"/>
-[...15 lines deleted...]
-      27-1) согласование правил действий должностных лиц таможенных органов при остановке автомобильных транспортных средств;</w:t>
+    <w:bookmarkStart w:name="z2434" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) прогнозирование доходов бюджетов областей, городов республиканского значения, столицы к проекту Закона Республики Казахстан об объемах трансфертов общего характера между республиканским и областными бюджетами на трехлетний период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z2433" w:id="156"/>
-[...15 lines deleted...]
-      28) выработка предложений по развитию бюджетной системы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29-1) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2435" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) прогнозирование бюджетных параметров на трехлетний и долгосрочный периоды, включающее прогноз поступлений и расходов консолидированного, государственного и республиканского бюджетов, дефицит бюджета, прогнозирование показателей Национального фонда Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z2434" w:id="157"/>
-[...15 lines deleted...]
-      29) прогнозирование доходов бюджетов областей, городов республиканского значения, столицы к проекту Закона Республики Казахстан об объемах трансфертов общего характера между республиканским и областными бюджетами на трехлетний период;</w:t>
+    <w:bookmarkStart w:name="z2861" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-1) определение порядка цены отсечения по согласованию с Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:p>
-[...107 lines deleted...]
-      30) прогнозирование бюджетных параметров на трехлетний и долгосрочный периоды, включающее прогноз поступлений и расходов консолидированного, государственного и республиканского бюджетов, дефицит бюджета, прогнозирование показателей Национального фонда Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2862" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-2) разработка правил проведения экспертизы проектов общестранового значения, предлагаемых к финансированию за счет средств Национального фонда Республики Казахстан путем приобретения долговых ценных бумаг Фонда национального благосостояния, а также рассмотрения наличия альтернативных источников финансирования таких проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z2861" w:id="159"/>
-[...15 lines deleted...]
-      30-1) определение порядка цены отсечения по согласованию с Национальным Банком Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2828" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) разработка и утверждение методики прогнозирования доходов бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z2862" w:id="160"/>
-[...15 lines deleted...]
-      30-2) разработка правил проведения экспертизы проектов общестранового значения, предлагаемых к финансированию за счет средств Национального фонда Республики Казахстан путем приобретения долговых ценных бумаг Фонда национального благосостояния, а также рассмотрения наличия альтернативных источников финансирования таких проектов;</w:t>
+    <w:bookmarkStart w:name="z2437" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) утверждение порядка определения расчетной цены на нефть по согласованию с Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z2828" w:id="161"/>
-[...15 lines deleted...]
-      31) разработка и утверждение методики прогнозирования доходов бюджета;</w:t>
+    <w:bookmarkStart w:name="z2438" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) разработка и утверждение типовой методики расчетов трансфертов общего характера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z2437" w:id="162"/>
-[...15 lines deleted...]
-      32) утверждение порядка определения расчетной цены на нефть по согласованию с Национальным Банком Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2784" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-1) согласование перечня финансовых инструментов для инвестирования активов фонда социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z2438" w:id="163"/>
-[...15 lines deleted...]
-      33) разработка и утверждение типовой методики расчетов трансфертов общего характера;</w:t>
+    <w:bookmarkStart w:name="z2830" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-2) составление проекта заключения по расчетам трансфертов общего характера и внесение его на рассмотрение Республиканской бюджетной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z2784" w:id="164"/>
-[...15 lines deleted...]
-      33-1) согласование перечня финансовых инструментов для инвестирования активов фонда социального медицинского страхования;</w:t>
+    <w:bookmarkStart w:name="z2863" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-3) определение порядка планирования трансфертов общего характера, включающего порядок взаимодействия центральных и местных исполнительных органов, других организаций, порядок представления и согласования центральными уполномоченными органами соответствующей отрасли (сферы) и местными исполнительными органами форм, перечней показателей, необходимых для расчета трансфертов общего характера, и порядок проведения мониторинга их использования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z2830" w:id="165"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2758" w:id="167"/>
+    <w:bookmarkStart w:name="z2758" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34) выработка предложений по формированию политики государственного и гарантированного государством заимствования и долга, долга по поручительствам государства, прогнозированию и анализу государственного долга и долга квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34-1) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2864" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-2) разработка перечня целей заимствований местными исполнительными органами областей, городов республиканского значения, столицы по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z2929" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-3) разработка и утверждение методики определения лимитов государственных обязательств Правительства Республики Казахстан и местных исполнительных органов по проектам строительства "под ключ";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z2930" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34-4) разработка и утверждение правил планирования и реализации государственных инвестиционных проектов по проектам строительства "под ключ" по согласованию с уполномоченным органом по делам архитектуры, градостроительства и строительства и центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z2440" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) определение лимитов правительственного долга, долга местных исполнительных органов, предоставления государственных гарантий, предоставления государственных гарантий по поддержке экспорта, государственных обязательств по проектам государственно-частного партнерства Правительства Республики Казахстан, государственных обязательств по проектам государственно-частного партнерства местных исполнительных органов, предоставления поручительств государства, внешнего долга субъектов квазигосударственного сектора, утверждаемых законом о республиканском бюджете;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">34-1) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+        <w:t xml:space="preserve">35-1) исключен постановлением Правительства РК от 29.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 287</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5574,166 +6010,352 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2864" w:id="168"/>
-[...55 lines deleted...]
-      34-4) разработка и утверждение правил планирования и реализации государственных инвестиционных проектов по проектам строительства "под ключ" по согласованию с уполномоченным органом по делам архитектуры, градостроительства и строительства и центральным уполномоченным органом по бюджетному планированию;</w:t>
+    <w:bookmarkStart w:name="z2787" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-2) определение параметров финансовой устойчивости (коэффициенты) Банка Развития, их пороговые значения и методика расчета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z2440" w:id="171"/>
-[...15 lines deleted...]
-      35) определение лимитов правительственного долга, долга местных исполнительных органов, предоставления государственных гарантий, предоставления государственных гарантий по поддержке экспорта, государственных обязательств по проектам государственно-частного партнерства Правительства Республики Казахстан, государственных обязательств по проектам государственно-частного партнерства местных исполнительных органов, предоставления поручительств государства, внешнего долга субъектов квазигосударственного сектора, утверждаемых законом о республиканском бюджете;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35-3) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35-4) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2865" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-5) определение и утверждение порядка и формы предоставления информации субъектами квазигосударственного сектора об использовании средств чистого дохода, оставшихся после выплаты дивидендов или отчислений в соответствующий бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z2866" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-6) определение порядка формирования отчета по выполнению планов мероприятий или планов развития субъектов квазигосударственного сектора, отчета о результатах мониторинга реализации планов мероприятий или планов развития субъектов квазигосударственного сектора и оценки реализации планов мероприятий или планов развития субъектов квазигосударственного сектора, а также долгосрочных стратегий развития автономных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z2441" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) по согласованию с центральным уполномоченным органом по исполнению бюджета и центральным уполномоченным органом по бюджетному планированию установление требований к разработке или корректировке заключения для предоставления государственных гарантий по поддержке экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z2867" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36-1) определение порядка проведения обзора расходов, определения целей, тем, объектов, критериев, объема (охвата), уровня, временных рамок, периодичности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">35-1) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+        <w:t xml:space="preserve">37) исключен постановлением Правительства РК от 29.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 287</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5745,1279 +6367,1313 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37-1) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...204 lines deleted...]
-      36) по согласованию с центральным уполномоченным органом по исполнению бюджета и центральным уполномоченным органом по бюджетному планированию установление требований к разработке или корректировке заключения для предоставления государственных гарантий по поддержке экспорта;</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z2831" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-2) согласование условий осуществления отдельных видов деятельности Экспортно-кредитного агентства Казахстана, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z2867" w:id="176"/>
-[...15 lines deleted...]
-      36-1) определение порядка проведения обзора расходов, определения целей, тем, объектов, критериев, объема (охвата), уровня, временных рамок, периодичности;</w:t>
+    <w:bookmarkStart w:name="z2832" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-3) согласование правил формирования системы управления рисками и внутреннего контроля, а также формирования резервов и проведения по ним актуарных расчетов для Экспортно-кредитного агентства Казахстана, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:p>
-[...181 lines deleted...]
-      37-2) согласование условий осуществления отдельных видов деятельности Экспортно-кредитного агентства Казахстана, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
+    <w:bookmarkStart w:name="z2833" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-4) согласование правил проведения мониторинга гарантированного государством обязательства по поддержке экспорта и финансового состояния Экспортно-кредитного агентства Казахстана, которое имеет государственную гарантию по поддержке экспорта, определяемых центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z2832" w:id="178"/>
-[...15 lines deleted...]
-      37-3) согласование правил формирования системы управления рисками и внутреннего контроля, а также формирования резервов и проведения по ним актуарных расчетов для Экспортно-кредитного агентства Казахстана, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
+    <w:bookmarkStart w:name="z2923" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-5) согласование перечня, форм, сроков и порядка представления отчетности Экспортно-кредитным агентством по заключению и исполнению договоров страхования, перестрахования, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z2833" w:id="179"/>
-[...15 lines deleted...]
-      37-4) согласование правил проведения мониторинга гарантированного государством обязательства по поддержке экспорта и финансового состояния Экспортно-кредитного агентства Казахстана, которое имеет государственную гарантию по поддержке экспорта, определяемых центральным уполномоченным органом по исполнению бюджета;</w:t>
+    <w:bookmarkStart w:name="z2443" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) реализация в пределах своей компетенции государственной политики в сфере создания и функционирования специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z2923" w:id="180"/>
-[...15 lines deleted...]
-      37-5) согласование перечня, форм, сроков и порядка представления отчетности Экспортно-кредитным агентством по заключению и исполнению договоров страхования, перестрахования, разрабатываемых и утверждаемых уполномоченным органом в области регулирования торговой деятельности;</w:t>
+    <w:bookmarkStart w:name="z2444" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) участие в пределах своей компетенции в разработке и согласовании проектов нормативных правовых актов Республики Казахстан, регламентирующих деятельность специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z2443" w:id="181"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2445" w:id="183"/>
+    <w:bookmarkStart w:name="z2445" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40) согласование </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>методики</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки эффективности деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z2446" w:id="184"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z2446" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41) согласование </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приоритетных видов деятельности, на которые распространяется специальный правовой режим специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z2447" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) разработка и утверждение правил формирования специальной комиссии и положения о специальной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z2448" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) выработка предложений по конкретным размерам индивидуальной ставки налога на добычу полезных ископаемых по низкорентабельным контрактам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z2447" w:id="185"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2449" w:id="187"/>
+    <w:bookmarkStart w:name="z2449" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44) проведение экономической экспертизы проектов контрактов на недропользование, заключенных до введения в действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О недрах и недропользовании";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z2450" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) проведение экономической экспертизы проектов соглашений о переработке твердых полезных ископаемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z2451" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) рассмотрение документов по вопросам бюджетного кредитования, за исключением бюджетных кредитов, направляемых на покрытие дефицита наличности нижестоящих бюджетов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z2450" w:id="188"/>
-[...15 lines deleted...]
-      45) проведение экономической экспертизы проектов соглашений о переработке твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z2868" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-1) согласование определения критериев по кредитоспособности заемщика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z2451" w:id="189"/>
-[...15 lines deleted...]
-      46) рассмотрение документов по вопросам бюджетного кредитования, за исключением бюджетных кредитов, направляемых на покрытие дефицита наличности нижестоящих бюджетов;</w:t>
+    <w:bookmarkStart w:name="z2869" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-2) согласование порядка включения финансовых агентств в перечень финансовых агентств, получающих бюджетные кредиты из республиканского бюджета без обеспечения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z2868" w:id="190"/>
-[...15 lines deleted...]
-      46-1) согласование определения критериев по кредитоспособности заемщика;</w:t>
+    <w:bookmarkStart w:name="z2870" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-3) согласование определения процедур по предоставлению бюджетных кредитов, в том числе перечня документов, необходимых при их предоставлении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z2869" w:id="191"/>
-[...15 lines deleted...]
-      46-2) согласование порядка включения финансовых агентств в перечень финансовых агентств, получающих бюджетные кредиты из республиканского бюджета без обеспечения;</w:t>
+    <w:bookmarkStart w:name="z2871" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-4) согласование порядка осуществления контроля за использованием бюджетного кредита по целевому назначению и наличием обеспечения исполнения обязательств по нему кредитором, администратором бюджетной программы и (или) поверенным (агентом);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z2870" w:id="192"/>
-[...15 lines deleted...]
-      46-3) согласование определения процедур по предоставлению бюджетных кредитов, в том числе перечня документов, необходимых при их предоставлении;</w:t>
+    <w:bookmarkStart w:name="z2872" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46-5) определение порядка формирования аналитического отчета о бюджетных рисках совместно с центральными уполномоченными органами по бюджетному планированию и по исполнению бюджета, уполномоченным органом по государственному регулированию, контролю и надзору финансового рынка и финансовых организаций и Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z2871" w:id="193"/>
-[...15 lines deleted...]
-      46-4) согласование порядка осуществления контроля за использованием бюджетного кредита по целевому назначению и наличием обеспечения исполнения обязательств по нему кредитором, администратором бюджетной программы и (или) поверенным (агентом);</w:t>
+    <w:bookmarkStart w:name="z2452" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) формирование политики государственных инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z2872" w:id="194"/>
-[...15 lines deleted...]
-      46-5) определение порядка формирования аналитического отчета о бюджетных рисках совместно с центральными уполномоченными органами по бюджетному планированию и по исполнению бюджета, уполномоченным органом по государственному регулированию, контролю и надзору финансового рынка и финансовых организаций и Национальным Банком Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2453" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) формирование лимитов государственных обязательств по проектам государственно-частного партнерства, в том числе государственных концессионных обязательств, Правительства Республики Казахстан и местных исполнительных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z2452" w:id="195"/>
-[...15 lines deleted...]
-      47) формирование политики государственных инвестиционных проектов;</w:t>
+    <w:bookmarkStart w:name="z2873" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-1) определение порядка оценки состояния долговых обязательств государственного сектора совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z2453" w:id="196"/>
-[...15 lines deleted...]
-      48) формирование лимитов государственных обязательств по проектам государственно-частного партнерства, в том числе государственных концессионных обязательств, Правительства Республики Казахстан и местных исполнительных органов;</w:t>
+    <w:bookmarkStart w:name="z2874" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-2) согласование порядка планирования и реализации институциональных проектов, реализуемых за счет привлечения государственных займов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z2873" w:id="197"/>
-[...15 lines deleted...]
-      48-1) определение порядка оценки состояния долговых обязательств государственного сектора совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
+    <w:bookmarkStart w:name="z2875" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-3) согласование порядка мониторинга финансового состояния заемщика, получившего гарантированный государством заем, контроль за использованием средств гарантированного государством займа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z2874" w:id="198"/>
-[...15 lines deleted...]
-      48-2) согласование порядка планирования и реализации институциональных проектов, реализуемых за счет привлечения государственных займов;</w:t>
+    <w:bookmarkStart w:name="z2454" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) методологическое обеспечение планирования бюджетных инвестиций, проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z2875" w:id="199"/>
-[...15 lines deleted...]
-      48-3) согласование порядка мониторинга финансового состояния заемщика, получившего гарантированный государством заем, контроль за использованием средств гарантированного государством займа;</w:t>
+    <w:bookmarkStart w:name="z2876" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49-1) осуществление прогноза состояния государственных финансов в рамках долгосрочного прогноза развития Казахстана и прогноза социально-экономического развития Казахстана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z2454" w:id="200"/>
-[...15 lines deleted...]
-      49) методологическое обеспечение планирования бюджетных инвестиций, проектов государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2877" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49-2) согласование порядка мониторинга и формирования сведений о состоянии государственных финансов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z2876" w:id="201"/>
-[...15 lines deleted...]
-      49-1) осуществление прогноза состояния государственных финансов в рамках долгосрочного прогноза развития Казахстана и прогноза социально-экономического развития Казахстана;</w:t>
+    <w:bookmarkStart w:name="z2455" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) разработка и утверждение методики определения потребности в объектах образования, здравоохранения, социальной защиты и формирования перечня инвестиционных проектов по согласованию с уполномоченными государственными органами в области образования, здравоохранения, социальной защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z2877" w:id="202"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2729" w:id="204"/>
+    <w:bookmarkStart w:name="z2729" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50-1) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовой формы минимального социального стандарта;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z2456" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) разработка системы региональных стандартов для населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z2825" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-1) разработка и утверждение порядка разработки системы региональных стандартов для населенных пунктов и порядка проведения ее мониторинга;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z2456" w:id="205"/>
-[...15 lines deleted...]
-      51) разработка системы региональных стандартов для населенных пунктов;</w:t>
+    <w:bookmarkStart w:name="z2457" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) подготовка экономических заключений по инвестиционным предложениям государственных инвестиционных проектов, бюджетных инвестиционных проектов и бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц администратора бюджетных программ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z2825" w:id="206"/>
-[...15 lines deleted...]
-      51-1) разработка и утверждение порядка разработки системы региональных стандартов для населенных пунктов и порядка проведения ее мониторинга;</w:t>
+    <w:bookmarkStart w:name="z2458" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) осуществление отбора инвестиционных проектов для предоставления государственных гарантий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z2457" w:id="207"/>
-[...15 lines deleted...]
-      52) подготовка экономических заключений по инвестиционным предложениям государственных инвестиционных проектов, бюджетных инвестиционных проектов и бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц администратора бюджетных программ;</w:t>
+    <w:bookmarkStart w:name="z2459" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) осуществление отбора проектов государственно-частного партнерства, в том числе концессионных проектов для предоставления или увеличения объема поручительств государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z2458" w:id="208"/>
-[...15 lines deleted...]
-      53) осуществление отбора инвестиционных проектов для предоставления государственных гарантий;</w:t>
+    <w:bookmarkStart w:name="z2878" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54-1) определение порядка отбора проектов государственно-частного партнерства для предоставления или увеличения объема поручительств государства по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z2459" w:id="209"/>
-[...15 lines deleted...]
-      54) осуществление отбора проектов государственно-частного партнерства, в том числе концессионных проектов для предоставления или увеличения объема поручительств государства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">54-2) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">54-3) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2460" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) рассмотрение проектов государственно-частного партнерства на условии софинансирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z2878" w:id="210"/>
-[...15 lines deleted...]
-      54-1) определение порядка отбора проектов государственно-частного партнерства для предоставления или увеличения объема поручительств государства по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">56) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">57) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2463" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) направление документов для проведения экономической экспертизы республиканских бюджетных инвестиционных проектов, в том числе скорректированных, бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц за счет средств республиканского бюджета, в том числе скорректированных финансово-экономических обоснований, а также для вновь создаваемых, инвестиционных проектов для предоставления государственных гарантий, бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета юридическому лицу, определяемому Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z2464" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) формирование перечня республиканских бюджетных инвестиционных проектов и проектов государственно-частного партнерства, в том числе концессионных проектов, разработка или корректировка, а также проведение необходимых экспертиз технико-экономических обоснований бюджетных инвестиционных проектов, конкурсной (аукционной) документации проектов государственно-частного партнерства, в том числе концессионных проектов, консультативного сопровождения проектов государственно-частного партнерства, в том числе концессионных проектов, которые осуществляются за счет средств соответствующей распределяемой бюджетной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">54-2) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+        <w:t xml:space="preserve">60) исключен постановлением Правительства РК от 29.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 287</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -7029,4021 +7685,3569 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...276 lines deleted...]
-      58) направление документов для проведения экономической экспертизы республиканских бюджетных инвестиционных проектов, в том числе скорректированных, бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц за счет средств республиканского бюджета, в том числе скорректированных финансово-экономических обоснований, а также для вновь создаваемых, инвестиционных проектов для предоставления государственных гарантий, бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета юридическому лицу, определяемому Правительством Республики Казахстан;</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z2466" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) оценка реализации бюджетных инвестиционных проектов и бюджетных инвестиций посредством участия государства в уставном капитале юридических лиц, проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z2464" w:id="213"/>
-[...131 lines deleted...]
-    <w:bookmarkStart w:name="z2879" w:id="215"/>
+    <w:bookmarkStart w:name="z2879" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61-1) осуществление оценки реализации республиканских государственных инвестиционных проектов с привлечением юридического лица, определенного Правительством Республики Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z2880" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-2) определение порядка проведения оценки реализации государственных инвестиционных проектов, за исключением оценки реализации проектов государственно-частного партнерства, по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z2881" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-3) установление требования к разработке или корректировке и экономической экспертизе технико-экономического обоснования по инвестиционным проектам для предоставления государственных гарантий;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z2880" w:id="216"/>
-[...15 lines deleted...]
-      61-2) определение порядка проведения оценки реализации государственных инвестиционных проектов, за исключением оценки реализации проектов государственно-частного партнерства, по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2468" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) осуществление межотраслевой координации и методологического руководства в области организации проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z2881" w:id="217"/>
-[...15 lines deleted...]
-      61-3) установление требования к разработке или корректировке и экономической экспертизе технико-экономического обоснования по инвестиционным проектам для предоставления государственных гарантий;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">64) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2470" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) утверждение методики определения стоимости проведения экспертизы и оценки документации по вопросам бюджетных инвестиций, государственно-частного партнерства, в том числе концессий, инвестиционных проектов для предоставления государственных гарантий, и бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:p>
-[...107 lines deleted...]
-      63) осуществление межотраслевой координации и методологического руководства в области организации проектов государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2471" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) утверждение совместно с центральным уполномоченным органом по исполнению бюджета перечня социально значимых инвестиционных проектов и (или) инвестиционных программ национального оператора в области здравоохранения, национального оператора по управлению автомобильными дорогами и компании, осуществляющей функции управления объектами транспортной инфраструктуры столицы, уполномоченной организации по осуществлению импорта товаров (продукции) военного назначения, товаров (продукции) двойного назначения (применения), работ военного назначения и услуг военного назначения, предназначенных для нужд обороны, обеспечения безопасности и правопорядка и других субъектов квазигосударственного сектора, по которым одним из источников погашения негосударственного займа под государственную гарантию являются выплаты (платежи) из республиканского и местных бюджетов, для реализации инвестиционных проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:p>
-[...127 lines deleted...]
-        <w:t xml:space="preserve"> методики определения стоимости проведения экспертизы и оценки документации по вопросам бюджетных инвестиций, государственно-частного партнерства, в том числе концессий, инвестиционных проектов для предоставления государственных гарантий, и бюджетного кредитования бюджетных инвестиционных проектов, требующих разработки технико-экономического обоснования, и реализации государственной инвестиционной политики финансовыми агентствами за счет средств республиканского бюджета;</w:t>
+    <w:bookmarkStart w:name="z2882" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-1) определение порядка корректировки утвержденных (уточненных) параметров государственных инвестиционных проектов в связи с корректировкой инвестиционного предложения, технико-экономического обоснования и финансово-экономического обоснования по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z2471" w:id="220"/>
-[...15 lines deleted...]
-      66) утверждение совместно с центральным уполномоченным органом по исполнению бюджета перечня социально значимых инвестиционных проектов и (или) инвестиционных программ национального оператора в области здравоохранения, национального оператора по управлению автомобильными дорогами и компании, осуществляющей функции управления объектами транспортной инфраструктуры столицы, уполномоченной организации по осуществлению импорта товаров (продукции) военного назначения, товаров (продукции) двойного назначения (применения), работ военного назначения и услуг военного назначения, предназначенных для нужд обороны, обеспечения безопасности и правопорядка и других субъектов квазигосударственного сектора, по которым одним из источников погашения негосударственного займа под государственную гарантию являются выплаты (платежи) из республиканского и местных бюджетов, для реализации инвестиционных проектов;</w:t>
+    <w:bookmarkStart w:name="z2883" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-2) согласование порядка корректировки утвержденных (уточненных) параметров государственных инвестиционных проектов в связи с корректировкой технического задания по проектам создания и развития объектов информатизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z2882" w:id="221"/>
-[...15 lines deleted...]
-      66-1) определение порядка корректировки утвержденных (уточненных) параметров государственных инвестиционных проектов в связи с корректировкой инвестиционного предложения, технико-экономического обоснования и финансово-экономического обоснования по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+    <w:bookmarkStart w:name="z2884" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-3) определение порядка осуществления мониторинга достижения конечных результатов, предусмотренных паспортами бюджетных программ развития и документацией государственных инвестиционных проектов, совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z2883" w:id="222"/>
-[...15 lines deleted...]
-      66-2) согласование порядка корректировки утвержденных (уточненных) параметров государственных инвестиционных проектов в связи с корректировкой технического задания по проектам создания и развития объектов информатизации;</w:t>
+    <w:bookmarkStart w:name="z2885" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-4) определение порядка и сроков представления отчетности и форм, а также требований к представляемой информации о ходе и результатах реализации государственных инвестиционных проектов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z2884" w:id="223"/>
-[...15 lines deleted...]
-      66-3) определение порядка осуществления мониторинга достижения конечных результатов, предусмотренных паспортами бюджетных программ развития и документацией государственных инвестиционных проектов, совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
+    <w:bookmarkStart w:name="z2886" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-5) согласование бюджетных программ администраторов республиканских бюджетных программ, разрабатывающих планы развития государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z2885" w:id="224"/>
-[...15 lines deleted...]
-      66-4) определение порядка и сроков представления отчетности и форм, а также требований к представляемой информации о ходе и результатах реализации государственных инвестиционных проектов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
+    <w:bookmarkStart w:name="z2887" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66-6) разработка и утверждение методик расчетов прогнозных сведений о состоянии государственных финансов, определения лимитов правительственного долга, долга местных исполнительных органов, предоставления государственных гарантий, предоставления государственных гарантий по поддержке экспорта, государственных обязательств по проектам государственно-частного партнерства Правительства Республики Казахстан, государственных обязательств по проектам государственно-частного партнерства местных исполнительных органов, предоставления поручительств государства, внешнего долга субъектов квазигосударственного сектора, определения критериев и формирования перечня субъектов квазигосударственного сектора, которым предоставлено право привлечения внешних займов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z2886" w:id="225"/>
-[...15 lines deleted...]
-      66-5) согласование бюджетных программ администраторов республиканских бюджетных программ, разрабатывающих планы развития государственных органов;</w:t>
+    <w:bookmarkStart w:name="z2472" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) утверждение методики определения стоимости услуг по консультативному сопровождению проектов государственно-частного партнерства, в том числе концессионных проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z2887" w:id="226"/>
-[...15 lines deleted...]
-      66-6) разработка и утверждение методик расчетов прогнозных сведений о состоянии государственных финансов, определения лимитов правительственного долга, долга местных исполнительных органов, предоставления государственных гарантий, предоставления государственных гарантий по поддержке экспорта, государственных обязательств по проектам государственно-частного партнерства Правительства Республики Казахстан, государственных обязательств по проектам государственно-частного партнерства местных исполнительных органов, предоставления поручительств государства, внешнего долга субъектов квазигосударственного сектора, определения критериев и формирования перечня субъектов квазигосударственного сектора, которым предоставлено право привлечения внешних займов;</w:t>
+    <w:bookmarkStart w:name="z2473" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) выработка предложений по совершенствованию механизмов функционирования местного государственного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z2472" w:id="227"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> методики определения стоимости услуг по консультативному сопровождению проектов государственно-частного партнерства, в том числе концессионных проектов;</w:t>
+    <w:bookmarkStart w:name="z2474" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) осуществление отбора заявок на привлечение связанных грантов на основании соответствия заявки на привлечение связанного гранта документам Системы государственного планирования Республики Казахстан, политике предоставления связанных грантов донорами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z2473" w:id="228"/>
-[...15 lines deleted...]
-      68) выработка предложений по совершенствованию механизмов функционирования местного государственного управления;</w:t>
+    <w:bookmarkStart w:name="z2475" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) утверждение перечня заявок на привлечение связанных грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z2474" w:id="229"/>
-[...15 lines deleted...]
-      69) осуществление отбора заявок на привлечение связанных грантов на основании соответствия заявки на привлечение связанного гранта документам Системы государственного планирования Республики Казахстан, политике предоставления связанных грантов донорами;</w:t>
+    <w:bookmarkStart w:name="z2888" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-1) определение порядка привлечения, использования, мониторинга и оценки использования несвязанных грантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z2475" w:id="230"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> на привлечение связанных грантов;</w:t>
+    <w:bookmarkStart w:name="z2889" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-2) определение порядка осуществления оценки использования связанных грантов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z2888" w:id="231"/>
-[...15 lines deleted...]
-      70-1) определение порядка привлечения, использования, мониторинга и оценки использования несвязанных грантов;</w:t>
+    <w:bookmarkStart w:name="z2890" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-3) определение порядка, сроков и форм представления отчетности, а также требований к представляемой информации о ходе и результатах использования связанных грантов совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z2889" w:id="232"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2891" w:id="234"/>
+    <w:bookmarkStart w:name="z2891" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       70-4) формирование сводного отчета об использовании связанных грантов, основанного на результатах их оценки;"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z2476" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) выработка предложений по созданию институциональной и законодательной основы применения механизмов государственно-частного партнерства в отраслях экономики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z2892" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71-1) согласование порядка исполнения государственных обязательств по проектам государственно-частного партнерства, в том числе компенсации инвестиционных затрат по проектам государственно-частного партнерства, компенсации операционных затрат по проектам государственно-частного партнерства, вознаграждения за осуществление управления объектом государственно-частного партнерства, находящимся в государственной собственности, софинансирования, гарантии потребления государством определенного объема товаров, работ и услуг, производимых в ходе реализации проекта государственно-частного партнерства, а также арендной платы за пользование объектом государственно-частного партнерства и платы за доступность;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z2476" w:id="235"/>
-[...15 lines deleted...]
-      71) выработка предложений по созданию институциональной и законодательной основы применения механизмов государственно-частного партнерства в отраслях экономики;</w:t>
+    <w:bookmarkStart w:name="z2477" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) выработка предложений по распределению целевых трансфертов из республиканского бюджета на развитие регионов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z2892" w:id="236"/>
-[...15 lines deleted...]
-      71-1) согласование порядка исполнения государственных обязательств по проектам государственно-частного партнерства, в том числе компенсации инвестиционных затрат по проектам государственно-частного партнерства, компенсации операционных затрат по проектам государственно-частного партнерства, вознаграждения за осуществление управления объектом государственно-частного партнерства, находящимся в государственной собственности, софинансирования, гарантии потребления государством определенного объема товаров, работ и услуг, производимых в ходе реализации проекта государственно-частного партнерства, а также арендной платы за пользование объектом государственно-частного партнерства и платы за доступность;</w:t>
+    <w:bookmarkStart w:name="z2478" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) формирование предложений по местным бюджетным инвестиционным проектам, финансируемым за счет целевых трансфертов на развитие и бюджетных кредитов из республиканского бюджета, их соответствию критериям приоритетов региональной политики, определяемым уполномоченным органом в сфере регионального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z2477" w:id="237"/>
-[...15 lines deleted...]
-      72) выработка предложений по распределению целевых трансфертов из республиканского бюджета на развитие регионов;</w:t>
+    <w:bookmarkStart w:name="z2893" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-1) определение порядка отнесения объектов к критически важным и проектам общестранового значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z2478" w:id="238"/>
-[...15 lines deleted...]
-      73) формирование предложений по местным бюджетным инвестиционным проектам, финансируемым за счет целевых трансфертов на развитие и бюджетных кредитов из республиканского бюджета, их соответствию критериям приоритетов региональной политики, определяемым уполномоченным органом в сфере регионального развития;</w:t>
+    <w:bookmarkStart w:name="z2479" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) выработка предложений по совершенствованию механизмов формирования, использования и управления Национальным фондом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z2893" w:id="239"/>
-[...15 lines deleted...]
-      73-1) определение порядка отнесения объектов к критически важным и проектам общестранового значения;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2481" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) представление ежегодно в Правительство Республики Казахстан отчетов о состоянии сфер естественных монополий, исполнении утвержденных тарифных смет, исполнении утвержденных инвестиционных программ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z2479" w:id="240"/>
-[...15 lines deleted...]
-      74) выработка предложений по совершенствованию механизмов формирования, использования и управления Национальным фондом Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2791" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-1) реализация государственной политики в сферах естественных монополий и организация ее осуществления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:p>
-[...131 lines deleted...]
-    <w:bookmarkStart w:name="z2482" w:id="243"/>
+    <w:bookmarkStart w:name="z2482" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил формирования тарифов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z2483" w:id="244"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z2483" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил осуществления деятельности субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z2484" w:id="245"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z2484" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых договоров предоставления регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z2485" w:id="246"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z2485" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня регулируемых услуг;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z2853" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-1) определение критериев и требований к уполномоченным лицам (экспертам, экспертным организациям) для проведения технической экспертизы исполнения утвержденной инвестиционной программы, соблюдения показателей качества и надежности регулируемых услуг и достижения показателей эффективности деятельности субъектов естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z2854" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-2) формирование и ведение реестра недобросовестных участников закупок на основании представленных данных субъектов естественных монополий;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z2853" w:id="247"/>
-[...15 lines deleted...]
-      80-1) определение критериев и требований к уполномоченным лицам (экспертам, экспертным организациям) для проведения технической экспертизы исполнения утвержденной инвестиционной программы, соблюдения показателей качества и надежности регулируемых услуг и достижения показателей эффективности деятельности субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z2894" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-3) определение порядка и форм по разработке инвестиционного плана государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z2854" w:id="248"/>
-[...15 lines deleted...]
-      80-2) формирование и ведение реестра недобросовестных участников закупок на основании представленных данных субъектов естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z2895" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-4) определение порядка планирования и реализации государственных инвестиционных проектов, за исключением государственных инвестиционных проектов специальных государственных органов, осуществляющих разведывательную и контрразведывательную деятельность, а также направленных на финансирование инвестиционных затрат автономных организаций образования, по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z2894" w:id="249"/>
-[...15 lines deleted...]
-      80-3) определение порядка и форм по разработке инвестиционного плана государственного органа;</w:t>
+    <w:bookmarkStart w:name="z2896" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-5) согласование порядка планирования и реализации бюджетных инвестиций специальных государственных органов, осуществляющих разведывательную и контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z2895" w:id="250"/>
-[...15 lines deleted...]
-      80-4) определение порядка планирования и реализации государственных инвестиционных проектов, за исключением государственных инвестиционных проектов специальных государственных органов, осуществляющих разведывательную и контрразведывательную деятельность, а также направленных на финансирование инвестиционных затрат автономных организаций образования, по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+    <w:bookmarkStart w:name="z2897" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-6) согласование порядка планирования и реализации бюджетных инвестиций, направленных на финансирование инвестиционных затрат автономных организаций образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z2896" w:id="251"/>
-[...15 lines deleted...]
-      80-5) согласование порядка планирования и реализации бюджетных инвестиций специальных государственных органов, осуществляющих разведывательную и контрразведывательную деятельность;</w:t>
+    <w:bookmarkStart w:name="z2898" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-7) осуществление анализа возможного влияния отраслевых государственных инвестиционных проектов, включенных в портфель государственных инвестиционных проектов, на развитие экономики путем определения прогнозной доли вклада в объем внутреннего валового продукта, прогнозного прироста поступлений бюджета, прогнозного прироста инвестиций в отрасль и других параметров социально-экономического развития страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z2897" w:id="252"/>
-[...15 lines deleted...]
-      80-6) согласование порядка планирования и реализации бюджетных инвестиций, направленных на финансирование инвестиционных затрат автономных организаций образования;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81) Действовал до 01.01.2022, в соответствии с постановлением Правительства РК от 24.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 928</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2487" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) утверждение положения о Совете по тарифной политике и его персонального состава;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z2898" w:id="253"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">81) Действовал до 01.01.2022, в соответствии с постановлением Правительства РК от 24.12.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 928</w:t>
+        <w:t xml:space="preserve">83) исключен постановлением Правительства РК от 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2487" w:id="254"/>
-[...91 lines deleted...]
-    <w:bookmarkStart w:name="z2489" w:id="255"/>
+    <w:bookmarkStart w:name="z2489" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       84) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых форм технических условий на подключение к инженерным сетям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z2490" w:id="256"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z2490" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       85) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых регламентов оказания услуг с четким порядком действий сотрудников субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z2491" w:id="257"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z2491" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил определения затрат на технологическое присоединение электрических установок с установленной мощностью до 200 кВт субъектов предпринимательства к электрическим сетям энергопередающих организаций;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z2931" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86-1) разработка и утверждение правил рассмотрения заявок субъектов естественных монополий для определения механизма финансирования и (или) субсидирования части ставки вознаграждения по займу по проектам модернизации и строительства энергетической и коммунальной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z2932" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86-2) разработка и утверждение правил субсидирования ставки вознаграждения по займам, получаемым субъектами естественных монополий, а также по государственным ценным бумагам, выпускаемым местными исполнительными органами, по проектам, реализуемым в рамках национального проекта по модернизации энергетического и коммунального секторов, по согласованию с центральным исполнительным органом, осуществляющим руководство в сфере жилищных отношений и жилищно-коммунального хозяйства, центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в области теплоэнергетики, и государственным органом, осуществляющим руководство в области электроэнергетики;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z2931" w:id="258"/>
-[...15 lines deleted...]
-      86-1) разработка и утверждение правил рассмотрения заявок субъектов естественных монополий для определения механизма финансирования и (или) субсидирования части ставки вознаграждения по займу по проектам модернизации и строительства энергетической и коммунальной инфраструктуры;</w:t>
+    <w:bookmarkStart w:name="z2492" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) осуществление государственного регулирования цен и государственного контроля за соблюдением порядка ценообразования и обязанностей субъекта общественно значимого рынка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z2932" w:id="259"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2493" w:id="261"/>
+    <w:bookmarkStart w:name="z2493" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       88) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил ценообразования на общественно значимых рынках;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z2933" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88-1) разработка и утверждение нормативных правовых актов в сферах естественных монополий в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z2494" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) международное сотрудничество в пределах компетенции Министерства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z2933" w:id="262"/>
-[...15 lines deleted...]
-      88-1) разработка и утверждение нормативных правовых актов в сферах естественных монополий в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2495" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) координация работы государственных органов по международному экономическому сотрудничеству, взаимодействие с международными финансовыми и экономическими организациями, странами-донорами по вопросам координации внешней помощи и их деятельности, рейтинговыми агентствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z2494" w:id="263"/>
-[...15 lines deleted...]
-      89) международное сотрудничество в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2496" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) выступление от имени Правительства Республики Казахстан на переговорах с международными экономическими организациями, а также в рамках двусторонних инициатив;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z2495" w:id="264"/>
-[...15 lines deleted...]
-      90) координация работы государственных органов по международному экономическому сотрудничеству, взаимодействие с международными финансовыми и экономическими организациями, странами-донорами по вопросам координации внешней помощи и их деятельности, рейтинговыми агентствами;</w:t>
+    <w:bookmarkStart w:name="z2497" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) разработка предложений и координация деятельности государственных органов по развитию экономического сотрудничества в рамках международных и региональных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z2496" w:id="265"/>
-[...15 lines deleted...]
-      91) выступление от имени Правительства Республики Казахстан на переговорах с международными экономическими организациями, а также в рамках двусторонних инициатив;</w:t>
+    <w:bookmarkStart w:name="z2498" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) мониторинг выполнения международных договоров в экономической сфере, участником которых является Республика Казахстан, и осуществление подготовки предложений по определению приоритетных направлений экономического сотрудничества Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z2497" w:id="266"/>
-[...15 lines deleted...]
-      92) разработка предложений и координация деятельности государственных органов по развитию экономического сотрудничества в рамках международных и региональных организаций;</w:t>
+    <w:bookmarkStart w:name="z2749" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93-1) разработка и утверждение положений о Национальном контактном центре и его Секретариате, а также состава Национального контактного центра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z2498" w:id="267"/>
-[...15 lines deleted...]
-      93) мониторинг выполнения международных договоров в экономической сфере, участником которых является Республика Казахстан, и осуществление подготовки предложений по определению приоритетных направлений экономического сотрудничества Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2750" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93-2) разработка и утверждение Регламента рассмотрения обращений о нарушениях Руководящих принципов Организации экономического сотрудничества и развития для многонациональных предприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z2749" w:id="268"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2499" w:id="270"/>
+    <w:bookmarkStart w:name="z2499" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       94) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил оценки корпоративного управления в контролируемых государством акционерных обществах по согласованию с Национальной палатой предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z2500" w:id="271"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z2500" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       95) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового кодекса корпоративного управления в контролируемых государством акционерных обществах, за исключением Фонда национального благосостояния;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z2501" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) анализ и оценка управления государственным имуществом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z2792" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96-1) определение порядка передачи государственного имущества, закрепленного за государственными юридическими лицами, из одного вида государственной собственности в другой;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z2501" w:id="272"/>
-[...15 lines deleted...]
-      96) анализ и оценка управления государственным имуществом;</w:t>
+    <w:bookmarkStart w:name="z2793" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96-2) определение порядка привлечения независимого консультанта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z2792" w:id="273"/>
-[...15 lines deleted...]
-      96-1) определение порядка передачи государственного имущества, закрепленного за государственными юридическими лицами, из одного вида государственной собственности в другой;</w:t>
+    <w:bookmarkStart w:name="z2794" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96-3) утверждение формы заявления собственника (правообладателя) стратегического объекта для получения разрешения на обременение стратегических объектов либо их отчуждение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z2793" w:id="274"/>
-[...15 lines deleted...]
-      96-2) определение порядка привлечения независимого консультанта;</w:t>
+    <w:bookmarkStart w:name="z2795" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96-4) согласование правил пользования имуществом общего пользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z2794" w:id="275"/>
-[...15 lines deleted...]
-      96-3) утверждение формы заявления собственника (правообладателя) стратегического объекта для получения разрешения на обременение стратегических объектов либо их отчуждение;</w:t>
+    <w:bookmarkStart w:name="z2502" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) оценка реализации планов развития национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z2795" w:id="276"/>
-[...15 lines deleted...]
-      96-4) согласование правил пользования имуществом общего пользования;</w:t>
+    <w:bookmarkStart w:name="z2503" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) утверждение правил разработки, утверждения планов развития национальных управляющих холдингов, национальных холдингов, национальных компаний и планов мероприятий национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство, а также мониторинга и оценки их реализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z2502" w:id="277"/>
-[...15 lines deleted...]
-      97) оценка реализации планов развития национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
+    <w:bookmarkStart w:name="z2504" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) определение порядка разработки, утверждения планов развития контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью, государственных предприятий, а также мониторинг и оценка их реализации, за исключением акционерных обществ, товариществ с ограниченной ответственностью, акционером (участником, доверительным управляющим) которых является Национальный Банк Республики Казахстан, и созданных им государственных предприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z2503" w:id="278"/>
-[...15 lines deleted...]
-      98) утверждение правил разработки, утверждения планов развития национальных управляющих холдингов, национальных холдингов, национальных компаний и планов мероприятий национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство, а также мониторинга и оценки их реализации;</w:t>
+    <w:bookmarkStart w:name="z2505" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) определение совместно с центральным уполномоченным органом по управлению государственным имуществом правил разработки и представления отчетов по исполнению планов развития и планов мероприятий национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z2504" w:id="279"/>
-[...15 lines deleted...]
-      99) определение порядка разработки, утверждения планов развития контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью, государственных предприятий, а также мониторинг и оценка их реализации, за исключением акционерных обществ, товариществ с ограниченной ответственностью, акционером (участником, доверительным управляющим) которых является Национальный Банк Республики Казахстан, и созданных им государственных предприятий;</w:t>
+    <w:bookmarkStart w:name="z2796" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100-1) утверждение правил размещения отчетности, необходимой государственным органам, на интернет-ресурсе Фонда, а также перечня, формы и периодичности размещения отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z2505" w:id="280"/>
-[...15 lines deleted...]
-      100) определение совместно с центральным уполномоченным органом по управлению государственным имуществом правил разработки и представления отчетов по исполнению планов развития и планов мероприятий национальных управляющих холдингов, национальных холдингов, национальных компаний, акционером которых является государство;</w:t>
+    <w:bookmarkStart w:name="z2506" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) утверждение порядка разработки и представления отчетов по исполнению планов развития контролируемых государством акционерных обществ, товариществ с ограниченной ответственностью и государственных предприятий, за исключением акционерных обществ, товариществ с ограниченной ответственностью, акционером (участником, доверительным управляющим) которых является Национальный Банк Республики Казахстан, и созданных им государственных предприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z2796" w:id="281"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2507" w:id="283"/>
+    <w:bookmarkStart w:name="z2507" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       102) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил передачи государственного имущества в имущественный наем (аренду);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z2842" w:id="284"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z2842" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100-2) разработка порядка рассмотрения обращений собственников (правообладателей) стратегических объектов, реабилитационных или банкротных управляющих об обременении либо отчуждении стратегического объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z2508" w:id="285"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z2508" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       103) определение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>порядка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставления государственного имущества в имущественный наем (аренду) без права выкупа на льготных условиях субъектам социального предпринимательства;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z2509" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) выработка предложений по совершенствованию системы государственного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z2510" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) принятие мер по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z2509" w:id="286"/>
-[...15 lines deleted...]
-      104) выработка предложений по совершенствованию системы государственного управления;</w:t>
+    <w:bookmarkStart w:name="z2744" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105-1) проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z2510" w:id="287"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2843" w:id="289"/>
+    <w:bookmarkStart w:name="z2843" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       105-2) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административным процедурно-процессуальным кодекс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z2844" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105-3) рассмотрение петиций граждан Республики Казахстан в пределах своей компетенции в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z2845" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105-4) проведение цифровой трансформации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z2844" w:id="290"/>
-[...15 lines deleted...]
-      105-3) рассмотрение петиций граждан Республики Казахстан в пределах своей компетенции в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2511" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) проведение функционального анализа деятельности органов государственного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z2845" w:id="291"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2512" w:id="293"/>
+    <w:bookmarkStart w:name="z2512" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       107) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики по проведению отраслевых (ведомственных) функциональных обзоров деятельности государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z2899" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107-1) ведение реестра парафискальных платежей с указанием сумм поступлений и осуществление их анализа на предмет их сохранения, упразднения или передачи в бюджет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107-2) формирование реестра функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду, влекущих парафискальные платежи в соответствии с законодательством Республики Казахстан об административных процедурах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2921" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107-3) разработка и утверждение методики по проведению функциональных обзоров деятельности государственных юридических лиц и субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z2899" w:id="294"/>
-[...15 lines deleted...]
-      107-1) ведение реестра парафискальных платежей с указанием сумм поступлений и осуществление их анализа на предмет их сохранения, упразднения или передачи в бюджет;</w:t>
+    <w:bookmarkStart w:name="z2513" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) реализация государственной политики по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:p>
-[...33 lines deleted...]
-      107-3) разработка и утверждение методики по проведению функциональных обзоров деятельности государственных юридических лиц и субъектов квазигосударственного сектора;</w:t>
+    <w:bookmarkStart w:name="z2514" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) информирование на ежегодной основе Правительства Республики Казахстан о результатах проводимой работы по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z2513" w:id="296"/>
-[...15 lines deleted...]
-      108) реализация государственной политики по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2515" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) разработка и утверждение правил осуществления аутсорсинга функций центральных и (или) местных исполнительных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z2514" w:id="297"/>
-[...15 lines deleted...]
-      109) информирование на ежегодной основе Правительства Республики Казахстан о результатах проводимой работы по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2516" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) разработка и утверждение правил передачи функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z2515" w:id="298"/>
-[...15 lines deleted...]
-      110) разработка и утверждение правил осуществления аутсорсинга функций центральных и (или) местных исполнительных органов;</w:t>
+    <w:bookmarkStart w:name="z2517" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) разработка и утверждение методики отбора функций центральных и (или) местных исполнительных органов для передачи в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z2516" w:id="299"/>
-[...15 lines deleted...]
-      111) разработка и утверждение правил передачи функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2518" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) разработка и утверждение методики определения стоимости функции центрального и (или) местного исполнительных органов, предлагаемой для передачи в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z2517" w:id="300"/>
-[...15 lines deleted...]
-      112) разработка и утверждение методики отбора функций центральных и (или) местных исполнительных органов для передачи в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2901" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113-1) установление порядка взаимодействия государственных органов и сроков предоставления реестра функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду, влекущих парафискальные платежи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z2518" w:id="301"/>
-[...15 lines deleted...]
-      113) разработка и утверждение методики определения стоимости функции центрального и (или) местного исполнительных органов, предлагаемой для передачи в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2519" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) разработка и утверждение методики проведения анализа готовности рынка по функциям центральных и (или) местных исполнительных органов, предлагаемым для передачи в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z2901" w:id="302"/>
-[...15 lines deleted...]
-      113-1) установление порядка взаимодействия государственных органов и сроков предоставления реестра функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду, влекущих парафискальные платежи;</w:t>
+    <w:bookmarkStart w:name="z2520" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) разработка и утверждение правил проведения мониторинга осуществления функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z2519" w:id="303"/>
-[...15 lines deleted...]
-      114) разработка и утверждение методики проведения анализа готовности рынка по функциям центральных и (или) местных исполнительных органов, предлагаемым для передачи в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2521" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) осуществление методической помощи и координации деятельности центральных и (или) местных исполнительных органов по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z2520" w:id="304"/>
-[...15 lines deleted...]
-      115) разработка и утверждение правил проведения мониторинга осуществления функций центральных и (или) местных исполнительных органов, переданных в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2522" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) подготовка и выдача экспертных заключений центральным и (или) местным исполнительным органам на проведенные ими анализы готовности рынка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z2521" w:id="305"/>
-[...15 lines deleted...]
-      116) осуществление методической помощи и координации деятельности центральных и (или) местных исполнительных органов по передаче функций центральных и (или) местных исполнительных органов в конкурентную среду;</w:t>
+    <w:bookmarkStart w:name="z2523" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) проведение экспертизы результатов отбора функций центральных и (или) местных исполнительных органов, предлагаемых центральными и (или) местными исполнительными органами для передачи в конкурентную среду, в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z2522" w:id="306"/>
-[...15 lines deleted...]
-      117) подготовка и выдача экспертных заключений центральным и (или) местным исполнительным органам на проведенные ими анализы готовности рынка;</w:t>
+    <w:bookmarkStart w:name="z2902" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118-1) определение порядка ведения реестра функций государственных органов, а также его структуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z2523" w:id="307"/>
-[...15 lines deleted...]
-      118) проведение экспертизы результатов отбора функций центральных и (или) местных исполнительных органов, предлагаемых центральными и (или) местными исполнительными органами для передачи в конкурентную среду, в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z2524" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) подготовка и выдача заключения по представленному расчету на предмет оптимизации, проведенному центральными и (или) местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z2902" w:id="308"/>
-[...15 lines deleted...]
-      118-1) определение порядка ведения реестра функций государственных органов, а также его структуры;</w:t>
+    <w:bookmarkStart w:name="z2525" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) выработка предложений по совершенствованию системы оплаты труда работников для всех органов Республики Казахстан, содержащихся за счет государственного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z2524" w:id="309"/>
-[...15 lines deleted...]
-      119) подготовка и выдача заключения по представленному расчету на предмет оптимизации, проведенному центральными и (или) местными исполнительными органами;</w:t>
+    <w:bookmarkStart w:name="z2526" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) разработка единой системы оплаты труда работников для всех органов Республики Казахстан, содержащихся за счет государственного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z2525" w:id="310"/>
-[...15 lines deleted...]
-      120) выработка предложений по совершенствованию системы оплаты труда работников для всех органов Республики Казахстан, содержащихся за счет государственного бюджета;</w:t>
+    <w:bookmarkStart w:name="z2846" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121-1) разработка и утверждение совместно с уполномоченным органом по делам государственной службы распределения обязанностей (функциональных направлений деятельности) для заместителей и руководителей аппаратов акимов областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z2526" w:id="311"/>
-[...15 lines deleted...]
-      121) разработка единой системы оплаты труда работников для всех органов Республики Казахстан, содержащихся за счет государственного бюджета;</w:t>
+    <w:bookmarkStart w:name="z2847" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121-2) подготовка проекта заключения Правительства Республики Казахстан на предложения по увеличению лимитов штатной численности центральных государственных органов (за исключением Администрации Президента Республики Казахстан, Аппарата Правительства Республики Казахстан) и местных исполнительных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z2846" w:id="312"/>
-[...15 lines deleted...]
-      121-1) разработка и утверждение совместно с уполномоченным органом по делам государственной службы распределения обязанностей (функциональных направлений деятельности) для заместителей и руководителей аппаратов акимов областей, городов республиканского значения и столицы;</w:t>
+    <w:bookmarkStart w:name="z2527" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) осуществление реализации государственной политики в области науки и научно-технической деятельности и координация работ по проведению научных исследований в соответствующей отрасли в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z2847" w:id="313"/>
-[...15 lines deleted...]
-      121-2) подготовка проекта заключения Правительства Республики Казахстан на предложения по увеличению лимитов штатной численности центральных государственных органов (за исключением Администрации Президента Республики Казахстан, Аппарата Правительства Республики Казахстан) и местных исполнительных органов;</w:t>
+    <w:bookmarkStart w:name="z2528" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) координация работ по проведению исследований в соответствующей отрасли в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z2527" w:id="314"/>
-[...15 lines deleted...]
-      122) осуществление реализации государственной политики в области науки и научно-технической деятельности и координация работ по проведению научных исследований в соответствующей отрасли в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2529" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) развитие государственных электронных информационных ресурсов и государственных информационных систем, информационно-коммуникационных сетей государственных органов, обеспечение их совместимости и взаимодействия в едином информационном пространстве Республики Казахстан в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z2528" w:id="315"/>
-[...15 lines deleted...]
-      123) координация работ по проведению исследований в соответствующей отрасли в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2530" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) разработка правовых актов в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z2529" w:id="316"/>
-[...15 lines deleted...]
-      124) развитие государственных электронных информационных ресурсов и государственных информационных систем, информационно-коммуникационных сетей государственных органов, обеспечение их совместимости и взаимодействия в едином информационном пространстве Республики Казахстан в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2531" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) согласование проектов правовых актов и дача заключения по ним в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z2530" w:id="317"/>
-[...15 lines deleted...]
-      125) разработка правовых актов в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2532" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) организация проведения научной экономической экспертизы проектов законов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z2531" w:id="318"/>
-[...15 lines deleted...]
-      126) согласование проектов правовых актов и дача заключения по ним в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2797" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127-1) утверждение совместно с Министерством юстиции правил организации и проведения научной экспертизы, а также отбора научных правовых экспертов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z2532" w:id="319"/>
-[...15 lines deleted...]
-      127) организация проведения научной экономической экспертизы проектов законов;</w:t>
+    <w:bookmarkStart w:name="z2533" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) осуществление экономического анализа и выработка предложений по формированию политики в области регионального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z2797" w:id="320"/>
-[...15 lines deleted...]
-      127-1) утверждение совместно с Министерством юстиции правил организации и проведения научной экспертизы, а также отбора научных правовых экспертов;</w:t>
+    <w:bookmarkStart w:name="z2534" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) осуществление межотраслевой координации в сфере развития местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z2533" w:id="321"/>
-[...15 lines deleted...]
-      128) осуществление экономического анализа и выработка предложений по формированию политики в области регионального развития;</w:t>
+    <w:bookmarkStart w:name="z2798" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-1) утверждение типового регламента акимата области (города республиканского значения, столицы) и района (города областного значения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z2534" w:id="322"/>
-[...15 lines deleted...]
-      129) осуществление межотраслевой координации в сфере развития местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z2799" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129-2) утверждение типовых правил проведения раздельных сходов местного сообщества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z2798" w:id="323"/>
-[...15 lines deleted...]
-      129-1) утверждение типового регламента акимата области (города республиканского значения, столицы) и района (города областного значения);</w:t>
+    <w:bookmarkStart w:name="z2535" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) выработка предложений по совершенствованию и оптимизации административно-территориального устройства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z2799" w:id="324"/>
-[...15 lines deleted...]
-      129-2) утверждение типовых правил проведения раздельных сходов местного сообщества;</w:t>
+    <w:bookmarkStart w:name="z2536" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) подготовка заключения на бизнес-план к проекту государственно-частного партнерства на основании экспертизы Центра развития государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z2535" w:id="325"/>
-[...15 lines deleted...]
-      130) выработка предложений по совершенствованию и оптимизации административно-территориального устройства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2537" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) разработка и утверждение инструкции о проведении местными исполнительными органами мониторинга (скрининга) социально-экономического развития сельских населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z2536" w:id="326"/>
-[...15 lines deleted...]
-      131) подготовка заключения на бизнес-план к проекту государственно-частного партнерства на основании экспертизы Центра развития государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2826" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132-1) утверждение критериев для определения потенциала сельских населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z2537" w:id="327"/>
-[...15 lines deleted...]
-      132) разработка и утверждение инструкции о проведении местными исполнительными органами мониторинга (скрининга) социально-экономического развития сельских населенных пунктов;</w:t>
+    <w:bookmarkStart w:name="z2855" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132-2) разработка и утверждение правил микрокредитования и лизинга в сельских населенных пунктах и малых городах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z2826" w:id="328"/>
-[...15 lines deleted...]
-      132-1) утверждение критериев для определения потенциала сельских населенных пунктов;</w:t>
+    <w:bookmarkStart w:name="z2538" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) проведение анализа текущего состояния социально-экономического развития территорий всех уровней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z2855" w:id="329"/>
-[...15 lines deleted...]
-      132-2) разработка и утверждение правил микрокредитования и лизинга в сельских населенных пунктах и малых городах;</w:t>
+    <w:bookmarkStart w:name="z2539" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) мониторинг и анализ проблем развития регионов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z2538" w:id="330"/>
-[...15 lines deleted...]
-      133) проведение анализа текущего состояния социально-экономического развития территорий всех уровней;</w:t>
+    <w:bookmarkStart w:name="z2540" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) координация деятельности государственных органов, регионов по формированию и реализации региональной политики страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z2539" w:id="331"/>
-[...15 lines deleted...]
-      134) мониторинг и анализ проблем развития регионов;</w:t>
+    <w:bookmarkStart w:name="z2541" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) координация деятельности регионов по формированию и реализации экономической политики страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z2540" w:id="332"/>
-[...15 lines deleted...]
-      135) координация деятельности государственных органов, регионов по формированию и реализации региональной политики страны;</w:t>
+    <w:bookmarkStart w:name="z2542" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) согласование перечня сел с потенциалом развития (опорных и спутниковых, включая стратегические сельские населенные пункты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z2541" w:id="333"/>
-[...15 lines deleted...]
-      136) координация деятельности регионов по формированию и реализации экономической политики страны;</w:t>
+    <w:bookmarkStart w:name="z2543" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) разработка и оценка эффективности комплексных планов развития отдельных проблемных территорий, населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z2542" w:id="334"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2544" w:id="336"/>
+    <w:bookmarkStart w:name="z2544" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       139) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовых правил погребения и организации дела по уходу за могилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z2545" w:id="337"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z2545" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) разработка мер по развитию предпринимательской деятельности, осуществляемой молодежью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z2546" w:id="338"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z2546" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       141) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики определения стоимости услуг, оказываемых в рамках государственных мер поддержки предпринимательства за счет средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z2922" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141-1) разработка и утверждение правил компенсации имущественных потерь, причиненных субъектам малого и среднего предпринимательства в результате чрезвычайной ситуации природного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z2547" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) разработка предложений по совершенствованию мер, направленных на финансирование и кредитование субъектов частного предпринимательства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z2922" w:id="339"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2548" w:id="341"/>
+    <w:bookmarkStart w:name="z2548" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       143) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил разработки и утверждения годового отчета о состоянии регулирования предпринимательской деятельности в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z2549" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) разработка предложений по реализации мер, направленных на формирование системы подготовки, переподготовки и повышения квалификации кадров в области малого предпринимательства, а также их реализация;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z2550" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) осуществление взаимодействия и сотрудничества с молодежными организациями по вопросам развития предпринимательской деятельности среди молодежи;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z2549" w:id="342"/>
-[...15 lines deleted...]
-      144) разработка предложений по реализации мер, направленных на формирование системы подготовки, переподготовки и повышения квалификации кадров в области малого предпринимательства, а также их реализация;</w:t>
+    <w:bookmarkStart w:name="z2551" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) осуществление межведомственной координации центральных государственных и местных исполнительных органов в области совершенствования и оптимизации государственной разрешительной системы и государственного контроля и надзора за деятельностью субъектов частного предпринимательства, а также мер поддержки и развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z2550" w:id="343"/>
-[...15 lines deleted...]
-      145) осуществление взаимодействия и сотрудничества с молодежными организациями по вопросам развития предпринимательской деятельности среди молодежи;</w:t>
+    <w:bookmarkStart w:name="z2552" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) координация деятельности экспертных советов при центральных государственных и местных исполнительных органах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z2551" w:id="344"/>
-[...15 lines deleted...]
-      146) осуществление межведомственной координации центральных государственных и местных исполнительных органов в области совершенствования и оптимизации государственной разрешительной системы и государственного контроля и надзора за деятельностью субъектов частного предпринимательства, а также мер поддержки и развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2553" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) информирование Президента и Правительства Республики Казахстан о нарушениях законодательства Республики Казахстан, регламентирующего деятельность субъектов частного предпринимательства, допускаемых государственными органами и их должностными лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z2552" w:id="345"/>
-[...15 lines deleted...]
-      147) координация деятельности экспертных советов при центральных государственных и местных исполнительных органах;</w:t>
+    <w:bookmarkStart w:name="z2554" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) осуществление координации системы оценки рисков государственными органами путем совместного утверждения критериев оценки степени рисков, проверочных листов, разрабатываемых уполномоченными государственными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z2553" w:id="346"/>
-[...15 lines deleted...]
-      148) информирование Президента и Правительства Республики Казахстан о нарушениях законодательства Республики Казахстан, регламентирующего деятельность субъектов частного предпринимательства, допускаемых государственными органами и их должностными лицами;</w:t>
+    <w:bookmarkStart w:name="z2555" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) разработка и утверждение правил формирования государственными органами системы оценки рисков и формы проверочных листов с учетом специфики и конфиденциальности критериев оценки степени риска;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z2554" w:id="347"/>
-[...15 lines deleted...]
-      149) осуществление координации системы оценки рисков государственными органами путем совместного утверждения критериев оценки степени рисков, проверочных листов, разрабатываемых уполномоченными государственными органами;</w:t>
+    <w:bookmarkStart w:name="z2556" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) обеспечение деятельности межведомственной комиссии по вопросам регулирования предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z2555" w:id="348"/>
-[...15 lines deleted...]
-      150) разработка и утверждение правил формирования государственными органами системы оценки рисков и формы проверочных листов с учетом специфики и конфиденциальности критериев оценки степени риска;</w:t>
+    <w:bookmarkStart w:name="z2557" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) внесение в Правительство Республики Казахстан предложения по определению приоритетных секторов экономики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z2556" w:id="349"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11072,1941 +11276,1941 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2559" w:id="351"/>
+    <w:bookmarkStart w:name="z2559" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       154) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня информационных инструментов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z2848" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154-1) утверждение совместного приказа с уполномоченным органом в сфере информатизации об утверждении перечня разрешений, подлежащих и не подлежащих автоматизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z2903" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154-2) согласование порядка планирования и реализации государственных инвестиционных проектов, предусматривающих создание и развитие объектов информатизации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z2848" w:id="352"/>
-[...15 lines deleted...]
-      154-1) утверждение совместного приказа с уполномоченным органом в сфере информатизации об утверждении перечня разрешений, подлежащих и не подлежащих автоматизации;</w:t>
+    <w:bookmarkStart w:name="z2560" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) взаимодействие с уполномоченным органом в области правовой статистики и специальных учетов по обмену информацией по учету проверок и профилактического контроля и надзора органов контроля и надзора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z2903" w:id="353"/>
-[...15 lines deleted...]
-      154-2) согласование порядка планирования и реализации государственных инвестиционных проектов, предусматривающих создание и развитие объектов информатизации;</w:t>
+    <w:bookmarkStart w:name="z2561" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) координация деятельности других государственных органов в сфере разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z2560" w:id="354"/>
-[...15 lines deleted...]
-      155) взаимодействие с уполномоченным органом в области правовой статистики и специальных учетов по обмену информацией по учету проверок и профилактического контроля и надзора органов контроля и надзора;</w:t>
+    <w:bookmarkStart w:name="z2800" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-1) реализация государственной политики в сфере разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z2561" w:id="355"/>
-[...15 lines deleted...]
-      156) координация деятельности других государственных органов в сфере разрешений и уведомлений;</w:t>
+    <w:bookmarkStart w:name="z2934" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-2) осуществление стратегических, регулятивных и реализационных функций в области государственного регулирования предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z2800" w:id="356"/>
-[...15 lines deleted...]
-      156-1) реализация государственной политики в сфере разрешений и уведомлений;</w:t>
+    <w:bookmarkStart w:name="z2801" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-2) формирование и реализация государственной политики в области государственного регулирования предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z2934" w:id="357"/>
-[...15 lines deleted...]
-      156-2) осуществление стратегических, регулятивных и реализационных функций в области государственного регулирования предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2802" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-3) согласование правил лицензирования деятельности по цифровому майнингу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z2801" w:id="358"/>
-[...15 lines deleted...]
-      156-2) формирование и реализация государственной политики в области государственного регулирования предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2935" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-4) осуществление стратегических, регулятивных, реализационных и контрольно-надзорных функций в сфере разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z2802" w:id="359"/>
-[...15 lines deleted...]
-      156-3) согласование правил лицензирования деятельности по цифровому майнингу;</w:t>
+    <w:bookmarkStart w:name="z2936" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-5) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики о разрешениях и уведомлениях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z2935" w:id="360"/>
-[...15 lines deleted...]
-      156-4) осуществление стратегических, регулятивных, реализационных и контрольно-надзорных функций в сфере разрешений и уведомлений;</w:t>
+    <w:bookmarkStart w:name="z2937" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156-6) разработка и утверждение нормативных правовых актов в сфере разрешений и уведомлений в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z2936" w:id="361"/>
-[...15 lines deleted...]
-      156-5) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики о разрешениях и уведомлениях в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2562" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) разработка и утверждение плана развития Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z2937" w:id="362"/>
-[...15 lines deleted...]
-      156-6) разработка и утверждение нормативных правовых актов в сфере разрешений и уведомлений в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2563" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) определение порядка разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения, технико-экономического обоснования, финансово-экономического обоснования государственного инвестиционного проекта, формирования портфеля государственных инвестиционных проектов и определения государственных инвестиционных проектов по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z2562" w:id="363"/>
-[...15 lines deleted...]
-      157) разработка и утверждение плана развития Министерства;</w:t>
+    <w:bookmarkStart w:name="z2824" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158-1) утверждение правил отбора и определения критериев социальных и экономических проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z2563" w:id="364"/>
-[...15 lines deleted...]
-      158) определение порядка разработки или корректировки, проведения необходимых экспертиз инвестиционного предложения, технико-экономического обоснования, финансово-экономического обоснования государственного инвестиционного проекта, формирования портфеля государственных инвестиционных проектов и определения государственных инвестиционных проектов по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+    <w:bookmarkStart w:name="z2904" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158-2) определение порядка целесообразности бюджетного кредитования, за исключением бюджетных кредитов, направляемых на покрытие дефицита наличности нижестоящих бюджетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z2824" w:id="365"/>
-[...15 lines deleted...]
-      158-1) утверждение правил отбора и определения критериев социальных и экономических проектов;</w:t>
+    <w:bookmarkStart w:name="z2564" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) утверждение технических регламентов в регулируемых сферах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z2904" w:id="366"/>
-[...15 lines deleted...]
-      158-2) определение порядка целесообразности бюджетного кредитования, за исключением бюджетных кредитов, направляемых на покрытие дефицита наличности нижестоящих бюджетов;</w:t>
+    <w:bookmarkStart w:name="z2565" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) разработка проекта Закона Республики Казахстан об объемах трансфертов общего характера между республиканским и областными бюджетами, бюджетами городов республиканского значения, столицы на трехлетний период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z2564" w:id="367"/>
-[...15 lines deleted...]
-      159) утверждение технических регламентов в регулируемых сферах;</w:t>
+    <w:bookmarkStart w:name="z2566" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) утверждение по согласованию с уполномоченным государственным органом по труду типовых норм и нормативов по труду, а также профессиональных стандартов в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z2565" w:id="368"/>
-[...15 lines deleted...]
-      160) разработка проекта Закона Республики Казахстан об объемах трансфертов общего характера между республиканским и областными бюджетами, бюджетами городов республиканского значения, столицы на трехлетний период;</w:t>
+    <w:bookmarkStart w:name="z2567" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) согласование предельных цен на розничную реализацию нефтепродуктов через стационарные автозаправочные станции, на которые установлено государственное регулирование цен, и на оптовую реализацию нефтепродуктов, предназначенных для реализации на стационарных автозаправочных станциях, на которые установлено государственное регулирование цен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z2566" w:id="369"/>
-[...15 lines deleted...]
-      161) утверждение по согласованию с уполномоченным государственным органом по труду типовых норм и нормативов по труду, а также профессиональных стандартов в регулируемой сфере;</w:t>
+    <w:bookmarkStart w:name="z2568" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) составление административных протоколов в соответствии с Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z2567" w:id="370"/>
-[...15 lines deleted...]
-      162) согласование предельных цен на розничную реализацию нефтепродуктов через стационарные автозаправочные станции, на которые установлено государственное регулирование цен, и на оптовую реализацию нефтепродуктов, предназначенных для реализации на стационарных автозаправочных станциях, на которые установлено государственное регулирование цен;</w:t>
+    <w:bookmarkStart w:name="z2569" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) участие в формировании и реализации государственной политики в сфере государственного стимулирования промышленности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z2568" w:id="371"/>
-[...15 lines deleted...]
-      163) составление административных протоколов в соответствии с Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+    <w:bookmarkStart w:name="z2570" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) установление и утверждение требований, обязательных для исполнения субъектами предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z2569" w:id="372"/>
-[...15 lines deleted...]
-      164) участие в формировании и реализации государственной политики в сфере государственного стимулирования промышленности;</w:t>
+    <w:bookmarkStart w:name="z2571" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) выработка предложений по вопросам определения целей и задач, направленных на обеспечение формирования, развития и функционирования агломераций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z2570" w:id="373"/>
-[...15 lines deleted...]
-      165) установление и утверждение требований, обязательных для исполнения субъектами предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2759" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-1) разработка перечня и состава агломераций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z2571" w:id="374"/>
-[...15 lines deleted...]
-      166) выработка предложений по вопросам определения целей и задач, направленных на обеспечение формирования, развития и функционирования агломераций;</w:t>
+    <w:bookmarkStart w:name="z2760" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-2) разработка положения о совете по агломерациям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z2759" w:id="375"/>
-[...15 lines deleted...]
-      166-1) разработка перечня и состава агломераций;</w:t>
+    <w:bookmarkStart w:name="z2761" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-3) определение требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z2760" w:id="376"/>
-[...15 lines deleted...]
-      166-2) разработка положения о совете по агломерациям;</w:t>
+    <w:bookmarkStart w:name="z2762" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-4) утверждение правил формирования состава агломерации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z2761" w:id="377"/>
-[...15 lines deleted...]
-      166-3) определение требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации;</w:t>
+    <w:bookmarkStart w:name="z2763" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-5) разработка и утверждение положения о местном совете агломерации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z2762" w:id="378"/>
-[...15 lines deleted...]
-      166-4) утверждение правил формирования состава агломерации;</w:t>
+    <w:bookmarkStart w:name="z2764" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-6) оказание содействия местным исполнительным органам столицы, города республиканского значения и области, населенные пункты которой входят в агломерацию, в части вопросов развития агломераций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z2763" w:id="379"/>
-[...15 lines deleted...]
-      166-5) разработка и утверждение положения о местном совете агломерации;</w:t>
+    <w:bookmarkStart w:name="z2765" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-7) осуществление координации деятельности центральных государственных органов, местных исполнительных органов и местных советов агломераций по вопросам развития агломераций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z2764" w:id="380"/>
-[...15 lines deleted...]
-      166-6) оказание содействия местным исполнительным органам столицы, города республиканского значения и области, населенные пункты которой входят в агломерацию, в части вопросов развития агломераций;</w:t>
+    <w:bookmarkStart w:name="z2827" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-8) разработка и утверждение перечня моногородов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z2765" w:id="381"/>
-[...15 lines deleted...]
-      166-7) осуществление координации деятельности центральных государственных органов, местных исполнительных органов и местных советов агломераций по вопросам развития агломераций;</w:t>
+    <w:bookmarkStart w:name="z2905" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166-9) определение порядка взаимоотношения местных бюджетов одного уровня друг с другом по совместному решению вопросов местного значения на территории агломерации, порядка составления и представления отчетности о реализации соглашения о совместном решении вопросов местного значения на территории агломерации и требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z2827" w:id="382"/>
-[...15 lines deleted...]
-      166-8) разработка и утверждение перечня моногородов;</w:t>
+    <w:bookmarkStart w:name="z2572" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) рассмотрение результатов анализа регуляторного воздействия и выдача заключения о соблюдении регулирующими государственными органами, Национальной палатой предпринимателей Республики Казахстан и другими заинтересованными лицами установленных процедур, за исключением проектов актов регионального значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z2905" w:id="383"/>
-[...15 lines deleted...]
-      166-9) определение порядка взаимоотношения местных бюджетов одного уровня друг с другом по совместному решению вопросов местного значения на территории агломерации, порядка составления и представления отчетности о реализации соглашения о совместном решении вопросов местного значения на территории агломерации и требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации;</w:t>
+    <w:bookmarkStart w:name="z2573" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) разработка и утверждение нормативных правовых актов и нормативных документов, методик, стандартов в рамках компетенции, за исключением устанавливающих требования к субъектам частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z2572" w:id="384"/>
-[...15 lines deleted...]
-      167) рассмотрение результатов анализа регуляторного воздействия и выдача заключения о соблюдении регулирующими государственными органами, Национальной палатой предпринимателей Республики Казахстан и другими заинтересованными лицами установленных процедур, за исключением проектов актов регионального значения;</w:t>
+    <w:bookmarkStart w:name="z2574" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) оказание государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z2573" w:id="385"/>
-[...15 lines deleted...]
-      168) разработка и утверждение нормативных правовых актов и нормативных документов, методик, стандартов в рамках компетенции, за исключением устанавливающих требования к субъектам частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2575" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) осуществление стратегических, регулятивных и реализационных функций в области государственной поддержки и развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z2574" w:id="386"/>
-[...15 lines deleted...]
-      169) оказание государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z2906" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170-1) разработка и утверждение правил формирования, ведения и актуализации реестра мер государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z2575" w:id="387"/>
-[...15 lines deleted...]
-      170) осуществление стратегических, регулятивных и реализационных функций в области государственной поддержки и развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2907" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170-2) разработка и утверждение типовой формы стандарта мер государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z2906" w:id="388"/>
-[...15 lines deleted...]
-      170-1) разработка и утверждение правил формирования, ведения и актуализации реестра мер государственной поддержки частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2908" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170-3) разработка и утверждение реестра мер государственной поддержки частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z2907" w:id="389"/>
-[...15 lines deleted...]
-      170-2) разработка и утверждение типовой формы стандарта мер государственной поддержки частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2909" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170-4) проведение анализа эффективности мер государственной поддержки частного предпринимательства и разработка предложений по их совершенствованию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z2908" w:id="390"/>
-[...15 lines deleted...]
-      170-3) разработка и утверждение реестра мер государственной поддержки частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2910" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170-5) разработка и утверждение методики по разработке Цифровой карты бизнеса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z2909" w:id="391"/>
-[...15 lines deleted...]
-      170-4) проведение анализа эффективности мер государственной поддержки частного предпринимательства и разработка предложений по их совершенствованию;</w:t>
+    <w:bookmarkStart w:name="z2576" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) организация и координация выполнения государственных мер поддержки и развития малого и среднего предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z2910" w:id="392"/>
-[...15 lines deleted...]
-      170-5) разработка и утверждение методики по разработке Цифровой карты бизнеса;</w:t>
+    <w:bookmarkStart w:name="z2803" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171-1) утверждение правил предоставления субъектам малого и среднего предпринимательства в имущественный наем (аренду) или доверительное управление неиспользуемых объектов государственной собственности и занимаемых ими земельных участков для организации производственной деятельности и развития сферы услуг населению с последующей безвозмездной передачей в собственность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z2576" w:id="393"/>
-[...15 lines deleted...]
-      171) организация и координация выполнения государственных мер поддержки и развития малого и среднего предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2577" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) проведение анализа предпринимательской среды, инвестиционного климата и инфраструктуры развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z2803" w:id="394"/>
-[...15 lines deleted...]
-      171-1) утверждение правил предоставления субъектам малого и среднего предпринимательства в имущественный наем (аренду) или доверительное управление неиспользуемых объектов государственной собственности и занимаемых ими земельных участков для организации производственной деятельности и развития сферы услуг населению с последующей безвозмездной передачей в собственность;</w:t>
+    <w:bookmarkStart w:name="z2578" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) организация методологической помощи субъектам частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z2577" w:id="395"/>
-[...15 lines deleted...]
-      172) проведение анализа предпринимательской среды, инвестиционного климата и инфраструктуры развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2938" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173-1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики в области государственной поддержки и развития частного предпринимательства в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z2578" w:id="396"/>
-[...15 lines deleted...]
-      173) организация методологической помощи субъектам частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2939" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173-2) разработка и утверждение нормативных правовых актов в области государственной поддержки и развития частного предпринимательства в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z2938" w:id="397"/>
-[...15 lines deleted...]
-      173-1) на основе и во исполнение основных направлений внутренней и внешней политики государства, определенных Президентом Республики Казахстан, и основных направлений социально-экономической политики государства, его обороноспособности, безопасности, обеспечения общественного порядка, разработанных Правительством Республики Казахстан, формирование государственной политики в области государственной поддержки и развития частного предпринимательства в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2579" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) ведение реестров субъектов предпринимательства и субъектов социального предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z2939" w:id="398"/>
-[...15 lines deleted...]
-      173-2) разработка и утверждение нормативных правовых актов в области государственной поддержки и развития частного предпринимательства в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2804" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174-1) утверждение правил ведения и использования реестра субъектов предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z2579" w:id="399"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       174-2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил расчета среднегодовой численности работников и среднегодового дохода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2580" w:id="401"/>
+    <w:bookmarkStart w:name="z2580" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) утверждение реестра субъектов социального предпринимательства;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z2581" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) ведение реестра субъектов социального предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z2582" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) разработка и утверждение правил ведения реестра субъектов социального предпринимательства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z2581" w:id="402"/>
-[...15 lines deleted...]
-      176) ведение реестра субъектов социального предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2940" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177-1) разработка и утверждение нормативных правовых актов в области государственного регулирования предпринимательства в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z2582" w:id="403"/>
-[...15 lines deleted...]
-      177) разработка и утверждение правил ведения реестра субъектов социального предпринимательства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">178) исключен постановлением Правительства РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 617</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2584" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) определение порядка осуществления поддержки инициатив развития социального предпринимательства государственными органами, национальными холдингами, национальными институтами развития и иными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z2940" w:id="404"/>
-[...15 lines deleted...]
-      177-1) разработка и утверждение нормативных правовых актов в области государственного регулирования предпринимательства в соответствии с целями Предпринимательского кодекса Республики Казахстан и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2806" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179-1) определение порядка проведения аккредитации, в том числе формы свидетельства об аккредитации, оснований и порядка отмены аккредитации объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:p>
-[...87 lines deleted...]
-      179) определение порядка осуществления поддержки инициатив развития социального предпринимательства государственными органами, национальными холдингами, национальными институтами развития и иными организациями;</w:t>
+    <w:bookmarkStart w:name="z2585" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) аккредитация объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z2806" w:id="406"/>
-[...15 lines deleted...]
-      179-1) определение порядка проведения аккредитации, в том числе формы свидетельства об аккредитации, оснований и порядка отмены аккредитации объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
+    <w:bookmarkStart w:name="z2586" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) направление уведомления в Национальную палату предпринимателей Республики Казахстан и экспертные советы о размещении консультативного документа или соответствующего проекта нормативного правового акта, затрагивающего интересы субъектов предпринимательства, на интернет-портале открытых нормативных правовых актов для получения экспертных заключений, в том числе при каждом последующем их согласовании с заинтересованными государственными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z2585" w:id="407"/>
-[...15 lines deleted...]
-      180) аккредитация объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
+    <w:bookmarkStart w:name="z2587" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) осуществление мониторинга эффективности государственного контроля и надзора в области государственного регулирования предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z2586" w:id="408"/>
-[...15 lines deleted...]
-      181) направление уведомления в Национальную палату предпринимателей Республики Казахстан и экспертные советы о размещении консультативного документа или соответствующего проекта нормативного правового акта, затрагивающего интересы субъектов предпринимательства, на интернет-портале открытых нормативных правовых актов для получения экспертных заключений, в том числе при каждом последующем их согласовании с заинтересованными государственными органами;</w:t>
+    <w:bookmarkStart w:name="z2588" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) осуществление международного сотрудничества в области развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z2587" w:id="409"/>
-[...15 lines deleted...]
-      182) осуществление мониторинга эффективности государственного контроля и надзора в области государственного регулирования предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2589" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) пропаганда государственной политики по развитию и поддержке частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z2588" w:id="410"/>
-[...15 lines deleted...]
-      183) осуществление международного сотрудничества в области развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2590" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) способствование формированию и развитию инфраструктуры малого предпринимательства в регионах республики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z2589" w:id="411"/>
-[...15 lines deleted...]
-      184) пропаганда государственной политики по развитию и поддержке частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2591" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) осуществление государственного контроля в области поддержки субъектов частного предпринимательства на предмет соблюдения требований при оказании государственной поддержки субъектам частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z2590" w:id="412"/>
-[...15 lines deleted...]
-      185) способствование формированию и развитию инфраструктуры малого предпринимательства в регионах республики;</w:t>
+    <w:bookmarkStart w:name="z2755" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186-1) разработка и утверждение методики осуществления анализа эффективности государственных мер поддержки субъектов частного предпринимательства и населения с предпринимательской инициативой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z2591" w:id="413"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2834" w:id="415"/>
+    <w:bookmarkStart w:name="z2834" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       186-2) осуществление государственного контроля в области защиты субъектов предпринимательства в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 85-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан в отношении государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z2835" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186-3) утверждение полугодовых планов проведения периодических проверок в области защиты субъектов предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z2836" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186-4) разработка и утверждение формы полугодового плана проведения периодических проверок, форм актов о назначении, продлении, приостановлении и возобновлении проверок, формы уведомления о продлении срока проверки, форм заключений о результатах периодической, внеплановой проверки и дистанционного контроля в области защиты субъектов предпринимательства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z2835" w:id="416"/>
-[...15 lines deleted...]
-      186-3) утверждение полугодовых планов проведения периодических проверок в области защиты субъектов предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2592" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) создание условий для участия малого и среднего предпринимательства в реализации документов Системы государственного планирования в сфере инновационного, инвестиционного и индустриального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z2836" w:id="417"/>
-[...15 lines deleted...]
-      186-4) разработка и утверждение формы полугодового плана проведения периодических проверок, форм актов о назначении, продлении, приостановлении и возобновлении проверок, формы уведомления о продлении срока проверки, форм заключений о результатах периодической, внеплановой проверки и дистанционного контроля в области защиты субъектов предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2593" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) создание условий для инвесторов, международных организаций-грантодателей в вопросах поддержки и развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z2592" w:id="418"/>
-[...15 lines deleted...]
-      187) создание условий для участия малого и среднего предпринимательства в реализации документов Системы государственного планирования в сфере инновационного, инвестиционного и индустриального развития;</w:t>
+    <w:bookmarkStart w:name="z2594" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) организация обучения государственных служащих и иных лиц по вопросам внедрения и осуществления анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z2593" w:id="419"/>
-[...15 lines deleted...]
-      188) создание условий для инвесторов, международных организаций-грантодателей в вопросах поддержки и развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2595" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) координация деятельности других государственных органов в области государственного контроля (надзора) за деятельностью субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z2594" w:id="420"/>
-[...15 lines deleted...]
-      189) организация обучения государственных служащих и иных лиц по вопросам внедрения и осуществления анализа регуляторного воздействия;</w:t>
+    <w:bookmarkStart w:name="z2596" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) рассмотрение отчетов местных исполнительных органов области, городов республиканского значения, столицы, осуществляющих руководство в сфере предпринимательства, о состоянии работы по анализу регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z2595" w:id="421"/>
-[...15 lines deleted...]
-      190) координация деятельности других государственных органов в области государственного контроля (надзора) за деятельностью субъектов частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2597" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) участие в реализации государственной политики по обеспечению равных прав и равных возможностей мужчин и женщин;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z2596" w:id="422"/>
-[...15 lines deleted...]
-      191) рассмотрение отчетов местных исполнительных органов области, городов республиканского значения, столицы, осуществляющих руководство в сфере предпринимательства, о состоянии работы по анализу регуляторного воздействия;</w:t>
+    <w:bookmarkStart w:name="z2598" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) согласование порядка определения предельной цены на розничную реализацию нефтепродуктов, на которые установлено государственное регулирование цен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z2597" w:id="423"/>
-[...15 lines deleted...]
-      192) участие в реализации государственной политики по обеспечению равных прав и равных возможностей мужчин и женщин;</w:t>
+    <w:bookmarkStart w:name="z2599" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке, а также предельных цен оптовой и розничной реализации сжиженного нефтяного газа в рамках плана поставки вне товарных бирж;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z2598" w:id="424"/>
-[...15 lines deleted...]
-      193) согласование порядка определения предельной цены на розничную реализацию нефтепродуктов, на которые установлено государственное регулирование цен;</w:t>
+    <w:bookmarkStart w:name="z2766" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194-1) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке для промышленного потребителя-инвестора, приобретающего товарный газ для использования в качестве топлива и (или) сырья в промышленном производстве в целях реализации инвестиционного проекта по производству нефтегазохимической продукции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z2599" w:id="425"/>
-[...15 lines deleted...]
-      194) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке, а также предельных цен оптовой и розничной реализации сжиженного нефтяного газа в рамках плана поставки вне товарных бирж;</w:t>
+    <w:bookmarkStart w:name="z2767" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194-2) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке на предстоящий год, предназначенного для последующей реализации крупным коммерческим потребителям и лицам, осуществляющим цифровой майнинг, или лицам по производству электрической энергии для осуществления цифрового майнинга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z2766" w:id="426"/>
-[...15 lines deleted...]
-      194-1) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке для промышленного потребителя-инвестора, приобретающего товарный газ для использования в качестве топлива и (или) сырья в промышленном производстве в целях реализации инвестиционного проекта по производству нефтегазохимической продукции;</w:t>
+    <w:bookmarkStart w:name="z2768" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194-3) согласование плана передачи на баланс и (или) в доверительное управление имущества, используемого в технологическом цикле, при предоставлении регулируемых услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z2767" w:id="427"/>
-[...15 lines deleted...]
-      194-2) согласование предельных цен оптовой реализации товарного газа на внутреннем рынке на предстоящий год, предназначенного для последующей реализации крупным коммерческим потребителям и лицам, осуществляющим цифровой майнинг, или лицам по производству электрической энергии для осуществления цифрового майнинга;</w:t>
+    <w:bookmarkStart w:name="z2769" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194-4) согласование порядка субсидирования аэропортов, находящихся в коммунальной собственности, не обеспечивающих достаточный уровень доходов для покрытия операционных затрат, с пассажиропотоком менее двухсот тысяч пассажиров в год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z2768" w:id="428"/>
-[...15 lines deleted...]
-      194-3) согласование плана передачи на баланс и (или) в доверительное управление имущества, используемого в технологическом цикле, при предоставлении регулируемых услуг;</w:t>
+    <w:bookmarkStart w:name="z2770" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194-5) согласование типового положения об антикоррупционных комплаенс-службах в субъектах квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z2769" w:id="429"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2600" w:id="431"/>
+    <w:bookmarkStart w:name="z2600" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       195) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядка оценки деятельности членов наблюдательного совета и определения лимита выплаты вознаграждения членам наблюдательного совета государственного предприятия;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z2601" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) утверждение форм заявлений для получения разрешений второй категории, форм разрешений второй категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z2602" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) утверждение правил осуществления разрешительных процедур и правил осуществления деятельности или действий (операций), для которых Законом введен разрешительный порядок;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z2601" w:id="432"/>
-[...15 lines deleted...]
-      196) утверждение форм заявлений для получения разрешений второй категории, форм разрешений второй категории;</w:t>
+    <w:bookmarkStart w:name="z2603" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) утверждение форм уведомлений и правил приема уведомлений государственными органами, определение государственных органов, осуществляющих прием уведомлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z2602" w:id="433"/>
-[...15 lines deleted...]
-      197) утверждение правил осуществления разрешительных процедур и правил осуществления деятельности или действий (операций), для которых Законом введен разрешительный порядок;</w:t>
+    <w:bookmarkStart w:name="z2604" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) согласование правил ведения государственного электронного реестра разрешений и уведомлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z2603" w:id="434"/>
-[...15 lines deleted...]
-      198) утверждение форм уведомлений и правил приема уведомлений государственными органами, определение государственных органов, осуществляющих прием уведомлений;</w:t>
+    <w:bookmarkStart w:name="z2605" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) разработка и утверждение правил проведения и использования анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z2604" w:id="435"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2745" w:id="437"/>
+    <w:bookmarkStart w:name="z2745" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       200-1) обеспечение подтверждения соответствия нормативного правового акта или иного документа, содержащего в соответствии с законодательством Республики Казахстан обязательные требования, проекта нормативного правового акта Республики Казахстан, проекта документа Системы государственного планирования Республики Казахстан или проекта иного документа, содержащего в соответствии с законодательством Республики Казахстан обязательные требования, требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13081,4675 +13285,4713 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">-1 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан при формировании и ведении реестра требований;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z2746" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-2) утверждение правил ведения реестра обязательных требований в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z2747" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-3) выработка предложений по определению сфер регулирования предпринимательской деятельности, регуляторные акты которых подлежат включению в реестр обязательных требований в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z2746" w:id="438"/>
-[...15 lines deleted...]
-      200-2) утверждение правил ведения реестра обязательных требований в сфере предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2748" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-4) разработка и утверждение правил формирования регулирующими государственными органами системы оценки и управления рисками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z2747" w:id="439"/>
-[...15 lines deleted...]
-      200-3) выработка предложений по определению сфер регулирования предпринимательской деятельности, регуляторные акты которых подлежат включению в реестр обязательных требований в сфере предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2807" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-5) утверждение типового положения об экспертных советах по вопросам предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z2748" w:id="440"/>
-[...15 lines deleted...]
-      200-4) разработка и утверждение правил формирования регулирующими государственными органами системы оценки и управления рисками;</w:t>
+    <w:bookmarkStart w:name="z2808" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-6) организация рассмотрения экспертными советами разрабатываемых центральными государственными, местными представительными и исполнительными органами проектов нормативных правовых актов, проектов международных договоров Республики Казахстан, проектов правовых актов в области системы государственного планирования, а также международных договоров, участницей которых намеревается стать Республика Казахстан, затрагивающих интересы субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z2807" w:id="441"/>
-[...15 lines deleted...]
-      200-5) утверждение типового положения об экспертных советах по вопросам предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2809" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-7) проведение анализа функционирования отраслей экономики в целях устранения препятствий для развития субъектов частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z2808" w:id="442"/>
-[...15 lines deleted...]
-      200-6) организация рассмотрения экспертными советами разрабатываемых центральными государственными, местными представительными и исполнительными органами проектов нормативных правовых актов, проектов международных договоров Республики Казахстан, проектов правовых актов в области системы государственного планирования, а также международных договоров, участницей которых намеревается стать Республика Казахстан, затрагивающих интересы субъектов частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2810" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-8) организация предоставления субъектам частного предпринимательства экономической информации о состоянии внутренних и внешних рынков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z2809" w:id="443"/>
-[...15 lines deleted...]
-      200-7) проведение анализа функционирования отраслей экономики в целях устранения препятствий для развития субъектов частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z2811" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-9) согласование минимальных ставок авторского вознаграждения в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером произведения или особенностями его использования (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием, воспроизведением произведения в личных целях без согласия автора и другими случаями);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z2810" w:id="444"/>
-[...15 lines deleted...]
-      200-8) организация предоставления субъектам частного предпринимательства экономической информации о состоянии внутренних и внешних рынков;</w:t>
+    <w:bookmarkStart w:name="z2812" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-10) согласование минимальных ставок вознаграждения исполнителям и производителям фонограмм в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером использования исполнений или фонограмм (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием, воспроизведением в личных целях без согласия исполнителя и производителя фонограммы и другими случаями);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z2811" w:id="445"/>
-[...15 lines deleted...]
-      200-9) согласование минимальных ставок авторского вознаграждения в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером произведения или особенностями его использования (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием, воспроизведением произведения в личных целях без согласия автора и другими случаями);</w:t>
+    <w:bookmarkStart w:name="z2813" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-11) согласование порядка, форм государственной финансовой поддержки, отрасли (отраслей) экономики, в которой (которых) осуществляют деятельность субъекты частного предпринимательства, подлежащие государственной финансовой поддержке, юридическое (юридические) лицо (лица), привлекаемое (привлекаемые) для оказания государственной финансовой поддержки, размеров финансовой поддержки и других условий, необходимых для оказания государственной финансовой поддержки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z2812" w:id="446"/>
-[...15 lines deleted...]
-      200-10) согласование минимальных ставок вознаграждения исполнителям и производителям фонограмм в случаях, когда практическое осуществление имущественных (исключительных) прав в индивидуальном порядке невозможно в связи с характером использования исполнений или фонограмм (публичным исполнением, в том числе на радио и телевидении, воспроизведением произведения посредством механической, магнитной или иной записи, репродуцированием, воспроизведением в личных целях без согласия исполнителя и производителя фонограммы и другими случаями);</w:t>
+    <w:bookmarkStart w:name="z2814" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-12) утверждение порядка, форм государственной финансовой поддержки, отрасли (отраслей) экономики, в которой (которых) осуществляют деятельность субъекты частного предпринимательства, подлежащие государственной финансовой поддержке, юридическое (юридические) лицо (лица), привлекаемое (привлекаемые) для оказания государственной финансовой поддержки, размеров финансовой поддержки и других условий, необходимых для оказания государственной финансовой поддержки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z2813" w:id="447"/>
-[...15 lines deleted...]
-      200-11) согласование порядка, форм государственной финансовой поддержки, отрасли (отраслей) экономики, в которой (которых) осуществляют деятельность субъекты частного предпринимательства, подлежащие государственной финансовой поддержке, юридическое (юридические) лицо (лица), привлекаемое (привлекаемые) для оказания государственной финансовой поддержки, размеров финансовой поддержки и других условий, необходимых для оказания государственной финансовой поддержки;</w:t>
+    <w:bookmarkStart w:name="z2837" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-13) разработка порядка, форм, размеров поддержки и других условий, необходимых для оказания государственной финансовой и имущественной поддержки субъектам частного предпринимательства, предоставляемой в различных отраслях экономики, которые относятся к компетенциям нескольких отраслевых государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z2814" w:id="448"/>
-[...15 lines deleted...]
-      200-12) утверждение порядка, форм государственной финансовой поддержки, отрасли (отраслей) экономики, в которой (которых) осуществляют деятельность субъекты частного предпринимательства, подлежащие государственной финансовой поддержке, юридическое (юридические) лицо (лица), привлекаемое (привлекаемые) для оказания государственной финансовой поддержки, размеров финансовой поддержки и других условий, необходимых для оказания государственной финансовой поддержки;</w:t>
+    <w:bookmarkStart w:name="z2838" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-14) разработка порядка, форм поддержки и других условий, необходимых для оказания государственной нефинансовой поддержки субъектам частного предпринимательства, предоставляемой в различных отраслях экономики, которые относятся к компетенциям нескольких отраслевых государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z2837" w:id="449"/>
-[...15 lines deleted...]
-      200-13) разработка порядка, форм, размеров поддержки и других условий, необходимых для оказания государственной финансовой и имущественной поддержки субъектам частного предпринимательства, предоставляемой в различных отраслях экономики, которые относятся к компетенциям нескольких отраслевых государственных органов;</w:t>
+    <w:bookmarkStart w:name="z2839" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-15) согласование сроков проведения последующего анализа регуляторных актов, определяемых регулирующими государственными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z2838" w:id="450"/>
-[...15 lines deleted...]
-      200-14) разработка порядка, форм поддержки и других условий, необходимых для оказания государственной нефинансовой поддержки субъектам частного предпринимательства, предоставляемой в различных отраслях экономики, которые относятся к компетенциям нескольких отраслевых государственных органов;</w:t>
+    <w:bookmarkStart w:name="z2840" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-16) разработка и утверждение методики автоматического возмещения субъектам предпринимательства с установленной мощностью электрических установок до 200 кВт путем перерасчета и (или) возврата ранее произведенной суммы за использованную электрическую энергию потребителем в случае превышения энергопередающими организациями среднего показателя количества отключений на одного потребителя за один календарный год и среднего показателя продолжительности отключений на одного потребителя за один календарный год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z2839" w:id="451"/>
-[...15 lines deleted...]
-      200-15) согласование сроков проведения последующего анализа регуляторных актов, определяемых регулирующими государственными органами;</w:t>
+    <w:bookmarkStart w:name="z2911" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200-17) согласование видов, порядка определения и установления ставок вознаграждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z2840" w:id="452"/>
-[...15 lines deleted...]
-      200-16) разработка и утверждение методики автоматического возмещения субъектам предпринимательства с установленной мощностью электрических установок до 200 кВт путем перерасчета и (или) возврата ранее произведенной суммы за использованную электрическую энергию потребителем в случае превышения энергопередающими организациями среднего показателя количества отключений на одного потребителя за один календарный год и среднего показателя продолжительности отключений на одного потребителя за один календарный год;</w:t>
+    <w:bookmarkStart w:name="z2606" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) утверждение форм заявлений для получения и переоформления лицензии и (или) приложения к лицензии, формы лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z2911" w:id="453"/>
-[...15 lines deleted...]
-      200-17) согласование видов, порядка определения и установления ставок вознаграждения;</w:t>
+    <w:bookmarkStart w:name="z2607" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг в регулируемой Министерством сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z2606" w:id="454"/>
-[...15 lines deleted...]
-      201) утверждение форм заявлений для получения и переоформления лицензии и (или) приложения к лицензии, формы лицензии и (или) приложения к лицензии;</w:t>
+    <w:bookmarkStart w:name="z2608" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) осуществление контроля и надзора за деятельностью физических и юридических лиц в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z2607" w:id="455"/>
-[...15 lines deleted...]
-      202) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг в регулируемой Министерством сфере;</w:t>
+    <w:bookmarkStart w:name="z2609" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) осуществление координации деятельности центральных и местных исполнительных органов по реализации государственной политики в соответствующей отрасли (сфере);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z2608" w:id="456"/>
-[...15 lines deleted...]
-      203) осуществление контроля и надзора за деятельностью физических и юридических лиц в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2610" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) образование общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z2609" w:id="457"/>
-[...15 lines deleted...]
-      204) осуществление координации деятельности центральных и местных исполнительных органов по реализации государственной политики в соответствующей отрасли (сфере);</w:t>
+    <w:bookmarkStart w:name="z2611" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) рассмотрение рекомендаций общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z2610" w:id="458"/>
-[...15 lines deleted...]
-      205) образование общественного совета;</w:t>
+    <w:bookmarkStart w:name="z2612" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) определение персонального состава представительства в составе рабочей группы по формированию общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z2611" w:id="459"/>
-[...15 lines deleted...]
-      206) рассмотрение рекомендаций общественного совета;</w:t>
+    <w:bookmarkStart w:name="z2613" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208) утверждение состава рабочей группы по формированию общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z2612" w:id="460"/>
-[...15 lines deleted...]
-      207) определение персонального состава представительства в составе рабочей группы по формированию общественного совета;</w:t>
+    <w:bookmarkStart w:name="z2614" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209) представительство в составе рабочей группы по формированию общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z2613" w:id="461"/>
-[...15 lines deleted...]
-      208) утверждение состава рабочей группы по формированию общественного совета;</w:t>
+    <w:bookmarkStart w:name="z2615" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) осуществление организационного обеспечения деятельности общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z2614" w:id="462"/>
-[...15 lines deleted...]
-      209) представительство в составе рабочей группы по формированию общественного совета;</w:t>
+    <w:bookmarkStart w:name="z2616" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) осуществление контрольных и надзорных функций за деятельностью центральных и местных исполнительных органов по вопросам, относящимся к полномочиям Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z2615" w:id="463"/>
-[...15 lines deleted...]
-      210) осуществление организационного обеспечения деятельности общественного совета;</w:t>
+    <w:bookmarkStart w:name="z2617" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212) осуществление стратегических, регулятивных, реализационных и контрольно-надзорных функций в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z2616" w:id="464"/>
-[...15 lines deleted...]
-      211) осуществление контрольных и надзорных функций за деятельностью центральных и местных исполнительных органов по вопросам, относящимся к полномочиям Министерства;</w:t>
+    <w:bookmarkStart w:name="z2618" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) утверждение системы оценки управления рисками в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z2617" w:id="465"/>
-[...15 lines deleted...]
-      212) осуществление стратегических, регулятивных, реализационных и контрольно-надзорных функций в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2619" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) осуществление внутреннего контроля по направлениям своей деятельности с целью повышения качества и производительности работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z2618" w:id="466"/>
-[...15 lines deleted...]
-      213) утверждение системы оценки управления рисками в регулируемой сфере;</w:t>
+    <w:bookmarkStart w:name="z2620" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215) организация и проведение оценки функционирования системы управления в Министерстве, ведомстве и его территориальных подразделениях, подведомственных организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z2619" w:id="467"/>
-[...15 lines deleted...]
-      214) осуществление внутреннего контроля по направлениям своей деятельности с целью повышения качества и производительности работы;</w:t>
+    <w:bookmarkStart w:name="z2621" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216) привлечение Центра развития государственно-частного партнерства для проведения оценки реализации проектов государственно-частного партнерства, экспертиз бизнес-плана к проекту государственно-частного партнерства при прямых переговорах по определению частного партнера, конкурсной (аукционной) документации проекта государственно-частного партнерства, за исключением конкурсной документации, утверждаемой на основании типовой конкурсной документации в рамках программного государственно-частного партнерства, в том числе при внесении в них соответствующих изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z2620" w:id="468"/>
-[...15 lines deleted...]
-      215) организация и проведение оценки функционирования системы управления в Министерстве, ведомстве и его территориальных подразделениях, подведомственных организациях;</w:t>
+    <w:bookmarkStart w:name="z2815" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-1) определение целей, задач и видов деятельности Центра развития государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z2621" w:id="469"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2912" w:id="471"/>
+    <w:bookmarkStart w:name="z2912" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216-2) осуществление аккредитации и принятие решения о лишении свидетельства об аккредитации юридических лиц, осуществляющих консультативное сопровождение проектов государственно-частного партнерства, а также экспертизу согласно подпункту 8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственно-частном партнерстве"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z2913" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-3) разработка и утверждение правил аккредитации лиц, осуществляющих консультативное сопровождение проектов государственно-частного партнерства, а также экспертизу согласно подпункту 8) статьи 25 Закона Республики Казахстан "О государственно-частном партнерстве";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z2914" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216-4) согласование порядка предоставления поручительства государства, а также формы договора поручительства государства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z2913" w:id="472"/>
-[...15 lines deleted...]
-      216-3) разработка и утверждение правил аккредитации лиц, осуществляющих консультативное сопровождение проектов государственно-частного партнерства, а также экспертизу согласно подпункту 8) статьи 25 Закона Республики Казахстан "О государственно-частном партнерстве";</w:t>
+    <w:bookmarkStart w:name="z2622" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217) согласование конкурсной (аукционной) документации проекта государственно-частного партнерства по республиканским проектам государственно-частного партнерства, а также республиканским и местным проектам государственно-частного партнерства особой значимости, в том числе при внесении в нее соответствующих изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z2914" w:id="473"/>
-[...15 lines deleted...]
-      216-4) согласование порядка предоставления поручительства государства, а также формы договора поручительства государства;</w:t>
+    <w:bookmarkStart w:name="z2771" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217-1) определение порядка проведения экспертизы конкурсной документации проекта государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z2622" w:id="474"/>
-[...15 lines deleted...]
-      217) согласование конкурсной (аукционной) документации проекта государственно-частного партнерства по республиканским проектам государственно-частного партнерства, а также республиканским и местным проектам государственно-частного партнерства особой значимости, в том числе при внесении в нее соответствующих изменений и (или) дополнений;</w:t>
+    <w:bookmarkStart w:name="z2772" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217-2) определение порядка формирования и опубликования перечня социально-экономических задач для формирования предложений по реализации проектов государственно-частного партнерства и порядка информационного обеспечения планируемых и реализуемых проектов государственно-частного партнерства, в том числе посредством использования веб-портала государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z2771" w:id="475"/>
-[...15 lines deleted...]
-      217-1) определение порядка проведения экспертизы конкурсной документации проекта государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2773" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217-3) разработка перечня объектов государственно-частного партнерства, по отношению к которым конкурс по определению частного партнера может быть закрытым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z2772" w:id="476"/>
-[...15 lines deleted...]
-      217-2) определение порядка формирования и опубликования перечня социально-экономических задач для формирования предложений по реализации проектов государственно-частного партнерства и порядка информационного обеспечения планируемых и реализуемых проектов государственно-частного партнерства, в том числе посредством использования веб-портала государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2774" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217-4) определение порядка согласования и экспертизы конкурсной (аукционной) документации в рамках реализации частной инициативы, утверждаемой центральными уполномоченными государственными органами соответствующей отрасли, местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z2773" w:id="477"/>
-[...15 lines deleted...]
-      217-3) разработка перечня объектов государственно-частного партнерства, по отношению к которым конкурс по определению частного партнера может быть закрытым;</w:t>
+    <w:bookmarkStart w:name="z2775" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217-5) согласование конкурсной (аукционной) документации в рамках реализации частной инициативы, утверждаемой центральными уполномоченными государственными органами соответствующей отрасли, местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z2774" w:id="478"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2915" w:id="480"/>
+    <w:bookmarkStart w:name="z2915" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       217-6) определение порядка конкурса (аукцион) по определению частного партнера, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан "О государственно-частном партнерстве";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z2623" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218) утверждение примерного перечня рисков, возникающих на различных этапах государственно-частного партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z2624" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219) утверждение правил планирования и реализации проектов государственно-частного партнерства, включающих вопросы планирования проектов государственно-частного партнерства, проведения конкурса (аукциона) и прямых переговоров по определению частного партнера, проведения мониторинга договоров государственно-частного партнерства, проведения мониторинга и оценки реализации проектов государственно-частного партнерства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z2623" w:id="481"/>
-[...15 lines deleted...]
-      218) утверждение примерного перечня рисков, возникающих на различных этапах государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2916" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219-1) утверждение правил осуществления подготовки отраслевого заключения на конкурсную (аукционную) документацию республиканского проекта государственно-частного партнерства, бизнес-плана к проекту государственно-частного партнерства при прямых переговорах по определению частного партнера;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z2624" w:id="482"/>
-[...15 lines deleted...]
-      219) утверждение правил планирования и реализации проектов государственно-частного партнерства, включающих вопросы планирования проектов государственно-частного партнерства, проведения конкурса (аукциона) и прямых переговоров по определению частного партнера, проведения мониторинга договоров государственно-частного партнерства, проведения мониторинга и оценки реализации проектов государственно-частного партнерства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">220) исключен постановлением Правительства РК от 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2776" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220-1) согласование порядка определения частного партнера и заключения договора государственно-частного партнерства в рамках концепций развития отраслей (сфер), национальных проектов, разработанного государственным органом соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z2916" w:id="483"/>
-[...15 lines deleted...]
-      219-1) утверждение правил осуществления подготовки отраслевого заключения на конкурсную (аукционную) документацию республиканского проекта государственно-частного партнерства, бизнес-плана к проекту государственно-частного партнерства при прямых переговорах по определению частного партнера;</w:t>
+    <w:bookmarkStart w:name="z2777" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220-2) разработка и утверждение методики оценки социально-экономической эффективности проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:p>
-[...87 lines deleted...]
-      220-1) согласование порядка определения частного партнера и заключения договора государственно-частного партнерства в рамках концепций развития отраслей (сфер), национальных проектов, разработанного государственным органом соответствующей отрасли;</w:t>
+    <w:bookmarkStart w:name="z2778" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220-3) разработка и утверждение методики распределения и оценки рисков проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z2777" w:id="485"/>
-[...15 lines deleted...]
-      220-2) разработка и утверждение методики оценки социально-экономической эффективности проектов государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2779" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220-4) разработка и утверждение методики учета условных государственных обязательств по проектам государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z2778" w:id="486"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2626" w:id="488"/>
+    <w:bookmarkStart w:name="z2626" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       221) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил приема объектов государственно-частного партнерства в государственную собственность;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z2627" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222) ведение перечня недобросовестных потенциальных частных партнеров, формирующегося на основании решений судов, вступивших в законную силу, и размещение данного перечня на интернет-ресурсе Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z2628" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223) утверждение критериев отнесения проекта государственно-частного партнерства к проекту государственно-частного партнерства особой значимости;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z2627" w:id="489"/>
-[...15 lines deleted...]
-      222) ведение перечня недобросовестных потенциальных частных партнеров, формирующегося на основании решений судов, вступивших в законную силу, и размещение данного перечня на интернет-ресурсе Министерства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">224) исключен постановлением Правительства РК от 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2780" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224-1) определение оператора веб-портала государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z2628" w:id="490"/>
-[...15 lines deleted...]
-      223) утверждение критериев отнесения проекта государственно-частного партнерства к проекту государственно-частного партнерства особой значимости;</w:t>
+    <w:bookmarkStart w:name="z2917" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224-2) разработка и утверждение правил использования веб-портала государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:p>
-[...87 lines deleted...]
-      224-1) определение оператора веб-портала государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z2630" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225) формирование перечня инвестиционных проектов и (или) инвестиционных программ, предлагаемых к финансированию за счет средств негосударственных займов под государственные гарантии на соответствующий период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z2917" w:id="492"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2631" w:id="494"/>
+    <w:bookmarkStart w:name="z2631" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       226) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> методики оценки инвестиционной привлекательности регионов и унифицированного инвестиционного стандарта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z2632" w:id="495"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z2632" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       227) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового положения о территориальных советах местного самоуправления;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z2633" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228) утверждение правил ведения реестра саморегулируемых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z2634" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229) ведение реестра саморегулируемых организаций в соответствующей сфере (отрасли);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z2633" w:id="496"/>
-[...15 lines deleted...]
-      228) утверждение правил ведения реестра саморегулируемых организаций;</w:t>
+    <w:bookmarkStart w:name="z2635" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230) согласование правил и стандартов саморегулируемых организаций, основанных на обязательном членстве (участии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z2634" w:id="497"/>
-[...15 lines deleted...]
-      229) ведение реестра саморегулируемых организаций в соответствующей сфере (отрасли);</w:t>
+    <w:bookmarkStart w:name="z2636" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231) разработка, согласование проектов нормативных правовых актов по вопросам саморегулирования в соответствующей отрасли или сфере государственного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z2635" w:id="498"/>
-[...15 lines deleted...]
-      230) согласование правил и стандартов саморегулируемых организаций, основанных на обязательном членстве (участии);</w:t>
+    <w:bookmarkStart w:name="z2849" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231-1) разработка и утверждение правил заключения соглашения о признании результатов деятельности с саморегулируемой организацией, основанной на добровольном членстве (участии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z2636" w:id="499"/>
-[...15 lines deleted...]
-      231) разработка, согласование проектов нормативных правовых актов по вопросам саморегулирования в соответствующей отрасли или сфере государственного управления;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">232) исключен постановлением Правительства РК от 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2638" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233) оказание методической помощи и координация деятельности регулирующих государственных органов по вопросам осуществления анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z2849" w:id="500"/>
-[...15 lines deleted...]
-      231-1) разработка и утверждение правил заключения соглашения о признании результатов деятельности с саморегулируемой организацией, основанной на добровольном членстве (участии);</w:t>
+    <w:bookmarkStart w:name="z2639" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234) проведение альтернативного анализа регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:p>
-[...87 lines deleted...]
-      233) оказание методической помощи и координация деятельности регулирующих государственных органов по вопросам осуществления анализа регуляторного воздействия;</w:t>
+    <w:bookmarkStart w:name="z2640" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235) размещение информации на казахском и русском языках на интернет-портале открытых данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z2639" w:id="502"/>
-[...15 lines deleted...]
-      234) проведение альтернативного анализа регуляторного воздействия;</w:t>
+    <w:bookmarkStart w:name="z2641" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236) размещение информации на интернет-портале открытых бюджетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z2640" w:id="503"/>
-[...15 lines deleted...]
-      235) размещение информации на казахском и русском языках на интернет-портале открытых данных;</w:t>
+    <w:bookmarkStart w:name="z2642" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237) размещение информации на интернет-портале открытых нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z2641" w:id="504"/>
-[...15 lines deleted...]
-      236) размещение информации на интернет-портале открытых бюджетов;</w:t>
+    <w:bookmarkStart w:name="z2643" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238) согласование нормативного правового акта, устанавливающего порядок размещения информации на интернет-портале открытых бюджетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z2642" w:id="505"/>
-[...15 lines deleted...]
-      237) размещение информации на интернет-портале открытых нормативных правовых актов;</w:t>
+    <w:bookmarkStart w:name="z2644" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239) проведение внутреннего контроля за качеством и своевременностью представления информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z2643" w:id="506"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2645" w:id="508"/>
+    <w:bookmarkStart w:name="z2645" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       240) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового перечня районного коммунального имущества, передаваемого в состав коммунального имущества города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z2646" w:id="509"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z2646" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) определение порядка поступлений от передачи в конкурентную среду активов национальных управляющих холдингов, национальных холдингов, национальных компаний и их дочерних, зависимых и иных юридических лиц, являющихся аффилированными с ними, в Национальный фонд Республики Казахстан по перечню, утверждаемому Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z2816" w:id="510"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z2816" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       241-1) утверждение перечня организаций, более пятидесяти процентов голосующих акций которых принадлежат на праве собственности или доверительного управления национальному управляющему холдингу, в отношении которых не распространяется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об инвестиционных и венчурных фондах";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z2829" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      241-1) утверждение правил формирования Национального доклада по управлению государственными активами и квазигосударственным сектором;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктом 241-2) в соответствии с постановлением Правительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 886</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.07.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2647" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      242) утверждение правил согласования объемов внешних займов квазигосударственного сектора совместно с центральным уполномоченным органом по исполнению бюджета;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z2829" w:id="511"/>
-[...145 lines deleted...]
-    <w:bookmarkStart w:name="z2648" w:id="513"/>
+    <w:bookmarkStart w:name="z2648" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового положения об аппарате акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z2817" w:id="514"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z2817" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243-1) определение порядка и размера предоставления мер социальной поддержки, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z2649" w:id="515"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z2649" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       244) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типового регламента собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z2650" w:id="516"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z2650" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       245) разработка и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил отбора и координации проектов по содействию устойчивому развитию и росту Республики Казахстан, осуществляемых совместно с международными финансовыми организациями в рамках рамочных соглашений о партнерстве между Правительством Республики Казахстан и международными финансовыми организациями;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">246) исключен постановлением Правительства РК от 27.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 478</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2652" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      247) разработка и утверждение методической рекомендации по реализации Программы совместных экономических исследований, реализуемой Правительством Республики Казахстан и Международным Банком Реконструкции и Развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z2653" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248) подготовка и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="516"/>
-    <w:p>
-[...87 lines deleted...]
-      247) разработка и утверждение методической рекомендации по реализации Программы совместных экономических исследований, реализуемой Правительством Республики Казахстан и Международным Банком Реконструкции и Развития;</w:t>
+    <w:bookmarkStart w:name="z2654" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      249) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z2653" w:id="518"/>
-[...15 lines deleted...]
-      248) подготовка и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2655" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      250) рассмотрение проектов документов по стандартизации и национального плана стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z2654" w:id="519"/>
-[...15 lines deleted...]
-      249) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
+    <w:bookmarkStart w:name="z2656" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      251) подготовка предложений по созданию технических комитетов по стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z2655" w:id="520"/>
-[...15 lines deleted...]
-      250) рассмотрение проектов документов по стандартизации и национального плана стандартизации;</w:t>
+    <w:bookmarkStart w:name="z2657" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      252) разработка и утверждение правил размещения наружной (визуальной) рекламы на открытом пространстве за пределами помещений в населенных пунктах, в полосе отвода автомобильных дорог общего пользования, на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z2656" w:id="521"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2941" w:id="523"/>
+    <w:bookmarkStart w:name="z2941" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       252-1) разработка и утверждение нормативных правовых актов в области рекламы в соответствии с целями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О рекламе" и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z2658" w:id="524"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z2658" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) участие в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z2659" w:id="525"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z2659" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       254) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня специально отведенных мест для размещения афиш культурных, спортивных и спортивно-массовых мероприятий;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z2660" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      255) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z2661" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256) разработка с участием государственных органов мобилизационного плана Республики Казахстан и плана производства товаров, выполнения работ и оказания услуг на соответствующий период, согласование мобилизационных планов государственных органов, акиматов областей, городов республиканского значения и столицы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z2660" w:id="526"/>
-[...15 lines deleted...]
-      255) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
+    <w:bookmarkStart w:name="z2662" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      257) координация деятельности государственных органов в области мобилизационной подготовки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z2661" w:id="527"/>
-[...15 lines deleted...]
-      256) разработка с участием государственных органов мобилизационного плана Республики Казахстан и плана производства товаров, выполнения работ и оказания услуг на соответствующий период, согласование мобилизационных планов государственных органов, акиматов областей, городов республиканского значения и столицы;</w:t>
+    <w:bookmarkStart w:name="z2663" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258) организация научного и методического обеспечения в области мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z2662" w:id="528"/>
-[...15 lines deleted...]
-      257) координация деятельности государственных органов в области мобилизационной подготовки;</w:t>
+    <w:bookmarkStart w:name="z2664" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259) организация повышения квалификации специалистов мобилизационных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z2663" w:id="529"/>
-[...15 lines deleted...]
-      258) организация научного и методического обеспечения в области мобилизационной подготовки и мобилизации;</w:t>
+    <w:bookmarkStart w:name="z2665" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260) внесение предложений в Правительство Республики Казахстан о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы, по представлениям государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z2664" w:id="530"/>
-[...15 lines deleted...]
-      259) организация повышения квалификации специалистов мобилизационных органов;</w:t>
+    <w:bookmarkStart w:name="z2666" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261) осуществление оценки мобилизационной готовности Республики Казахстан в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан и ежегодном докладе Правительству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z2665" w:id="531"/>
-[...15 lines deleted...]
-      260) внесение предложений в Правительство Республики Казахстан о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы, по представлениям государственных органов;</w:t>
+    <w:bookmarkStart w:name="z2667" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262) проведение военно-экономических и командно-штабных учений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z2666" w:id="532"/>
-[...15 lines deleted...]
-      261) осуществление оценки мобилизационной готовности Республики Казахстан в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан и ежегодном докладе Правительству Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2668" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263) координация работы государственных органов и организаций по бронированию военнообязанных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z2667" w:id="533"/>
-[...15 lines deleted...]
-      262) проведение военно-экономических и командно-штабных учений;</w:t>
+    <w:bookmarkStart w:name="z2669" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264) осуществление государственного контроля за мобилизационной подготовкой и мобилизацией;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z2668" w:id="534"/>
-[...15 lines deleted...]
-      263) координация работы государственных органов и организаций по бронированию военнообязанных;</w:t>
+    <w:bookmarkStart w:name="z2818" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264-1) утверждение типового положения о мобилизационных органах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z2669" w:id="535"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2819" w:id="537"/>
+    <w:bookmarkStart w:name="z2819" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       264-2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> правил военно-транспортной обязанности на территории Республики Казахстан на период мобилизации, военного положения и в военное время;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z2820" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264-3) утверждение правил определения мобилизационных потребностей Вооруженных Сил, других войск и воинских формирований, специальных государственных органов из отраслей экономики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z2670" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265) координация деятельности в сфере создания и сохранения страхового фонда технической документации на изделия вооружения и военной техники, важнейшую гражданскую продукцию, а также проектной документации на объекты повышенного риска, системы жизнеобеспечения населения и объекты, являющиеся национальным достоянием;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z2820" w:id="538"/>
-[...15 lines deleted...]
-      264-3) утверждение правил определения мобилизационных потребностей Вооруженных Сил, других войск и воинских формирований, специальных государственных органов из отраслей экономики;</w:t>
+    <w:bookmarkStart w:name="z2671" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266) разработка правил создания, сохранения и использования страхового фонда технической документации на изделия вооружения и военной техники, важнейшую гражданскую продукцию, а также проектной документации на объекты повышенного риска, системы жизнеобеспечения населения и объекты, являющиеся национальным достоянием;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z2670" w:id="539"/>
-[...15 lines deleted...]
-      265) координация деятельности в сфере создания и сохранения страхового фонда технической документации на изделия вооружения и военной техники, важнейшую гражданскую продукцию, а также проектной документации на объекты повышенного риска, системы жизнеобеспечения населения и объекты, являющиеся национальным достоянием;</w:t>
+    <w:bookmarkStart w:name="z2672" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      267) в целях информирования Правительства Республики Казахстан по итогам полугодия – до 25 июля отчетного года, по итогам года – до 25 января года, следующего за отчетным, направление информации по учету материальных ценностей государственного материального резерва, лекарственных средств и медицинских изделий мобилизационного резерва, продовольственных товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z2671" w:id="540"/>
-[...15 lines deleted...]
-      266) разработка правил создания, сохранения и использования страхового фонда технической документации на изделия вооружения и военной техники, важнейшую гражданскую продукцию, а также проектной документации на объекты повышенного риска, системы жизнеобеспечения населения и объекты, являющиеся национальным достоянием;</w:t>
+    <w:bookmarkStart w:name="z2673" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      268) обеспечение деятельности консультативно-совещательных органов в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z2672" w:id="541"/>
-[...15 lines deleted...]
-      267) в целях информирования Правительства Республики Казахстан по итогам полугодия – до 25 июля отчетного года, по итогам года – до 25 января года, следующего за отчетным, направление информации по учету материальных ценностей государственного материального резерва, лекарственных средств и медицинских изделий мобилизационного резерва, продовольственных товаров;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">269) исключен постановлением Правительства РК от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">270) исключен постановлением Правительства РК от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">271) исключен постановлением Правительства РК от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2677" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      272) разработка и утверждение совместно с центральным уполномоченным органом, осуществляющим руководство в сфере информатизации, перечня объектов информатизации государственных органов и организаций, подлежащих интеграции с реестром бизнес-партнеров, по согласованию с Национальной палатой предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z2673" w:id="542"/>
-[...15 lines deleted...]
-      268) обеспечение деятельности консультативно-совещательных органов в пределах компетенции Министерства;</w:t>
+    <w:bookmarkStart w:name="z2678" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      273) определение порядка создания, ведения и использования реестра бизнес-партнеров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:p>
-[...215 lines deleted...]
-      272) разработка и утверждение совместно с центральным уполномоченным органом, осуществляющим руководство в сфере информатизации, перечня объектов информатизации государственных органов и организаций, подлежащих интеграции с реестром бизнес-партнеров, по согласованию с Национальной палатой предпринимателей Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2821" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      273-1) утверждение предельных размеров обязательных членских взносов в Национальную палату предпринимателей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z2678" w:id="544"/>
-[...15 lines deleted...]
-      273) определение порядка создания, ведения и использования реестра бизнес-партнеров;</w:t>
+    <w:bookmarkStart w:name="z2679" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274) определение порядка по установлению стоимости исследований, консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z2821" w:id="545"/>
-[...15 lines deleted...]
-      273-1) утверждение предельных размеров обязательных членских взносов в Национальную палату предпринимателей Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z2918" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274-1) определение порядка по установлению стоимости государственного задания по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z2679" w:id="546"/>
-[...15 lines deleted...]
-      274) определение порядка по установлению стоимости исследований, консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+    <w:bookmarkStart w:name="z2919" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274-2) образование ведомственной бюджетной комиссии, определение ее рабочего органа и утверждение положения о ней, компетенции и состава;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z2918" w:id="547"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2680" w:id="549"/>
+    <w:bookmarkStart w:name="z2680" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       275) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>утверждение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядка определения экономического эффекта от бюджетных субсидий по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z2733" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-1) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z2734" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-2) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z2733" w:id="550"/>
-[...15 lines deleted...]
-      275-1) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
+    <w:bookmarkStart w:name="z2735" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-3) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z2734" w:id="551"/>
-[...15 lines deleted...]
-      275-2) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
+    <w:bookmarkStart w:name="z2736" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-4) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z2735" w:id="552"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z2737" w:id="554"/>
+    <w:bookmarkStart w:name="z2737" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       275-5) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z2738" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z2739" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z2738" w:id="555"/>
-[...15 lines deleted...]
-      275-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
+    <w:bookmarkStart w:name="z2740" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z2739" w:id="556"/>
-[...15 lines deleted...]
-      275-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+    <w:bookmarkStart w:name="z2741" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z2740" w:id="557"/>
-[...15 lines deleted...]
-      275-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
+    <w:bookmarkStart w:name="z2742" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z2741" w:id="558"/>
-[...15 lines deleted...]
-      275-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+    <w:bookmarkStart w:name="z2743" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z2742" w:id="559"/>
-[...15 lines deleted...]
-      275-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+    <w:bookmarkStart w:name="z2681" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      276) осуществление иных функций и направлений, возложенных на центральные исполнительные органы Конституцией, законами, актами Президента и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z2743" w:id="560"/>
-[...15 lines deleted...]
-      275-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлениями Правительства РК от 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 11.04.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 18.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 487</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 12.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 814</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 834</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 16.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 908</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 09.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 03.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 186</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 13.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 13.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 15.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 470</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 07.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.08.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 719</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 890</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 02.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 964</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 03.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 252</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); от 13.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 551</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 711</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 864</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 07.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); от 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 287</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 27.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 478</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 617</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 14.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 627</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его подписания и распространяется на правоотношения, возникшие с 01.01.2024); от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 886</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2682" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z2681" w:id="561"/>
-[...15 lines deleted...]
-      276) осуществление иных функций и направлений, возложенных на центральные исполнительные органы Конституцией, законами, актами Президента и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z2683" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z2684" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z2685" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Первый руководитель Министерства имеет заместителей (первый вице-министр, вице-министры), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z2686" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия первого руководителя Министерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z2687" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в соответствии с законодательством назначает на должности и освобождает от должностей работников Министерства, решает вопросы трудовых отношений, которые отнесены к его компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z2688" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет компетенцию и порядок взаимодействия ведомств с иными государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z2689" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает на должности и освобождает от должностей руководителей ведомств, которые подконтрольны ему в своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z2690" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по согласованию с руководителем аппарата назначает на должности и освобождает от должностей заместителей руководителей ведомств в случаях, предусмотренных законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z2691" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в установленном законодательством порядке налагает дисциплинарные взыскания и применяет меры поощрения на сотрудников Министерства, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z2692" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z2693" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) подписывает приказы Министра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z2694" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z2695" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z2696" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат Министерства возглавляется руководителем аппарата Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z2697" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z2698" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z2699" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z2700" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z2701" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z2702" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z2703" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z2704" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства и его ведомства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлениями Правительства РК от 24.03.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 153</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Перечень с изменением, внесенным постановлением Правительства РК от 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 11.04.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 207</w:t>
+        <w:t>№ 981</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...598 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:bookmarkStart w:name="z2682" w:id="562"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2705" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Акционерное общество "Институт экономических исследований".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z2706" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Акционерное общество "Казахстанский центр государственно-частного партнерства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z2707" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Акционерное общество "Национальный инвестиционный холдинг "Байтерек".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z2708" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
-[...283 lines deleted...]
-    <w:bookmarkStart w:name="z2697" w:id="577"/>
+        <w:t xml:space="preserve"> Перечень республиканских государственных учреждений, находящихся в ведении Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z2709" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканское государственное учреждение "Научно-исследовательский институт микрографии" Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z2710" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
-[...213 lines deleted...]
-        <w:t xml:space="preserve"> Перечень республиканских государственных учреждений, находящихся в ведении Министерства</w:t>
+        <w:t xml:space="preserve"> Перечень государственных учреждений – территориальных подразделений Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z2709" w:id="589"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17764,450 +18006,450 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2711" w:id="591"/>
+    <w:bookmarkStart w:name="z2711" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Астане.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z2712" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z2713" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Шымкенту.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z2712" w:id="592"/>
-[...15 lines deleted...]
-      2. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
+    <w:bookmarkStart w:name="z2714" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z2713" w:id="593"/>
-[...15 lines deleted...]
-      3. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Шымкенту.</w:t>
+    <w:bookmarkStart w:name="z2715" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z2714" w:id="594"/>
-[...15 lines deleted...]
-      4. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Акмолинской области.</w:t>
+    <w:bookmarkStart w:name="z2716" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z2715" w:id="595"/>
-[...15 lines deleted...]
-      5. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Актюбинской области.</w:t>
+    <w:bookmarkStart w:name="z2717" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z2716" w:id="596"/>
-[...15 lines deleted...]
-      6. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Алматинской области.</w:t>
+    <w:bookmarkStart w:name="z2718" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z2717" w:id="597"/>
-[...15 lines deleted...]
-      7. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Атырауской области.</w:t>
+    <w:bookmarkStart w:name="z2719" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z2718" w:id="598"/>
-[...15 lines deleted...]
-      8. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области.</w:t>
+    <w:bookmarkStart w:name="z2720" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z2719" w:id="599"/>
-[...15 lines deleted...]
-      9. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Жамбылской области.</w:t>
+    <w:bookmarkStart w:name="z2721" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z2720" w:id="600"/>
-[...15 lines deleted...]
-      10. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Карагандинской области.</w:t>
+    <w:bookmarkStart w:name="z2722" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z2721" w:id="601"/>
-[...15 lines deleted...]
-      11. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z2723" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z2722" w:id="602"/>
-[...15 lines deleted...]
-      12. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Кызылординской области.</w:t>
+    <w:bookmarkStart w:name="z2724" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z2723" w:id="603"/>
-[...15 lines deleted...]
-      13. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Мангистауской области.</w:t>
+    <w:bookmarkStart w:name="z2725" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z2724" w:id="604"/>
-[...15 lines deleted...]
-      14. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Павлодарской области.</w:t>
+    <w:bookmarkStart w:name="z2726" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Туркестанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z2725" w:id="605"/>
-[...15 lines deleted...]
-      15. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области.</w:t>
+    <w:bookmarkStart w:name="z2727" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z2726" w:id="606"/>
-[...15 lines deleted...]
-      16. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Туркестанской области.</w:t>
+    <w:bookmarkStart w:name="z2730" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Абай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z2727" w:id="607"/>
-[...15 lines deleted...]
-      17. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области.</w:t>
+    <w:bookmarkStart w:name="z2731" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Жетісу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z2730" w:id="608"/>
-[...15 lines deleted...]
-      18. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Абай.</w:t>
+    <w:bookmarkStart w:name="z2732" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по области Ұлытау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z2731" w:id="609"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="610"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18286,468 +18528,468 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1040" w:id="611"/>
+    <w:bookmarkStart w:name="z1040" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z1041" w:id="612"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1041" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z1042" w:id="613"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1042" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1043" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      раздел "Министерству экономического развития и торговли Республики Казахстан" исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1044" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе "Комитету по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан":</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1043" w:id="614"/>
-[...15 lines deleted...]
-      раздел "Министерству экономического развития и торговли Республики Казахстан" исключить;</w:t>
+    <w:bookmarkStart w:name="z1045" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заголовок изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1044" w:id="615"/>
-[...15 lines deleted...]
-      в разделе "Комитету по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан":</w:t>
+    <w:bookmarkStart w:name="z1046" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Комитету по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1045" w:id="616"/>
+    <w:bookmarkStart w:name="z1047" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить строкой, порядковый номер 264-9, следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1048" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "264-9 Акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1049" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе "Агентству Республики Казахстан по защите конкуренции Республики Казахстан (Антимонопольное агентство)":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1050" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1049" w:id="620"/>
-[...15 lines deleted...]
-      в разделе "Агентству Республики Казахстан по защите конкуренции Республики Казахстан (Антимонопольное агентство)":</w:t>
+    <w:bookmarkStart w:name="z1051" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Комитету по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1050" w:id="621"/>
-[...15 lines deleted...]
-      заголовок изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z1052" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      раздел "Министерству регионального развития Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z1051" w:id="622"/>
-[...15 lines deleted...]
-      "Комитету по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z1053" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить разделом следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z1052" w:id="623"/>
-[...15 lines deleted...]
-      раздел "Министерству регионального развития Республики Казахстан" исключить;</w:t>
+    <w:bookmarkStart w:name="z1054" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Министерству национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1053" w:id="624"/>
-[...15 lines deleted...]
-      дополнить разделом следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z1055" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      360. Акционерное общество "Институт экономических исследований".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1054" w:id="625"/>
-[...15 lines deleted...]
-      "Министерству национальной экономики Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z1056" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361. Акционерное общество "Казахстанский центр государственно-частного партнерства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1055" w:id="626"/>
-[...15 lines deleted...]
-      360. Акционерное общество "Институт экономических исследований".</w:t>
+    <w:bookmarkStart w:name="z1057" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362. Акционерное общество "Центр развития торговой политики".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1056" w:id="627"/>
-[...15 lines deleted...]
-      361. Акционерное общество "Казахстанский центр государственно-частного партнерства".</w:t>
+    <w:bookmarkStart w:name="z1058" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      363. Акционерное общество "Национальная компания "Астана ЭКСПО-2017.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1057" w:id="628"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19006,68 +19248,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1134" w:id="630"/>
+    <w:bookmarkStart w:name="z1134" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений – территориальных органов Агентства Республики Казахстан по статистике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkEnd w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент статистики Акмолинской области в Департамент статистики Акмолинской области Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19294,70 +19536,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент статистики по Южно-Казахстанской области в Департамент статистики Южно-Казахстанской области Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент статистики города Астаны в Департамент статистики города Астаны Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1135" w:id="631"/>
+    <w:bookmarkStart w:name="z1135" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент статистики города Алматы в Департамент статистики города Алматы Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkEnd w:id="629"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19436,4868 +19678,4868 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1137" w:id="632"/>
+    <w:bookmarkStart w:name="z1137" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений – территориальных органов Агентства Республики Казахстан по защите прав потребителей</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z1138" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Департамент по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z1139" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аккольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Аккольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z1138" w:id="633"/>
-[...15 lines deleted...]
-      1. Департамент по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1140" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аршалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Аршалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z1139" w:id="634"/>
-[...15 lines deleted...]
-      2. Аккольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Аккольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1141" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Астраханское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Астраханское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z1140" w:id="635"/>
-[...15 lines deleted...]
-      3. Аршалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Аршалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1142" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Атбасарское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Атбасарское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z1141" w:id="636"/>
-[...15 lines deleted...]
-      4. Астраханское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Астраханское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1143" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Буландынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Буландынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z1142" w:id="637"/>
-[...15 lines deleted...]
-      5. Атбасарское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Атбасарское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1144" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егиндыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Егиндыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z1143" w:id="638"/>
-[...15 lines deleted...]
-      6. Буландынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Буландынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1145" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Енбекшильдерское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Енбекшильдерское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z1144" w:id="639"/>
-[...15 lines deleted...]
-      7. Егиндыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Егиндыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1146" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ерейментауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Ерейментауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z1145" w:id="640"/>
-[...15 lines deleted...]
-      8. Енбекшильдерское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Енбекшильдерское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1147" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z1146" w:id="641"/>
-[...15 lines deleted...]
-      9. Ерейментауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Ерейментауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1148" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Жаксынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Жаксынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z1147" w:id="642"/>
-[...15 lines deleted...]
-      10. Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1149" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жаркаинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Жаркаинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z1148" w:id="643"/>
-[...15 lines deleted...]
-      11. Жаксынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Жаксынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1150" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Зерендинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Зерендинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z1149" w:id="644"/>
-[...15 lines deleted...]
-      12. Жаркаинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Жаркаинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1151" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Коргалжынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Коргалжынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z1150" w:id="645"/>
-[...15 lines deleted...]
-      13. Зерендинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Зерендинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1152" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Сандыктауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Сандыктауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z1151" w:id="646"/>
-[...15 lines deleted...]
-      14. Коргалжынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Коргалжынское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1153" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Степногорское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Степногорское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z1152" w:id="647"/>
-[...15 lines deleted...]
-      15. Сандыктауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Сандыктауское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1154" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Кокшетауское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Кокшетауское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z1153" w:id="648"/>
-[...15 lines deleted...]
-      16. Степногорское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Степногорское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1155" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Целиноградское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Целиноградское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z1154" w:id="649"/>
-[...15 lines deleted...]
-      17. Кокшетауское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Кокшетауское городское управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1156" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Шортандинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Шортандинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z1155" w:id="650"/>
-[...15 lines deleted...]
-      18. Целиноградское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Целиноградское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1157" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бурабайское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Бурабайское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z1156" w:id="651"/>
-[...15 lines deleted...]
-      19. Шортандинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Шортандинское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1158" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Департамент по защите прав потребителей Актюбинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z1157" w:id="652"/>
-[...15 lines deleted...]
-      20. Бурабайское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Агентства Республики Казахстан по защите прав потребителей в Бурабайское районное управление по защите прав потребителей Департамента по защите прав потребителей Акмолинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1159" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Актобинское городское управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Актобинское городское управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z1158" w:id="653"/>
-[...15 lines deleted...]
-      21. Департамент по защите прав потребителей Актюбинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1160" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Айтекебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Айтекебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z1159" w:id="654"/>
-[...15 lines deleted...]
-      22. Актобинское городское управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Актобинское городское управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1161" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Алгинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Алгинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z1160" w:id="655"/>
-[...15 lines deleted...]
-      23. Айтекебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Айтекебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1162" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Байганинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Байганинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z1161" w:id="656"/>
-[...15 lines deleted...]
-      24. Алгинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Алгинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1163" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Иргизское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Иргизское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z1162" w:id="657"/>
-[...15 lines deleted...]
-      25. Байганинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Байганинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1164" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Каргалинское районное управление по защите прав потребителей Департамента по защите прав потребителей по Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Каргалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z1163" w:id="658"/>
-[...15 lines deleted...]
-      26. Иргизское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Иргизское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1165" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Кобдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Кобдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z1164" w:id="659"/>
-[...15 lines deleted...]
-      27. Каргалинское районное управление по защите прав потребителей Департамента по защите прав потребителей по Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Каргалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1166" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Мартукское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Мартукское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z1165" w:id="660"/>
-[...15 lines deleted...]
-      28. Кобдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Кобдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1167" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Мугалжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Мугалжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z1166" w:id="661"/>
-[...15 lines deleted...]
-      29. Мартукское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Мартукское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1168" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Темирское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Темирское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z1167" w:id="662"/>
-[...15 lines deleted...]
-      30. Мугалжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Мугалжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1169" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Уилское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Уилское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z1168" w:id="663"/>
-[...15 lines deleted...]
-      31. Темирское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Темирское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1170" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Хромтауское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Хромтауское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z1169" w:id="664"/>
-[...15 lines deleted...]
-      32. Уилское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Уилское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1171" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Шалкарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Шалкарское районное управление защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z1170" w:id="665"/>
-[...15 lines deleted...]
-      33. Хромтауское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Хромтауское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1172" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Департамент по защите прав потребителей Алматинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z1171" w:id="666"/>
-[...15 lines deleted...]
-      34. Шалкарское районное управление по защите прав потребителей Департамента по защите прав потребителей Актюбинской области Агентства Республики Казахстан по защите прав потребителей в Шалкарское районное управление защите прав потребителей Департамента по защите прав потребителей Актюбинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1173" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Аксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Аксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z1172" w:id="667"/>
-[...15 lines deleted...]
-      35. Департамент по защите прав потребителей Алматинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1174" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Алакольское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Алакольское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z1173" w:id="668"/>
-[...15 lines deleted...]
-      36. Аксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Аксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1175" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z1174" w:id="669"/>
-[...15 lines deleted...]
-      37. Алакольское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Алакольское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1176" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Енбекшиказахское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Енбекшиказахское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z1175" w:id="670"/>
-[...15 lines deleted...]
-      38. Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1177" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Ескельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Ескельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z1176" w:id="671"/>
-[...15 lines deleted...]
-      39. Енбекшиказахское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Енбекшиказахское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1178" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z1177" w:id="672"/>
-[...15 lines deleted...]
-      40. Ескельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Ескельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1179" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Илийское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Илийское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z1178" w:id="673"/>
-[...15 lines deleted...]
-      41. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1180" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Карасайское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Карасайское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z1179" w:id="674"/>
-[...15 lines deleted...]
-      42. Илийское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Илийское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1181" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Каратальское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Каратальское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z1180" w:id="675"/>
-[...15 lines deleted...]
-      43. Карасайское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Карасайское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1182" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Кербулакское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Кербулакское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z1181" w:id="676"/>
-[...15 lines deleted...]
-      44. Каратальское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Каратальское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1183" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Коксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Коксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z1182" w:id="677"/>
-[...15 lines deleted...]
-      45. Кербулакское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Кербулакское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1184" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Панфиловское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Панфиловское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z1183" w:id="678"/>
-[...15 lines deleted...]
-      46. Коксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Коксуское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1185" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Райымбекское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Райымбекское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z1184" w:id="679"/>
-[...15 lines deleted...]
-      47. Панфиловское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Панфиловское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1186" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Саркандское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Саркандское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z1185" w:id="680"/>
-[...15 lines deleted...]
-      48. Райымбекское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Райымбекское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1187" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Талгарское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Талгарское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z1186" w:id="681"/>
-[...15 lines deleted...]
-      49. Саркандское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Саркандское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1188" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Уйгурское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Уйгурское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z1187" w:id="682"/>
-[...15 lines deleted...]
-      50. Талгарское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Талгарское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1189" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Капшагайское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Капшагайское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z1188" w:id="683"/>
-[...15 lines deleted...]
-      51. Уйгурское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Уйгурское районное управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1190" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Талдыкорганское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Талдыкорганское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z1189" w:id="684"/>
-[...15 lines deleted...]
-      52. Капшагайское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Капшагайское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1191" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Текелийское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Текелийское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z1190" w:id="685"/>
-[...15 lines deleted...]
-      53. Талдыкорганское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Талдыкорганское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1192" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Департамент по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z1191" w:id="686"/>
-[...15 lines deleted...]
-      54. Текелийское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Агентства Республики Казахстан по защите прав потребителей в Текелийское городское управление по защите прав потребителей Департамента по защите прав потребителей Алматинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1193" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Атырауское городское управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Атырауское городское управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1192" w:id="687"/>
-[...15 lines deleted...]
-      55. Департамент по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1194" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Жылыойское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Жылыойское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1193" w:id="688"/>
-[...15 lines deleted...]
-      56. Атырауское городское управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Атырауское городское управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1195" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Индерское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Индерское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1194" w:id="689"/>
-[...15 lines deleted...]
-      57. Жылыойское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Жылыойское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1196" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Исатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Исатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1195" w:id="690"/>
-[...15 lines deleted...]
-      58. Индерское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Индерское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1197" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Кзылкугинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Кзылкугинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z1196" w:id="691"/>
-[...15 lines deleted...]
-      59. Исатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Исатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1198" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Курмангазинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Курмангазинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z1197" w:id="692"/>
-[...15 lines deleted...]
-      60. Кзылкугинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Кзылкугинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1199" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Макатское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Макатское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z1198" w:id="693"/>
-[...15 lines deleted...]
-      61. Курмангазинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Курмангазинское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1200" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Махамбетское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Махамбетское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z1199" w:id="694"/>
-[...15 lines deleted...]
-      62. Макатское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Макатское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1201" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Департамент Агентства Республики Казахстан по защите прав потребителей Восточно-Казахстанской области в Департамент по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z1200" w:id="695"/>
-[...15 lines deleted...]
-      63. Махамбетское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Агентства Республики Казахстан по защите прав потребителей в Махамбетское районное управление по защите прав потребителей Департамента по защите прав потребителей Атырауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1202" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Усть-Каменогорское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Усть-Каменогорское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z1201" w:id="696"/>
-[...15 lines deleted...]
-      64. Департамент Агентства Республики Казахстан по защите прав потребителей Восточно-Казахстанской области в Департамент по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1203" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Семейское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Семейское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z1202" w:id="697"/>
-[...15 lines deleted...]
-      65. Усть-Каменогорское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Усть-Каменогорское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1204" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Аягозское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Аягозское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z1203" w:id="698"/>
-[...15 lines deleted...]
-      66. Семейское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Семейское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1205" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z1204" w:id="699"/>
-[...15 lines deleted...]
-      67. Аягозское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Аягозское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1206" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Бескарагайское районное управление по защите прав потребителей Департамента по защите прав потребителей по Восточно-Казахстанской области Агентства Республики Казахстан защите прав потребителей в Бескарагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z1205" w:id="700"/>
-[...15 lines deleted...]
-      68. Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1207" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Бородулихинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бородулихинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z1206" w:id="701"/>
-[...15 lines deleted...]
-      69. Бескарагайское районное управление по защите прав потребителей Департамента по защите прав потребителей по Восточно-Казахстанской области Агентства Республики Казахстан защите прав потребителей в Бескарагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1208" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Глубоковское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Глубоковское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z1207" w:id="702"/>
-[...15 lines deleted...]
-      70. Бородулихинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бородулихинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1209" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Жарминское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жарминское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z1208" w:id="703"/>
-[...15 lines deleted...]
-      71. Глубоковское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Глубоковское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1210" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Зайсанское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зайсанское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z1209" w:id="704"/>
-[...15 lines deleted...]
-      72. Жарминское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жарминское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1211" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Зыряновское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зыряновское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z1210" w:id="705"/>
-[...15 lines deleted...]
-      73. Зайсанское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зайсанское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1212" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Катон-Карагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Катон-Карагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z1211" w:id="706"/>
-[...15 lines deleted...]
-      74. Зыряновское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зыряновское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1213" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Кокпектинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кокпектинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z1212" w:id="707"/>
-[...15 lines deleted...]
-      75. Катон-Карагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Катон-Карагайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1214" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Курчатовское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Курчатовское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z1213" w:id="708"/>
-[...15 lines deleted...]
-      76. Кокпектинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кокпектинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1215" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Курчумское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Курчумское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z1214" w:id="709"/>
-[...15 lines deleted...]
-      77. Курчатовское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Курчатовское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1216" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Риддерское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Риддерское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z1215" w:id="710"/>
-[...15 lines deleted...]
-      78. Курчумское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Курчумское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1217" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Тарбагатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тарбагатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z1216" w:id="711"/>
-[...15 lines deleted...]
-      79. Риддерское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Риддерское городское управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1218" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Уланское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уланское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z1217" w:id="712"/>
-[...15 lines deleted...]
-      80. Тарбагатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тарбагатайское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1219" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Урджарское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Урджарское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z1218" w:id="713"/>
-[...15 lines deleted...]
-      81. Уланское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уланское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1220" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Шемонайхинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Шемонайхинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z1219" w:id="714"/>
-[...15 lines deleted...]
-      82. Урджарское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Урджарское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1221" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Департамент по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z1220" w:id="715"/>
-[...15 lines deleted...]
-      83. Шемонайхинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Шемонайхинское районное управление по защите прав потребителей Департамента по защите прав потребителей Восточно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1222" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Таразское городское управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Таразское городское управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z1221" w:id="716"/>
-[...15 lines deleted...]
-      84. Департамент по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1223" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Байзакское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Байзакское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z1222" w:id="717"/>
-[...15 lines deleted...]
-      85. Таразское городское управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Таразское городское управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1224" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Управление по защите прав потребителей района имени Т. Рыскулова Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей района имени Т. Рыскулова Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z1223" w:id="718"/>
-[...15 lines deleted...]
-      86. Байзакское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Байзакское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1225" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z1224" w:id="719"/>
-[...15 lines deleted...]
-      87. Управление по защите прав потребителей района имени Т. Рыскулова Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей района имени Т. Рыскулова Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1226" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Жуалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Жуалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z1225" w:id="720"/>
-[...15 lines deleted...]
-      88. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1227" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Кордайское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Кордайское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z1226" w:id="721"/>
-[...15 lines deleted...]
-      89. Жуалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Жуалынское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1228" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Меркенское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Меркенское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z1227" w:id="722"/>
-[...15 lines deleted...]
-      90. Кордайское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Кордайское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1229" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Мойынкумское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Мойынкумское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z1228" w:id="723"/>
-[...15 lines deleted...]
-      91. Меркенское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Меркенское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1230" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Сарысуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Сарысуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z1229" w:id="724"/>
-[...15 lines deleted...]
-      92. Мойынкумское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Мойынкумское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1231" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Таласское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Таласское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z1230" w:id="725"/>
-[...15 lines deleted...]
-      93. Сарысуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Сарысуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1232" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Шуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Шуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z1231" w:id="726"/>
-[...15 lines deleted...]
-      94. Таласское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Таласское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1233" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Департамент по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан в Департамент по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z1232" w:id="727"/>
-[...15 lines deleted...]
-      95. Шуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Агентства Республики Казахстан по защите прав потребителей в Шуское районное управление по защите прав потребителей Департамента по защите прав потребителей Жамбылской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1234" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Уральское городское управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уральское городское управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z1233" w:id="728"/>
-[...15 lines deleted...]
-      96. Департамент по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан в Департамент по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1235" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Акжаикское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Акжаикское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z1234" w:id="729"/>
-[...15 lines deleted...]
-      97. Уральское городское управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уральское городское управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1236" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Бокейординское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бокейординское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z1235" w:id="730"/>
-[...15 lines deleted...]
-      98. Акжаикское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Акжаикское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1237" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Бурлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бурлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z1236" w:id="731"/>
-[...15 lines deleted...]
-      99. Бокейординское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бокейординское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1238" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Жангалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жангалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z1237" w:id="732"/>
-[...15 lines deleted...]
-      100. Бурлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Бурлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1239" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Жанибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жанибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z1238" w:id="733"/>
-[...15 lines deleted...]
-      101. Жангалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жангалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1240" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Зеленовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зеленовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z1239" w:id="734"/>
-[...15 lines deleted...]
-      102. Жанибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жанибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1241" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Казталовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Казталовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z1240" w:id="735"/>
-[...15 lines deleted...]
-      103. Зеленовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Зеленовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1242" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Каратобинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Каратобинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z1241" w:id="736"/>
-[...15 lines deleted...]
-      104. Казталовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Казталовское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1243" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Сырымское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сырымское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z1242" w:id="737"/>
-[...15 lines deleted...]
-      105. Каратобинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Каратобинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1244" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Таскалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Таскалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z1243" w:id="738"/>
-[...15 lines deleted...]
-      106. Сырымское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сырымское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1245" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Теректинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Теректинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z1244" w:id="739"/>
-[...15 lines deleted...]
-      107. Таскалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Таскалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1246" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Чингирлауское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Чингирлауское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z1245" w:id="740"/>
-[...15 lines deleted...]
-      108. Теректинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Теректинское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1247" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Департамент по защите прав потребителей Карагандинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z1246" w:id="741"/>
-[...15 lines deleted...]
-      109. Чингирлауское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Чингирлауское районное управление по защите прав потребителей Департамента по защите прав потребителей Западно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1248" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z1247" w:id="742"/>
-[...15 lines deleted...]
-      110. Департамент по защите прав потребителей Карагандинской области Агентства Республики Казахстан в Департамент по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1249" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z1248" w:id="743"/>
-[...15 lines deleted...]
-      111. Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Абайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1250" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Бухаржырауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Бухаржырауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z1249" w:id="744"/>
-[...15 lines deleted...]
-      112. Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1251" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Жанааркинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Жанааркинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1250" w:id="745"/>
-[...15 lines deleted...]
-      113. Бухаржырауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Бухаржырауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1252" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Каркаралинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Каркаралинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z1251" w:id="746"/>
-[...15 lines deleted...]
-      114. Жанааркинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Жанааркинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1253" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Управление по защите прав потребителей района имени Казыбек би города Караганда Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района имени Казыбек би города Караганда Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z1252" w:id="747"/>
-[...15 lines deleted...]
-      115. Каркаралинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Каркаралинское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1254" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Управление по защите прав потребителей Октябрьского района города Караганда Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей Октябрьского района города Караганда Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z1253" w:id="748"/>
-[...15 lines deleted...]
-      116. Управление по защите прав потребителей района имени Казыбек би города Караганда Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района имени Казыбек би города Караганда Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1255" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Нуринское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Нуринское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1254" w:id="749"/>
-[...15 lines deleted...]
-      117. Управление по защите прав потребителей Октябрьского района города Караганда Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей Октябрьского района города Караганда Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1256" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Осакаровское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Осакаровское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z1255" w:id="750"/>
-[...15 lines deleted...]
-      118. Нуринское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Нуринское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1257" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Улытауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Улытауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z1256" w:id="751"/>
-[...15 lines deleted...]
-      119. Осакаровское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Осакаровское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1258" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Шетское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Шетское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z1257" w:id="752"/>
-[...15 lines deleted...]
-      120. Улытауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Улытауское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1259" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Балхашское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z1258" w:id="753"/>
-[...15 lines deleted...]
-      121. Шетское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Шетское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1260" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Жезказганское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Жезказганское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1259" w:id="754"/>
-[...15 lines deleted...]
-      122. Балхашское районное управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Балхашское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1261" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Каражалское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Каражалское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z1260" w:id="755"/>
-[...15 lines deleted...]
-      123. Жезказганское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Жезказганское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1262" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Приозерскское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Приозерскское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1261" w:id="756"/>
-[...15 lines deleted...]
-      124. Каражалское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Каражалское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1263" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Саранское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Саранское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1262" w:id="757"/>
-[...15 lines deleted...]
-      125. Приозерскское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Приозерскское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1264" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Сатпаевское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Сатпаевское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1263" w:id="758"/>
-[...15 lines deleted...]
-      126. Саранское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Саранское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1265" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Темиртауское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Темиртауское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1264" w:id="759"/>
-[...15 lines deleted...]
-      127. Сатпаевское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Сатпаевское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1266" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Шахтинское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Шахтинское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z1265" w:id="760"/>
-[...15 lines deleted...]
-      128. Темиртауское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Темиртауское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1267" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Департамент по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z1266" w:id="761"/>
-[...15 lines deleted...]
-      129. Шахтинское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Агентства Республики Казахстан по защите прав потребителей в Шахтинское городское управление по защите прав потребителей Департамента по защите прав потребителей Карагандинской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1268" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Алтынсаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Алтынсаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z1267" w:id="762"/>
-[...15 lines deleted...]
-      130. Департамент по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1269" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Амангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Амангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1268" w:id="763"/>
-[...15 lines deleted...]
-      131. Алтынсаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Алтынсаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1270" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Аулиекольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Аулиекольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z1269" w:id="764"/>
-[...15 lines deleted...]
-      132. Амангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Амангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1271" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. Денисовское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Денисовское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z1270" w:id="765"/>
-[...15 lines deleted...]
-      133. Аулиекольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Аулиекольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1272" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Жангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Жангельдинское районное Управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z1271" w:id="766"/>
-[...15 lines deleted...]
-      134. Денисовское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Денисовское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1273" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Житикаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Житикаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z1272" w:id="767"/>
-[...15 lines deleted...]
-      135. Жангельдинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Жангельдинское районное Управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1274" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Камыстинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Камыстинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z1273" w:id="768"/>
-[...15 lines deleted...]
-      136. Житикаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Житикаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1275" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Карабалыкское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Карабалыкское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z1274" w:id="769"/>
-[...15 lines deleted...]
-      137. Камыстинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Камыстинское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1276" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Карасуское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Карасуское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z1275" w:id="770"/>
-[...15 lines deleted...]
-      138. Карабалыкское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Карабалыкское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1277" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Мендыкаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Мендыкаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z1276" w:id="771"/>
-[...15 lines deleted...]
-      139. Карасуское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Карасуское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1278" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Наурзумское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Наурзумское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1277" w:id="772"/>
-[...15 lines deleted...]
-      140. Мендыкаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Мендыкаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1279" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. Сарыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Сарыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z1278" w:id="773"/>
-[...15 lines deleted...]
-      141. Наурзумское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Наурзумское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1280" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Тарановское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Тарановское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z1279" w:id="774"/>
-[...15 lines deleted...]
-      142. Сарыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Сарыкольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1281" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Узункольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Узункольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z1280" w:id="775"/>
-[...15 lines deleted...]
-      143. Тарановское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Тарановское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1282" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Федоровское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Федоровское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z1281" w:id="776"/>
-[...15 lines deleted...]
-      144. Узункольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Узункольское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1283" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Аркалыкское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Аркалыкское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1282" w:id="777"/>
-[...15 lines deleted...]
-      145. Федоровское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Федоровское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1284" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Костанайское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Костанайское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1283" w:id="778"/>
-[...15 lines deleted...]
-      146. Аркалыкское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Аркалыкское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1285" w:id="778"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148. Управление по защите прав потребителей города Костанай Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей города Костанай Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1284" w:id="779"/>
-[...15 lines deleted...]
-      147. Костанайское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Костанайское районное управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1286" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Лисаковское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Лисаковское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1285" w:id="780"/>
-[...15 lines deleted...]
-      148. Управление по защите прав потребителей города Костанай Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей города Костанай Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1287" w:id="780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. Рудненское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Рудненское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1286" w:id="781"/>
-[...15 lines deleted...]
-      149. Лисаковское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Лисаковское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1288" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151. Департамент по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z1287" w:id="782"/>
-[...15 lines deleted...]
-      150. Рудненское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Агентства Республики Казахстан по защите прав потребителей в Рудненское городское управление по защите прав потребителей Департамента по защите прав потребителей Костанайской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1289" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. Аральское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Аральское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z1288" w:id="783"/>
-[...15 lines deleted...]
-      151. Департамент по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1290" w:id="783"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Казалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Казалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z1289" w:id="784"/>
-[...15 lines deleted...]
-      152. Аральское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Аральское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1291" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Кармакшинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Кармакшинское районное Управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z1290" w:id="785"/>
-[...15 lines deleted...]
-      153. Казалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Казалинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1292" w:id="785"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. Жалагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Жалагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z1291" w:id="786"/>
-[...15 lines deleted...]
-      154. Кармакшинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Кармакшинское районное Управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1293" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Сырдарьинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Сырдарьинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1292" w:id="787"/>
-[...15 lines deleted...]
-      155. Жалагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Жалагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1294" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Шиелийское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Шиелийское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1293" w:id="788"/>
-[...15 lines deleted...]
-      156. Сырдарьинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Сырдарьинское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1295" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Жанакорганское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Жанакорганское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z1294" w:id="789"/>
-[...15 lines deleted...]
-      157. Шиелийское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Шиелийское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1296" w:id="789"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Кызылординское городское управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Кызылординское городское управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z1295" w:id="790"/>
-[...15 lines deleted...]
-      158. Жанакорганское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Жанакорганское районное управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1297" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. Департамент по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z1296" w:id="791"/>
-[...15 lines deleted...]
-      159. Кызылординское городское управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Агентства Республики Казахстан по защите прав потребителей в Кызылординское городское управление по защите прав потребителей Департамента по защите прав потребителей Кызылординской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1298" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161. Актауское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Актауское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z1297" w:id="792"/>
-[...15 lines deleted...]
-      160. Департамент по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1299" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. Жанаозенское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Жанаозенское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z1298" w:id="793"/>
-[...15 lines deleted...]
-      161. Актауское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Актауское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1300" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163. Мангистауское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Мангистауское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z1299" w:id="794"/>
-[...15 lines deleted...]
-      162. Жанаозенское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Жанаозенское городское управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1301" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164. Тупкараганское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Тупкараганское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z1300" w:id="795"/>
-[...15 lines deleted...]
-      163. Мангистауское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Мангистауское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1302" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165. Бейнеуское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Бейнеуское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z1301" w:id="796"/>
-[...15 lines deleted...]
-      164. Тупкараганское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Тупкараганское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1303" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. Каракиянское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Каракиянское районное Управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z1302" w:id="797"/>
-[...15 lines deleted...]
-      165. Бейнеуское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Бейнеуское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1304" w:id="797"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. Мунайлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Мунайлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z1303" w:id="798"/>
-[...15 lines deleted...]
-      166. Каракиянское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Каракиянское районное Управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1305" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168. Департамент по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z1304" w:id="799"/>
-[...15 lines deleted...]
-      167. Мунайлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Агентства Республики Казахстан по защите прав потребителей в Мунайлинское районное управление по защите прав потребителей Департамента по защите прав потребителей Мангистауской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1306" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169. Павлодарское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Павлодарское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z1305" w:id="800"/>
-[...15 lines deleted...]
-      168. Департамент по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1307" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170. Аксуское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Аксуское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z1306" w:id="801"/>
-[...15 lines deleted...]
-      169. Павлодарское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Павлодарское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1308" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171. Экибастузское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Экибастузское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z1307" w:id="802"/>
-[...15 lines deleted...]
-      170. Аксуское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Аксуское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1309" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172. Баянаульское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Баянаульское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z1308" w:id="803"/>
-[...15 lines deleted...]
-      171. Экибастузское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Экибастузское городское управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1310" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173. Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Актогайское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z1309" w:id="804"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1311" w:id="806"/>
+    <w:bookmarkStart w:name="z1311" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       174. Железинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Железинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z1312" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175. Иртышское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Иртышское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1313" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176. Качирское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Качирское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z1312" w:id="807"/>
-[...15 lines deleted...]
-      175. Иртышское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Иртышское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1314" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Лебяжинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Лебяжинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z1313" w:id="808"/>
-[...15 lines deleted...]
-      176. Качирское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Качирское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1315" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178. Майское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Майское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z1314" w:id="809"/>
-[...15 lines deleted...]
-      177. Лебяжинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Лебяжинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1316" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179. Павлодарское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Павлодарское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z1315" w:id="810"/>
-[...15 lines deleted...]
-      178. Майское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Майское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1317" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180. Успенское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Успенское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z1316" w:id="811"/>
-[...15 lines deleted...]
-      179. Павлодарское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Павлодарское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1318" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181. Щербактинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Щербактинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z1317" w:id="812"/>
-[...15 lines deleted...]
-      180. Успенское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Успенское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1319" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182. Департамент по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z1318" w:id="813"/>
-[...15 lines deleted...]
-      181. Щербактинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Агентства Республики Казахстан по защите прав потребителей в Щербактинское районное управление по защите прав потребителей Департамента по защите прав потребителей Павлодарской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1320" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183. Петропавловское городское управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Петропавловское городское управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z1319" w:id="814"/>
-[...15 lines deleted...]
-      182. Департамент по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1321" w:id="814"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184. Айыртауское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Айыртауское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1320" w:id="815"/>
-[...15 lines deleted...]
-      183. Петропавловское городское управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Петропавловское городское управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1322" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185. Акжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Акжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1321" w:id="816"/>
-[...15 lines deleted...]
-      184. Айыртауское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Айыртауское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1323" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186. Аккайынское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Аккайынское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z1322" w:id="817"/>
-[...15 lines deleted...]
-      185. Акжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Акжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1324" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187. Управление по защите прав потребителей района имени Габита Мусрепова Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района имени Габита Мусрепова Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z1323" w:id="818"/>
-[...15 lines deleted...]
-      186. Аккайынское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Аккайынское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1325" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188. Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z1324" w:id="819"/>
-[...15 lines deleted...]
-      187. Управление по защите прав потребителей района имени Габита Мусрепова Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района имени Габита Мусрепова Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1326" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189. Кызылжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кызылжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z1325" w:id="820"/>
-[...15 lines deleted...]
-      188. Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Есильское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1327" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190. Управление по защите прав потребителей района Магжана Жумабаева Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района Магжана Жумабаева Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z1326" w:id="821"/>
-[...15 lines deleted...]
-      189. Кызылжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кызылжарское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1328" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z1327" w:id="822"/>
-[...15 lines deleted...]
-      190. Управление по защите прав потребителей района Магжана Жумабаева Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в управление по защите прав потребителей района Магжана Жумабаева Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1329" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192. Мамлютское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Мамлютское районное управление Департамента Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z1328" w:id="823"/>
-[...15 lines deleted...]
-      191. Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Жамбылское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1330" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193. Тайыншинское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тайыншинское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z1329" w:id="824"/>
-[...15 lines deleted...]
-      192. Мамлютское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Мамлютское районное управление Департамента Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1331" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194. Тимирязевское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тимирязевское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z1330" w:id="825"/>
-[...15 lines deleted...]
-      193. Тайыншинское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тайыншинское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1332" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195. Уалихановское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уалихановское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z1331" w:id="826"/>
-[...15 lines deleted...]
-      194. Тимирязевское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тимирязевское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1333" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196. Управление по защите прав потребителей района Шал акына Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей района Шал акына Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z1332" w:id="827"/>
-[...15 lines deleted...]
-      195. Уалихановское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Уалихановское районное управление по защите прав потребителей Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1334" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Департамент по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z1333" w:id="828"/>
-[...15 lines deleted...]
-      196. Управление по защите прав потребителей района Шал акына Департамента по защите прав потребителей Северо-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей района Шал акына Департамента по защите прав потребителей Северо-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1335" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198. Арысское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Арысское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z1334" w:id="829"/>
-[...15 lines deleted...]
-      197. Департамент по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1336" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199. Байдибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Байдибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z1335" w:id="830"/>
-[...15 lines deleted...]
-      198. Арысское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Арысское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1337" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200. Казыгуртское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Казыгуртское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z1336" w:id="831"/>
-[...15 lines deleted...]
-      199. Байдибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Байдибекское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1338" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201. Махтааральское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Махтааральское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z1337" w:id="832"/>
-[...15 lines deleted...]
-      200. Казыгуртское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Казыгуртское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1339" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202. Отрарское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Отрарское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z1338" w:id="833"/>
-[...15 lines deleted...]
-      201. Махтааральское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Махтааральское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1340" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203. Ордабасинское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Ордабасинское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z1339" w:id="834"/>
-[...15 lines deleted...]
-      202. Отрарское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Отрарское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1341" w:id="834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204. Сайрамское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сайрамское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z1340" w:id="835"/>
-[...15 lines deleted...]
-      203. Ордабасинское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Ордабасинское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1342" w:id="835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205. Сарыагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сарыагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z1341" w:id="836"/>
-[...15 lines deleted...]
-      204. Сайрамское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сайрамское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1343" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206. Сузакское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сузакское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z1342" w:id="837"/>
-[...15 lines deleted...]
-      205. Сарыагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сарыагашское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1344" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207. Толебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Толебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z1343" w:id="838"/>
-[...15 lines deleted...]
-      206. Сузакское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Сузакское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1345" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Тюлькубасское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тюлькубасское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1344" w:id="839"/>
-[...15 lines deleted...]
-      207. Толебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Толебийское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1346" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209. Шардаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Шардаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1345" w:id="840"/>
-[...15 lines deleted...]
-      208. Тюлькубасское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Тюлькубасское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1347" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Управление по защите прав потребителей Абайского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Абайского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1346" w:id="841"/>
-[...15 lines deleted...]
-      209. Шардаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Шардаринское районное управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1348" w:id="841"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211. Управление по защите прав потребителей Аль-Фарабийского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Аль-Фарабийского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1347" w:id="842"/>
-[...15 lines deleted...]
-      210. Управление по защите прав потребителей Абайского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Абайского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1349" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212. Управление по защите прав потребителей Енбекшинского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Енбекшинского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z1348" w:id="843"/>
-[...15 lines deleted...]
-      211. Управление по защите прав потребителей Аль-Фарабийского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Аль-Фарабийского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1350" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213. Кентауское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кентауское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z1349" w:id="844"/>
-[...15 lines deleted...]
-      212. Управление по защите прав потребителей Енбекшинского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Енбекшинского района города Шымкент Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1351" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214. Туркестанское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Туркестанское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z1350" w:id="845"/>
-[...15 lines deleted...]
-      213. Кентауское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Кентауское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1352" w:id="845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215. Департамент по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z1351" w:id="846"/>
-[...15 lines deleted...]
-      214. Туркестанское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Агентства Республики Казахстан по защите прав потребителей в Туркестанское городское управление по защите прав потребителей Департамента по защите прав потребителей Южно-Казахстанской области Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1353" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Управление по защите прав потребителей Алатауского района города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Алатауского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z1352" w:id="847"/>
-[...15 lines deleted...]
-      215. Департамент по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1354" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217. Управление по защите прав потребителей Ауэзовского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Ауэзовского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1353" w:id="848"/>
-[...15 lines deleted...]
-      216. Управление по защите прав потребителей Алатауского района города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Алатауского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1355" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218. Управление по защите прав потребителей Алмалинского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Алмалинского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1354" w:id="849"/>
-[...15 lines deleted...]
-      217. Управление по защите прав потребителей Ауэзовского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Ауэзовского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1356" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219. Управление по защите прав потребителей Бостандыкского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Бостандыкского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1355" w:id="850"/>
-[...15 lines deleted...]
-      218. Управление по защите прав потребителей Алмалинского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Алмалинского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1357" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Управление по защите прав потребителей Жетысуского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Жетысуского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z1356" w:id="851"/>
-[...15 lines deleted...]
-      219. Управление по защите прав потребителей Бостандыкского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Бостандыкского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1358" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221. Управление по защите прав потребителей Медеуского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Медеуского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z1357" w:id="852"/>
-[...15 lines deleted...]
-      220. Управление по защите прав потребителей Жетысуского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Жетысуского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1359" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. Управление по защите прав потребителей Турксибского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Турксибского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z1358" w:id="853"/>
-[...15 lines deleted...]
-      221. Управление по защите прав потребителей Медеуского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Медеуского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1360" w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223. Департамент по защите прав потребителей города Астаны Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей города Астаны Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z1359" w:id="854"/>
-[...15 lines deleted...]
-      222. Управление по защите прав потребителей Турксибского района города Алматы Департамента по защите прав потребителей города Алматы Агентства Республики Казахстан по защите прав потребителей в Управление по защите прав потребителей Турксибского района города Алматы Департамента по защите прав потребителей города Алматы Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1361" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224. Департамент по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z1360" w:id="855"/>
-[...15 lines deleted...]
-      223. Департамент по защите прав потребителей города Астаны Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей города Астаны Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1362" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225. Актюбинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Актюбинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z1361" w:id="856"/>
-[...15 lines deleted...]
-      224. Департамент по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Департамент по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1363" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226. Алматинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Алматинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z1362" w:id="857"/>
-[...15 lines deleted...]
-      225. Актюбинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Актюбинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1364" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227. Атбасарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Атбасарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z1363" w:id="858"/>
-[...15 lines deleted...]
-      226. Алматинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Алматинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1365" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228. Атырауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Атырауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z1364" w:id="859"/>
-[...15 lines deleted...]
-      227. Атбасарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Атбасарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1366" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229. Жамбылское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Жамбылское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z1365" w:id="860"/>
-[...15 lines deleted...]
-      228. Атырауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Атырауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1367" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230. Жана-Аркинское отделенческое Управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Жана-Аркинское отделенческое Управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z1366" w:id="861"/>
-[...15 lines deleted...]
-      229. Жамбылское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Жамбылское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1368" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231. Защитинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Защитинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z1367" w:id="862"/>
-[...15 lines deleted...]
-      230. Жана-Аркинское отделенческое Управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Жана-Аркинское отделенческое Управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1369" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232. Карагандинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Карагандинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z1368" w:id="863"/>
-[...15 lines deleted...]
-      231. Защитинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Защитинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1370" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233. Кокшетауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Кокшетауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z1369" w:id="864"/>
-[...15 lines deleted...]
-      232. Карагандинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Карагандинское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1371" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. Костанайское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Костанайское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z1370" w:id="865"/>
-[...15 lines deleted...]
-      233. Кокшетауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Кокшетауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1372" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235. Кызылординское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Кызылординское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z1371" w:id="866"/>
-[...15 lines deleted...]
-      234. Костанайское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Костанайское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1373" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236. Мангистауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Мангистауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z1372" w:id="867"/>
-[...15 lines deleted...]
-      235. Кызылординское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Кызылординское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1374" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237. Павлодарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Павлодарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z1373" w:id="868"/>
-[...15 lines deleted...]
-      236. Мангистауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Мангистауское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1375" w:id="868"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238. Семейское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Семейское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z1374" w:id="869"/>
-[...15 lines deleted...]
-      237. Павлодарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Павлодарское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1376" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239. Уральское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Уральское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z1375" w:id="870"/>
-[...15 lines deleted...]
-      238. Семейское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Семейское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1377" w:id="870"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      240. Шымкентское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Агентства Республики Казахстан по защите прав потребителей в Шымкентское отделенческое управление по защите прав потребителей на транспорте Департамента по защите прав потребителей на транспорте Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z1376" w:id="871"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="872"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24376,248 +24618,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1379" w:id="873"/>
+    <w:bookmarkStart w:name="z1379" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений – противочумных станций Агентства Республики Казахстан по защите прав потребителей</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z1380" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Араломорская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Араломорскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z1381" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Актюбинская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Актюбинскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z1380" w:id="874"/>
-[...15 lines deleted...]
-      1. Араломорская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Араломорскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1382" w:id="874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Атырауская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Атыраускую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z1381" w:id="875"/>
-[...15 lines deleted...]
-      2. Актюбинская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Актюбинскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1383" w:id="875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жамбылская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Жамбылскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z1382" w:id="876"/>
-[...15 lines deleted...]
-      3. Атырауская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Атыраускую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1384" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Кызылординская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Кызылординскую противочумную станцию Комитета по защите Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z1383" w:id="877"/>
-[...15 lines deleted...]
-      4. Жамбылская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Жамбылскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1385" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мангистауская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Мангистаускую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z1384" w:id="878"/>
-[...15 lines deleted...]
-      5. Кызылординская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Кызылординскую противочумную станцию Комитета по защите Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1386" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уральская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Уральскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z1385" w:id="879"/>
-[...15 lines deleted...]
-      6. Мангистауская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Мангистаускую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1387" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Талдыкорганская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Талдыкорганскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z1386" w:id="880"/>
-[...15 lines deleted...]
-      7. Уральская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Уральскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1388" w:id="880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Шымкентская противочумная станция Агентства Республики Казахстан по защите прав потребителей в Шымкентскую противочумную станцию Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1387" w:id="881"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="882"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24696,528 +24938,528 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1390" w:id="883"/>
+    <w:bookmarkStart w:name="z1390" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых республиканских государственных предприятий Агентства Республики Казахстан по защите прав потребителей</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z1391" w:id="882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное предприятие на праве хозяйственного ведения "Атырауский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное предприятие на праве хозяйственного ведения "Атырауский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z1392" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное предприятие на праве хозяйственного ведения "Мангистауский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное предприятие на праве хозяйственного ведения "Мангистауский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z1391" w:id="884"/>
-[...15 lines deleted...]
-      1. Республиканское государственное предприятие на праве хозяйственного ведения "Атырауский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное предприятие на праве хозяйственного ведения "Атырауский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1393" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканское государственное казенное предприятие "Акмолинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Акмолинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z1392" w:id="885"/>
-[...15 lines deleted...]
-      2. Республиканское государственное предприятие на праве хозяйственного ведения "Мангистауский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное предприятие на праве хозяйственного ведения "Мангистауский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1394" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное казенное предприятие "Актюбинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Актюбинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z1393" w:id="886"/>
-[...15 lines deleted...]
-      3. Республиканское государственное казенное предприятие "Акмолинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Акмолинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1395" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканское государственное казенное предприятие "Алматинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Алматинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z1394" w:id="887"/>
-[...15 lines deleted...]
-      4. Республиканское государственное казенное предприятие "Актюбинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Актюбинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1396" w:id="887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республиканское государственное казенное предприятие "Восточно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Восточно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z1395" w:id="888"/>
-[...15 lines deleted...]
-      5. Республиканское государственное казенное предприятие "Алматинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Алматинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1397" w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республиканское государственное казенное предприятие "Жамбылский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Жамбылский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z1396" w:id="889"/>
-[...15 lines deleted...]
-      6. Республиканское государственное казенное предприятие "Восточно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Восточно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1398" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканское государственное казенное предприятие "Западно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Западно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z1397" w:id="890"/>
-[...15 lines deleted...]
-      7. Республиканское государственное казенное предприятие "Жамбылский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Жамбылский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1399" w:id="890"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканское государственное казенное предприятие "Карагандинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Карагандинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z1398" w:id="891"/>
-[...15 lines deleted...]
-      8. Республиканское государственное казенное предприятие "Западно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Западно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1400" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Республиканское государственное казенное предприятие "Костанайский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Костанайский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z1399" w:id="892"/>
-[...15 lines deleted...]
-      9. Республиканское государственное казенное предприятие "Карагандинский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Карагандинский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1401" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Республиканское государственное казенное предприятие "Кызылординский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Кызылординский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z1400" w:id="893"/>
-[...15 lines deleted...]
-      10. Республиканское государственное казенное предприятие "Костанайский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Костанайский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1402" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Республиканское государственное казенное предприятие "Павлодарский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Павлодарский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z1401" w:id="894"/>
-[...15 lines deleted...]
-      11. Республиканское государственное казенное предприятие "Кызылординский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Кызылординский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1403" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Республиканское государственное казенное предприятие "Северо-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Северо-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z1402" w:id="895"/>
-[...15 lines deleted...]
-      12. Республиканское государственное казенное предприятие "Павлодарский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Павлодарский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1404" w:id="895"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Республиканское государственное казенное предприятие "Южно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Южно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z1403" w:id="896"/>
-[...15 lines deleted...]
-      13. Республиканское государственное казенное предприятие "Северо-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Северо-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1405" w:id="896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Алматы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Алматы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z1404" w:id="897"/>
-[...15 lines deleted...]
-      14. Республиканское государственное казенное предприятие "Южно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Южно-Казахстанский областной центр санитарно-эпидемиологической экспертизы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1406" w:id="897"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Астана" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Астана" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z1405" w:id="898"/>
-[...15 lines deleted...]
-      15. Республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Алматы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Алматы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1407" w:id="898"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Республиканское государственное казенное предприятие "Уральская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Уральская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z1406" w:id="899"/>
-[...15 lines deleted...]
-      16. Республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Астана" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Центр санитарно-эпидемиологической экспертизы города Астана" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1408" w:id="899"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Республиканское государственное казенное предприятие "Петропавловская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Петропавловская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z1407" w:id="900"/>
-[...15 lines deleted...]
-      17. Республиканское государственное казенное предприятие "Уральская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Уральская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1409" w:id="900"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Республиканское государственное казенное предприятие "Дезинфекционная станция города Алматы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Дезинфекционная станция города Алматы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z1408" w:id="901"/>
-[...15 lines deleted...]
-      18. Республиканское государственное казенное предприятие "Петропавловская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Петропавловская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1410" w:id="901"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Республиканское государственное казенное предприятие "Шымкентская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Шымкентская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z1409" w:id="902"/>
-[...15 lines deleted...]
-      19. Республиканское государственное казенное предприятие "Дезинфекционная станция города Алматы" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Дезинфекционная станция города Алматы" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1411" w:id="902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Республиканское государственное казенное предприятие "Научный центр гигиены и эпидемиологии имени Хамзы Жуматова" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Научный центр гигиены и эпидемиологии имени Хамзы Жуматова" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z1410" w:id="903"/>
-[...15 lines deleted...]
-      20. Республиканское государственное казенное предприятие "Шымкентская городская дезинфекционная станция" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Шымкентская городская дезинфекционная станция" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1412" w:id="903"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Республиканское государственное казенное предприятие "Казахский научный центр карантинных и зоонозных инфекций имени Масгута Айкимбаева" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Казахский научный центр карантинных и зоонозных инфекций имени Масгута Айкимбаева" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z1411" w:id="904"/>
-[...15 lines deleted...]
-      21. Республиканское государственное казенное предприятие "Научный центр гигиены и эпидемиологии имени Хамзы Жуматова" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Научный центр гигиены и эпидемиологии имени Хамзы Жуматова" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z1413" w:id="904"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Республиканское государственное казенное предприятие "Научно-практический центр санитарно-эпидемиологической экспертизы и мониторинга" Агентства Республики Казахстан по защите прав потребителей в республиканское государственное казенное предприятие "Научно-практический центр санитарно-эпидемиологической экспертизы и мониторинга" Комитета по защите прав потребителей Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z1412" w:id="905"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="906"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25296,164 +25538,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1415" w:id="907"/>
+    <w:bookmarkStart w:name="z1415" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых республиканских государственных предприятий Комитета по делам строительства, жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан и Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z1416" w:id="906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" (РГП "Госэкспертиза") Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" (РГП "Госэкспертиза") Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное предприятие на праве хозяйственного ведения "Научно-производственный центр земельного кадастра" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Научно-производственный центр земельного кадастра" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1417" w:id="907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканское государственное предприятие "Государственный институт сельскохозяйственных аэрофотогеодезических изысканий (ГИСХАГИ)" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Государственный институт сельскохозяйственных аэрофотогеодезических изысканий (ГИСХАГИ)" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z1416" w:id="908"/>
-[...15 lines deleted...]
-      1. Республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" (РГП "Госэкспертиза") Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Государственная вневедомственная экспертиза проектов" (РГП "Госэкспертиза") Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное казенное предприятие "Казгеодезия" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное казенное предприятие "Казгеодезия" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1418" w:id="908"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканское государственное казенное предприятие "Национальный картографо-геодезический фонд" Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан в республиканское государственное казенное предприятие "Национальный картографо-геодезический фонд" Комитета по делам строительства, жилищно-коммунального хозяйства и управления земельными ресурсами Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="908"/>
-    <w:p>
-[...74 lines deleted...]
-    <w:bookmarkEnd w:id="910"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25532,388 +25774,388 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1420" w:id="911"/>
+    <w:bookmarkStart w:name="z1420" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень реорганизуемых государственные учреждений - территориальных органов Агентства Республики Казахстан по защите конкуренции и государственных учреждений - территориальных органов Агентства Республики Казахстан по регулированию естественных монополий путем слияния в государственные учреждения - территориальные органы Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z1421" w:id="910"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Департамент Агентства Республики Казахстан по защите конкуренции по Акмолинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Акмолинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Акмолинской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z1422" w:id="911"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департамент Агентства Республики Казахстан по защите конкуренции по Актюбинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Актюбинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Актюбинской области;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z1421" w:id="912"/>
-[...15 lines deleted...]
-      1. Департамент Агентства Республики Казахстан по защите конкуренции по Акмолинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Акмолинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Акмолинской области;</w:t>
+    <w:bookmarkStart w:name="z1423" w:id="912"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Департамент Агентства Республики Казахстан по защите конкуренции по Алматинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Алматинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Алматинской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z1422" w:id="913"/>
-[...15 lines deleted...]
-      2. Департамент Агентства Республики Казахстан по защите конкуренции по Актюбинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Актюбинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Актюбинской области;</w:t>
+    <w:bookmarkStart w:name="z1424" w:id="913"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Департамент Агентства Республики Казахстан по защите конкуренции по Атырауской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Атырауской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Атырауской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z1423" w:id="914"/>
-[...15 lines deleted...]
-      3. Департамент Агентства Республики Казахстан по защите конкуренции по Алматинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Алматинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Алматинской области;</w:t>
+    <w:bookmarkStart w:name="z1425" w:id="914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Департамент Агентства Республики Казахстан по защите конкуренции по Восточно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Восточно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z1424" w:id="915"/>
-[...15 lines deleted...]
-      4. Департамент Агентства Республики Казахстан по защите конкуренции по Атырауской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Атырауской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Атырауской области;</w:t>
+    <w:bookmarkStart w:name="z1426" w:id="915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Департамент Агентства Республики Казахстан по защите конкуренции по Жамбылской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Жамбылской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Жамбылской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z1425" w:id="916"/>
-[...15 lines deleted...]
-      5. Департамент Агентства Республики Казахстан по защите конкуренции по Восточно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Восточно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z1427" w:id="916"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Департамент Агентства Республики Казахстан по защите конкуренции по Западно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Западно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z1426" w:id="917"/>
-[...15 lines deleted...]
-      6. Департамент Агентства Республики Казахстан по защите конкуренции по Жамбылской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Жамбылской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Жамбылской области;</w:t>
+    <w:bookmarkStart w:name="z1428" w:id="917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Департамент Агентства Республики Казахстан по защите конкуренции по Карагандинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Карагандинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Карагандинской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z1427" w:id="918"/>
-[...15 lines deleted...]
-      7. Департамент Агентства Республики Казахстан по защите конкуренции по Западно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Западно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z1429" w:id="918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Департамент Агентства Республики Казахстан по защите конкуренции по Костанайской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Костанайской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z1428" w:id="919"/>
-[...15 lines deleted...]
-      8. Департамент Агентства Республики Казахстан по защите конкуренции по Карагандинской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Карагандинской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Карагандинской области;</w:t>
+    <w:bookmarkStart w:name="z1430" w:id="919"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Департамент Агентства Республики Казахстан по защите конкуренции по Кызылординской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Кызылординской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Кызылординской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z1429" w:id="920"/>
-[...15 lines deleted...]
-      9. Департамент Агентства Республики Казахстан по защите конкуренции по Костанайской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Костанайской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z1431" w:id="920"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Департамент Агентства Республики Казахстан по защите конкуренции по Мангистауской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Мангистауской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Мангистауской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z1430" w:id="921"/>
-[...15 lines deleted...]
-      10. Департамент Агентства Республики Казахстан по защите конкуренции по Кызылординской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Кызылординской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Кызылординской области;</w:t>
+    <w:bookmarkStart w:name="z1432" w:id="921"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Департамент Агентства Республики Казахстан по защите конкуренции по Павлодарской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Павлодарской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Павлодарской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z1431" w:id="922"/>
-[...15 lines deleted...]
-      11. Департамент Агентства Республики Казахстан по защите конкуренции по Мангистауской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Мангистауской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Мангистауской области;</w:t>
+    <w:bookmarkStart w:name="z1433" w:id="922"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Департамент Агентства Республики Казахстан по защите конкуренции по Северо-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Северо-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z1432" w:id="923"/>
-[...15 lines deleted...]
-      12. Департамент Агентства Республики Казахстан по защите конкуренции по Павлодарской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Павлодарской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Павлодарской области;</w:t>
+    <w:bookmarkStart w:name="z1434" w:id="923"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Департамент Агентства Республики Казахстан по защите конкуренции по Южно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Южно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Южно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z1433" w:id="924"/>
-[...15 lines deleted...]
-      13. Департамент Агентства Республики Казахстан по защите конкуренции по Северо-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Северо-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z1435" w:id="924"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Департамент Агентства Республики Казахстан по защите конкуренции по городу Астане и Департамент Агентства Республики Казахстан по регулированию естественных монополий по городу Астане путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по городу Астане;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z1434" w:id="925"/>
-[...15 lines deleted...]
-      14. Департамент Агентства Республики Казахстан по защите конкуренции по Южно-Казахстанской области и Департамент Агентства Республики Казахстан по регулированию естественных монополий по Южно-Казахстанской области путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по Южно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z1436" w:id="925"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Департамент Агентства Республики Казахстан по защите конкуренции по городу Алматы и Департамент Агентства Республики Казахстан по регулированию естественных монополий по городу Алматы путем их слияния в Департамент Комитета по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z1435" w:id="926"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="927"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25992,88 +26234,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1438" w:id="928"/>
+    <w:bookmarkStart w:name="z1438" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень упраздняемых государственных учреждений – территориальных органов Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z1439" w:id="929"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z1439" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент государственного архитектурно-строительного контроля и лицензирования по городу Астане Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkEnd w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент государственного архитектурно-строительного контроля и лицензирования по городу Алматы Комитета по делам строительства и жилищно-коммунального хозяйства Министерства регионального развития Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26422,270 +26664,270 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1441" w:id="930"/>
+    <w:bookmarkStart w:name="z1441" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень упраздняемых государственных учреждений – территориальных земельных инспекций Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z1442" w:id="929"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Акмолинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="929"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Актюбинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по городу Алматы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Алматинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по городу Астана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Атырауской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Западно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Жамбылской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Костанайской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1443" w:id="930"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Кызылординской области.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1442" w:id="931"/>
-[...200 lines deleted...]
-    <w:bookmarkEnd w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Мангистауской области. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26714,70 +26956,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1444" w:id="933"/>
+    <w:bookmarkStart w:name="z1444" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Территориальная земельная инспекция Комитета по управлению земельными ресурсами Министерства регионального развития Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkEnd w:id="931"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26856,229 +27098,229 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 сентября 2014 года № 1011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1446" w:id="934"/>
+    <w:bookmarkStart w:name="z1446" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1447" w:id="935"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z1447" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2004 г., № 41, ст. 528). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1448" w:id="936"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z1448" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2004 г., № 51, ст. 683).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1449" w:id="937"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1449" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 августа 2005 года № 814 "О внесении изменения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2005 г., № 32, ст. 435).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1450" w:id="938"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z1450" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 10 октября 2005 года № 1010 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460" (САПП Республики Казахстан, 2005 г., № 37, ст. 518).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1451" w:id="939"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1451" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27093,892 +27335,892 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан 27 февраля 2006 года № 134 "О внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2006 г., № 7, ст. 58).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1452" w:id="940"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1452" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 12 октября 2006 года № 982 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2006 г., № 37, ст. 414).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1453" w:id="941"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1453" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 27 декабря 2006 года № 1290 "О внесении изменений в постановления Правительства Республики Казахстан от 31 декабря 2004 года № 1460 и от 18 августа 2006 года № 781" (САПП Республики Казахстан, 2006 г., № 50, ст. 536).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1454" w:id="942"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1454" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 января 2007 года № 39 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2007 г., № 1, ст. 13). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1455" w:id="943"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1455" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 января 2007 года № 61 "О реорганизации Республиканского государственного предприятия на праве хозяйственного ведения "Институт экономических исследований" Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2007 г., № 2, ст. 26).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1456" w:id="944"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1456" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 октября 2007 года № 926 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2007 г., № 37, ст. 428).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1457" w:id="945"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1457" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 октября 2007 года № 928 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460" (САПП Республики Казахстан, 2007 г., № 38, ст. 431).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1458" w:id="946"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1458" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2007 г., № 38, ст. 439).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1459" w:id="947"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1459" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Подпункт 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 15 февраля 2008 года № 141 "Вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2008 г., № 7, ст. 79).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1460" w:id="948"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1460" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 11 марта 2008 года № 237 "Некоторые вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2008 г., № 14, ст. 127).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1461" w:id="949"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1461" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 22 августа 2008 года № 763 "Некоторые вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2008 г., № 35, ст. 374).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1462" w:id="950"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1462" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 июля 2008 года № 693 "О создании специализированной организации по вопросам концессии" (САПП Республики Казахстан, 2008 г., № 33, ст. 343).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1463" w:id="951"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1463" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 октября 2008 года № 962 "О мерах по реализации Указа Президента Республики Казахстан от 13 октября 2008 года № 669" (САПП Республики Казахстан, 2008 г., № 41, ст. 458).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1464" w:id="952"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1464" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 ноября 2008 года № 1063 "Вопросы Агентства Республики Казахстан по статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1465" w:id="953"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1465" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 2 декабря 2008 года № 1127 "О создании акционерного общества "Центр развития и защиты конкурентной политики" (САПП Республики Казахстан, 2008 г., № 45, ст. 515).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1466" w:id="954"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z1466" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 9 февраля 2009 года № 124 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 15 февраля 2008 года № 141" (САПП Республики Казахстан, 2009 г., № 10, ст. 52).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1467" w:id="955"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z1467" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 3 марта 2009 года № 237 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2009 г., № 13, ст. 92).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1468" w:id="956"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1468" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 7 октября 2009 года № 1540 "О внесении дополнения в постановление Правительства Республики Казахстан, от 15 февраля 2008 года № 141" (САПП Республики Казахстан, 2009 г., № 41, ст. 402).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1469" w:id="957"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1469" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 декабря 2009 года № 2292 "О внесении дополнения в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460" (САПП Республики Казахстан, 2010 г., № 4, ст. 42).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1470" w:id="958"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1470" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 декабря 2009 года № 2305 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 4, ст. 54).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1471" w:id="959"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1471" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 января 2010 года № 48 "О внесении изменения и дополнения в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943" (САПП Республики Казахстан, 2010 г., № 8, ст. 102).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1472" w:id="960"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1472" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 31 марта 2010 года № 254 "О некоторых вопросах Министерства экономического развития и торговли Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 25-26, ст. 200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1473" w:id="961"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1473" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27993,310 +28235,310 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 июня 2010 года № 600 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 39, ст. 338).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1474" w:id="962"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1474" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 ноября 2010 года № 1192 "О внесении дополнений и изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116" (САПП Республики Казахстан, 2010 г., № 60, ст. 592).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkEnd w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 декабря 2010 года № 1372 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 15 февраля 2008 года № 141" (САПП Республики Казахстан, 2011 г., № 6, ст. 70).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1475" w:id="963"/>
+    <w:bookmarkStart w:name="z1475" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 мая 2011 года № 544 "О ликвидации республиканского государственного казенного предприятия "Научно-методический центр специальных программ" Министерства экономического развития и торговли Республики Казахстан и внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 39, ст. 480).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1476" w:id="964"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1476" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 18 июля 2011 года № 820 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 47, ст. 643).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1477" w:id="965"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1477" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 июля 2011 года № 861 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2011 г., № 50, ст. 673).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1478" w:id="966"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1478" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Подпункт 3) пункта 1 постановления Правительства Республики Казахстан от 26 июля 2011 года № 858 "О внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 50, ст. 671).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1479" w:id="967"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1479" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 23 сентября 2011 года № 1090 "О некоторых вопросах реализации Указа Президента Республики Казахстан от 10 августа 2011 года № 136 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 54, ст. 778).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1480" w:id="968"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1480" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28331,1245 +28573,1245 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 25 октября 2011 года № 1204 "О мерах по реализации Указа Президента Республики Казахстан от 10 августа 2011 года № 136 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан" и о внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 57, ст. 820).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1481" w:id="969"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1481" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 28 октября 2011 года № 1224 "О передаче пакетов акций некоторых акционерных обществ в доверительное управление и права владения и пользования государственным органам" (САПП Республики Казахстан, 2011 г., № 59, ст. 835).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1482" w:id="970"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1482" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 октября 2011 года № 1244 "О внесении дополнения в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2011 г., № 59, ст. 843).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1483" w:id="971"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1483" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 ноября 2011 года № 1335 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2012 г., № 2, ст. 42).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1484" w:id="972"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1484" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2011 года № 1743 "О некоторых вопросах Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2012 г., № 20, ст. 299).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1485" w:id="973"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1485" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1817 "О внесении изменений в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2013 г., № 10, ст. 197).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1486" w:id="974"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1486" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1808 "О внесении изменения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономического развития и торговли Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 9, ст. 188).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1487" w:id="975"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1487" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1818 "О внесении изменений в постановление Правительства Республики Казахстан от 15 февраля 2008 года № 141 "Вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" (САПП Республики Казахстан, 2013 г., № 10, ст. 198).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1488" w:id="976"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1488" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Пункт 3 дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 15 января 2013 года № 11 "О создании акционерного общества "Национальная компания "Астана ЭКСПО-2017" (САПП Республики Казахстан, 2013 г., № 11, ст. 202).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1489" w:id="977"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1489" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 февраля 2013 года № 109 "Вопросы Министерства регионального развития Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 14, ст. 259). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1490" w:id="978"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1490" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 12 февраля 2013 года № 126 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 15, ст. 271).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1491" w:id="979"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1491" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 февраля 2013 года № 154 "О внесении изменений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2013 г., № 16, ст. 289).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z1492" w:id="980"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1492" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 мая 2013 года № 484 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 32, ст. 494).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z1493" w:id="981"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1493" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 мая 2013 года № 556 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 35, ст. 527).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z1494" w:id="982"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1494" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 июля 2013 года № 693 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2013 г., № 40, ст. 594).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z1495" w:id="983"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1495" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 5 июля 2013 года № 694 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 15 февраля 2008 года № 141 "Вопросы Агентства Республики Казахстан по защите конкуренции (Антимонопольное агентство)" и от 20 февраля 2013 года № 159 "Об утверждении Правил ценообразования на товары, производимые и реализуемые субъектом государственной монополии" (САПП Республики Казахстан, 2013 г., № 40, ст. 595).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z1496" w:id="984"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1496" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 августа 2013 года № 767 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 8 февраля 2013 года № 109 "Вопросы Министерства регионального развития Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 43, ст. 636).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z1497" w:id="985"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1497" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 августа 2013 года № 790 "О внесении дополнений в постановление Правительства Республики Казахстан от 31 декабря 2004 года № 1460 "Вопросы Агентства Республики Казахстан по статистике" (САПП Республики Казахстан, 2013 г., № 44, ст. 652).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z1498" w:id="986"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1498" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 октября 2013 года № 1051 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 58, ст. 795).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z1499" w:id="987"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1499" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 ноября 2013 года № 1267 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 12 октября 2007 года № 943 "Вопросы Агентства Республики Казахстан по регулированию естественных монополий" (САПП Республики Казахстан, 2013 г., № 67, ст. 900).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z1500" w:id="988"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1500" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 декабря 2013 года № 1305 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 69, ст. 920).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z1501" w:id="989"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1501" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 декабря 2013 года № 1343 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 8 февраля 2013 года № 109 "Вопросы Министерства регионального развития Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 71, ст. 943).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z1502" w:id="990"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1502" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2013 года № 1475 "О внесении дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 77, ст. 1009).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z1503" w:id="991"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1503" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 декабря 2013 года № 1538 "Вопросы Агентства Республики Казахстан по защите прав потребителей" (САПП Республики Казахстан, 2014 г., № 79, ст. 1049).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z1504" w:id="992"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1504" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 декабря 2013 года № 1538 "Вопросы Агентства Республики Казахстан по защите прав потребителей" (САПП Республики Казахстан, 2014 г., № 79, ст. 1049).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z1505" w:id="993"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1505" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 апреля 2014 года № 303 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1116 "Вопросы Министерства экономики и бюджетного планирования Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 25, ст. 198).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1506" w:id="994"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1506" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 апреля 2014 года № 427 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 31, ст. 276).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1507" w:id="995"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1507" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 мая 2014 года № 455 "О внесении дополнений в постановление Правительства Республики Казахстан от 31 декабря 2013 года № 1538 "Вопросы Агентства Республики Казахстан по защите прав потребителей" (САПП Республики Казахстан, 2014 г., № 33, ст. 300). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1508" w:id="996"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1508" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 14 мая 2014 года № 489 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 33, ст. 314).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z1509" w:id="997"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1509" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 постановления Правительства Республики Казахстан от 30 июня 2014 года № 736 "О создании Республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр государственного градостроительного планирования и кадастра" Министерства регионального развития Республики Казахстан" и внесении дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 44, ст. 428).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkEnd w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>