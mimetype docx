--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a5c48a1" w14:textId="a5c48a1">
+    <w:p w14:paraId="8e20efb" w14:textId="8e20efb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1109,1904 +1109,1622 @@
         </w:rPr>
         <w:t>I. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящие Требования устанавливают правила маркировки, размещенной на упаковках лекарственных средств для медицинского применения (далее – лекарственные средства) и ветеринарных лекарственных средств (далее – ветеринарные средства), выпускаемых в обращение на общем рынке лекарственных средств в рамках Евразийского экономического союза (далее – Союз).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Маркировка лекарственных средств (ветеринарных средств) наносится на упаковку на русском языке и при наличии соответствующих требований в законодательстве государств – членов Союза (далее – государства-члены) на государственном языке (государственных языках) государства-члена, на территории которого реализуются лекарственные средства (ветеринарные средства).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z67" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для орфанных и высокотехнологичных лекарственных препаратов допускается нанесение маркировки только на русском или английском языке при наличии сведений об этом в экспертном отчете по оценке безопасности, эффективности и качества, подготовленном в соответствии с приложением № 16 к Правилам регистрации и экспертизы лекарственных средств для медицинского применения, утвержденным Решением Совета Евразийской экономической комиссии от 3 ноября 2016 г. № 78, и в разделе "Маркировка" нормативного документа по качеству лекарственного препарата, утвержденного уполномоченным органом референтного государства. При этом необходимо нанесение маркировки с использованием дополнительной этикетки (стикера) на вторичную (потребительскую) упаковку на русском языке (в случае его отсутствия в исходном варианте маркировки) и на государственном языке государства-члена, на территории которого осуществляется обращение таких лекарственных препаратов (при наличии соответствующих требований в законодательстве государства-члена).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительное использование других языков допускается при условии полной идентичности информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маркировка лекарственных средств (ветеринарных средств) не должна противоречить или искажать сведения, содержащиеся в документах регистрационного досье, и носить рекламный характер.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования); от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Маркировка лекарственных средств (ветеринарных средств) должна быть легкочитаемой, удобочитаемой, понятной и достоверной и не вводить в заблуждение потребителей (приобретателей) лекарственного препарата и ветеринарного лекарственного препарата (далее – ветеринарный препарат).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для целей настоящих Требований используются понятия, которые означают следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "вторичная (потребительская) упаковка" – упаковка, в которую помещается лекарственный препарат (ветеринарный препарат) в первичной или промежуточной упаковке для реализации потребителю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "маркировка" – информация, нанесенная на упаковку лекарственного средства (ветеринарного средства);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "первичная (внутренняя) упаковка" – упаковка, непосредственно соприкасающаяся с лекарственным средством (ветеринарным средством);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "промежуточная упаковка" – упаковка, в которую может быть помещена первичная упаковка с целью дополнительной защиты лекарственного препарата (ветеринарного препарата) или исходя из особенностей применения лекарственного препарата (ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "упаковка" – материал или устройство, гарантирующее сохранение качества лекарственного средства (ветеринарного средства) на протяжении установленного срока годности (хранения), обеспечивающее защиту лекарственного средства (ветеринарного средства) от повреждений и потерь, а также предохраняющее окружающую среду от загрязнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "ячейковая контурная упаковка (блистер)" – гибкая упаковка с лекарственным препаратом (ветеринарным препаратом) в отформованных ячейках, из которых лекарственный препарат (ветеринарный препарат) извлекается путем выдавливания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иные понятия используются в значениях, определенных международными договорами и актами, составляющими право Союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к макетам упаковок установлены Правилами регистрации и экспертизы лекарственных средств для медицинского применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 2 предусматривается изменение решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования); от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...72 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II. Общие требования к маркировке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. На первичной (внутренней) упаковке (далее – первичная упаковка) лекарственного препарата (ветеринарного препарата) (за исключением лекарственного препарата (ветеринарного препарата), представляющего собой фасованное лекарственное растительное сырье) указывается следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) торговое наименование лекарственного препарата (ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) международное непатентованное наименование (далее – МНН) (при наличии) или общепринятое (группировочное) наименование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) лекарственная форма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) дозировка и (или) активность и (или) концентрация (если применимо) активной фармацевтической субстанции (активных фармацевтических субстанций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) количество лекарственного препарата (ветеринарного препарата) в упаковке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      е) путь введения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ж) наименование или логотип держателя регистрационного удостоверения или производителя (при необходимости) лекарственного препарата (наименование или логотип правообладателя регистрационного удостоверения ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      з) номер серии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и) дата истечения срока годности ("годен до…", "годен…", "до…").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным решением Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 141</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. На первичной упаковке в виде ячейковой контурной упаковки (блистера) (далее – ячейковая упаковка), которую помещают во вторичную (потребительскую) упаковку (далее – вторичная упаковка), допускается не указывать информацию, предусмотренную подпунктами "в" и "д" пункта 5 настоящих Требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информацию, предусмотренную подпунктом "и" пункта 5 настоящих Требований, допускается указывать в формате "месяц, календарный год" с разделяющей позицией (например, ММ ГГГГ, ММ.ГГГГ, ММ/ГГГГ, ММ_ГГГГ или ММ ГГ, ММ.ГГ, ММ/ГГ, ММ_ГГ). Таким же образом допускается указывать дату истечения срока годности на тубах в местах запечатывания или спайки.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. На первичной упаковке небольших размеров, на которой невозможно разместить всю необходимую информацию и которая помещается во вторичную упаковку, допускается не указывать информацию, предусмотренную подпунктами "б", "в" и "ж" пункта 5 настоящих Требований. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информацию, предусмотренную подпунктом "и" пункта 5 настоящих Требований, допускается указывать в формате "месяц, календарный год" в соответствии с абзацем вторым пункта 6 настоящих Требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 4 предусматривается изменение решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции решения Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. На вторичной упаковке, а при ее отсутствии – на первичной упаковке лекарственного препарата (ветеринарного препарата) указывается следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) торговое наименование лекарственного препарата (ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) МНН (при наличии) или общепринятое (группировочное) наименование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) наименования держателя регистрационного удостоверения и производителя лекарственного препарата (наименования правообладателя регистрационного удостоверения и производителя ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) адрес держателя регистрационного удостоверения и производителя лекарственного препарата (адрес правообладателя регистрационного удостоверения и производителя ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) лекарственная форма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      е) дозировка, и (или) активность, и (или) концентрация (если применимо) активной фармацевтической субстанции (активных фармацевтических субстанций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ж) количество лекарственного препарата (ветеринарного препарата) в упаковке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      з) информация о составе лекарственного препарата (ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и) номер серии (для высокотехнологичных лекарственных препаратов (если применимо) дополнительно к номеру серии указываются идентификационные коды донаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к) дата производства (для иммунобиологических ветеринарных препаратов – дата выпуска серии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      л) дата истечения срока годности ("годен до...", "годен…", "до...") в формате, указанном в пункте 30 настоящих Требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      м) условия хранения и при необходимости условия транспортировки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      н) путь введения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о) условия отпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      п) предупредительные надписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      р) регистрационный номер (для ветеринарных препаратов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...170 lines deleted...]
-      Требования к образцам и макетам упаковок установлены Правилами регистрации и экспертизы лекарственных средств для медицинского применения.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Для препаратов, выпускаемых как с консервантом, так и без консерванта, при выпуске продукции без консерванта после перечня вспомогательных веществ на вторичной упаковке указывается следующая информация: "Не содержит консерванта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Промежуточная упаковка, не позволяющая без нарушения ее целостности прочесть информацию на первичной упаковке, как минимум должна повторять информацию, указанную на первичной упаковке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. На упаковке активных фармацевтических субстанций указывается следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) торговое наименование активной фармацевтической субстанции (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) МНН или общепринятое (группировочное) наименование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) наименование и адрес производителя активной фармацевтической субстанции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) номер серии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) дата производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      е) количество активной фармацевтической субстанции в упаковке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ж) дата истечения срока годности ("годен до…", "годен…", "до...") в формате, указанном в пункте 30 настоящих Требований, или, если предусмотрено, дата повторного испытания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      з) условия хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и) назначение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 141</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...1249 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Для комплекта (лекарственный препарат (ветеринарный препарат) с растворителем (разбавителем)) или набора (комплекта из 2 и более лекарственных препаратов (ветеринарных препаратов)) на вторичной упаковке дополнительно указывается следующая информация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       а) сведения о компонентах комплекта (набора):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3129,1280 +2847,1044 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Требований);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       б) сведения о наличии вспомогательных медицинских изделий (шприцы, тампоны, устройства для введения и т. п.).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Не допускается наносить на упаковку выборочные сведения, указанные в разделах "клинические данные" и "фармакодинамические свойства" общей характеристики данного лекарственного препарата и эквивалентных разделах инструкции по медицинскому применению (листка-вкладыша) данного лекарственного препарата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается наносить на упаковку текст инструкции по медицинскому применению (листка-вкладыша) лекарственного препарата и текст инструкции по применению (листка-вкладыша) ветеринарного препарата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Допускается размещение на вторичной упаковке лекарственного препарата (ветеринарного препарата) дополнительной информации при условии ее соответствия документам регистрационного досье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается размещение на упаковке штрих-кода, голографических и других защитных знаков, стикеров, дублирование текста маркировки с использованием других языков и шрифта Брайля, размещение символов или пиктограмм, которые помогают разъяснить информацию о лекарственном препарате (ветеринарном препарате) потребителю (приобретателю).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. При наличии в промежуточной или вторичной упаковке лекарственного препарата пакетиков (или таблеток) с влагопоглотителем на них должна быть нанесена предупредительная маркировка соответствующего содержания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. На транспортной таре упаковки нерасфасованной продукции указывается следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) торговое наименование лекарственного препарата (ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) лекарственная форма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) МНН (при наличии) или общепринятое (группировочное) наименование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) дозировка, и (или) активность, и (или) концентрация (если применимо) активной фармацевтической субстанции (активных фармацевтических субстанций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) наименование производителя, адрес производителя лекарственного препарата (ветеринарного препарата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      е) количество лекарственного препарата (ветеринарного препарата) в упаковке и (или) количество упаковок в транспортной таре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ж) условия хранения и при необходимости условия транспортировки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      з) номер серии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и) дата производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к) дата истечения срока годности ("годен до…", "годен…", "до...") в формате, указанном в пункте 30 настоящих Требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости может быть указан логотип производителя продукции, предупредительные надписи и манипуляторные знаки.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III. Требования к тексту маркировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Торговое наименование лекарственного препарата (ветеринарного препарата) указывается на упаковке в именительном падеже.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для лекарственных растительных препаратов, представляющих собой фасованное лекарственное растительное сырье или растительную фармацевтическую субстанцию, указывается наименование (за исключением наименования сборов), сформированное из наименования используемой части производящего растения (морфологической группы) в именительном падеже множественного числа (за исключением слов "трава" и "кора"), наименования производящего растения в родительном падеже и вида фасованной продукции (например, "цельные", "измельченные", "порошок" и др.). Дополнительно указывается наименование лекарственного растительного сырья или растительной фармацевтической субстанции на латинском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 16 предусматривается изменение решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. МНН активных фармацевтических субстанций в составе лекарственного препарата (ветеринарного препарата) указывается на русском языке в именительном падеже и английском языке (в соответствии с английской редакцией перечня МНН Всемирной организации здравоохранения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия МНН указывается только общепринятое (группировочное) наименование на русском языке в именительном падеже.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается не указывать МНН или общепринятое (группировочное) наименование лекарственных препаратов (ветеринарных препаратов) в случае его полного совпадения с торговым наименованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В отношении гетерологичных сывороток указывается вид животного, из крови или плазмы которого они получены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для лекарственных препаратов (ветеринарных препаратов) биологического происхождения при отсутствии МНН или общепринятого (группировочного) наименования указывается источник получения препарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для высокотехнологичных лекарственных препаратов, содержащих клетки или ткани, указывается "Препарат содержит клетки человеческого (животного) происхождения" с кратким описанием таких клеток или тканей и их непосредственного происхождения (включая вид животного, в случае если препарат содержит клетки животного происхождения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для радиофармацевтических лекарственных средств (ветеринарных средств) указываются символ химического элемента с индексом радионуклида и международный символ радиоактивности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...215 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Наименования держателя регистрационного удостоверения и производителя лекарственного препарата (наименования правообладателя регистрационного удостоверения и производителя ветеринарного препарата) указываются в именительном падеже. В случае если в производстве участвуют несколько производителей, обязательно указывается наименование производителя, осуществляющего выпускающий контроль качества лекарственного средства (ветеринарного средства).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае совпадения наименований держателя регистрационного удостоверения и производителя лекарственного препарата (наименований правообладателя регистрационного удостоверения и производителя ветеринарного препарата) указывается только наименование держателя регистрационного удостоверения лекарственного препарата (правообладателя регистрационного удостоверения ветеринарного препарата).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости указывается наименование организации, осуществляющей фасовку и (или) упаковку, с предшествующим словом "расфасовано" и (или) "упаковано", "упаковщик".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Адреса указываются сокращенно (страна или страна и город) или полностью, дополнительно допускается указание номеров телефона, факса, адреса электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если держателем регистрационного удостоверения лекарственного препарата (правообладателем регистрационного удостоверения ветеринарного препарата) является производитель лекарственного препарата (ветеринарного препарата), указывается только адрес держателя регистрационного удостоверения лекарственного препарата (правообладателя регистрационного удостоверения ветеринарного препарата).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Дозировка, и (или) активность, и (или) концентрация активной фармацевтической субстанции (активных фармацевтических субстанций) указываются с обязательным указанием единиц измерения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Количество лекарственного препарата (ветеринарного препарата) в упаковке указывается по массе, объему, количеству единиц дозированной лекарственной формы или единиц дозирования в зависимости от лекарственной формы и типа упаковки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для лекарственных растительных препаратов, которые представляют собой фасованное лекарственное растительное сырье, масса лекарственного растительного сырья и (или) растительной фармацевтической субстанции указывается при их определенной влажности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дозировка (активность) биологического лекарственного препарата выражается в соответствии с требованиями к инструкции по медицинскому применению лекарственного препарата и общей характеристике лекарственного препарата для медицинского применения, утверждаемыми Евразийской экономической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для радиофармацевтических лекарственных препаратов (ветеринарных препаратов) указывается количество единиц радиоактивности в дозе или первичной упаковке.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования); от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...614 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В составе лекарственных препаратов (ветеринарных препаратов) указываются активные фармацевтические субстанции (компоненты) и их количество.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. В обязательном порядке вспомогательные вещества (компоненты) указываются в следующих случаях:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       а) для лекарственных препаратов (ветеринарных препаратов) для приема внутрь на вторичной упаковке, если они включены в перечень вспомогательных веществ, указываемых на вторичной упаковке лекарственных препаратов (ветеринарных препаратов) для приема внутрь, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4484,51 +3966,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       д) для лекарственных препаратов (ветеринарных препаратов), применяемых в офтальмологии на вторичной упаковке в полном составе без указания их количества;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      е) для инфузионных растворов на вторичной и первичной упаковках в полном составе.</w:t>
+      е) для инфузионных растворов на вторичной и первичной упаковках в полном составе. За исключением высокотехнологичных лекарственных препаратов, содержащих генетически модифицированные клетки, для которых приводится только описание системы консерванта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Держатель регистрационного удостоверения лекарственного препарата (правообладатель регистрационного удостоверения ветеринарного препарата) вправе указать полный состав вспомогательных веществ (компонентов) на упаковках.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4541,1920 +4023,1736 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для инфузионных растворов на первичной и вторичной упаковках указывается теоретическое значение осмолярности (осмоляльности).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для иммунологических лекарственных препаратов (ветеринарных препаратов) на вторичной упаковке указывается количественное содержание консервантов, сорбентов и адъювантов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Состав гомеопатических лекарственных препаратов (ветеринарных препаратов) указывается согласно терминологии, принятой в гомеопатии: названия гомеопатических фармацевтических субстанций приводятся на латинском языке с указанием шкалы и степени их разведения, названия вспомогательных веществ приводятся на русском языке согласно документам регистрационного досье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Для лекарственных растительных препаратов (ветеринарных препаратов), которые представляют собой фасованное лекарственное растительное сырье, состав указывается только для сборов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ссылки на стандарты контроля качества для активных фармацевтических субстанций и (или) вспомогательных веществ не указываются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Формат нанесения номера серии устанавливается производителем лекарственного средства (ветеринарного средства). Допускается не указывать дату производства, если она включена в номер серии и может быть идентифицирована при прочтении номера серии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата производства на упаковке лекарственного средства (ветеринарного средства) указывается в формате "месяц, календарный год" (например, ММ ГГГГ, ММ.ГГГГ, ММ/ГГГГ, ММ_ГГГГ или ММ ГГ, ММ.ГГ, ММ/ГГ, ММ_ГГ). Для лекарственных препаратов со сроком годности менее 12 месяцев дата производства указывается в формате ДД.ММ.ГГГГ или ДД/ММ/ГГГГ (день, месяц, календарный год).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 – в редакции решения Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Для комплекта (лекарственный препарат (ветеринарный препарат) с растворителем (разбавителем)) или набора (комплекта из 2 и более лекарственных препаратов (ветеринарных препаратов)) дополнительно на вторичную упаковку наносятся номера серий всех лекарственных препаратов (ветеринарных препаратов), входящих в комплект (набор), или номер серии комплекта (набора).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. При нанесении даты истечения срока годности лекарственного препарата (ветеринарного препарата) на упаковке указываются месяц и календарный год в формате, указанном в абзаце втором пункта 6 настоящих Требований. При этом при указании месяца под датой истечения срока годности подразумевается последнее число указанного месяца. Дата истечения срока годности указывается в формате "месяц, календарный год" (например, ММ ГГГГ, ММ.ГГГГ, ММ/ГГГГ, ММ_ГГГГ, ММ ГГ, ММ.ГГ, ММ/ГГ, ММ_ГГ). В отношении лекарственных препаратов со сроком годности менее 12 месяцев при указании даты истечения срока годности указывается день (если применимо), месяц, календарный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости указываются срок и условия хранения лекарственного препарата (ветеринарного препарата) после первого вскрытия первичной упаковки или срок и условия хранения после приготовления суспензии или разведения раствора в соответствии с инструкцией по применению лекарственного препарата (ветеринарного препарата) и данными по изучению стабильности с учетом положений, установленных требованиями к инструкции по медицинскому применению лекарственного препарата и общей характеристике лекарственного препарата для медицинского применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для комплекта (лекарственный препарат (ветеринарный препарат) с растворителем (разбавителем)) или набора (комплекта из 2 и более лекарственных препаратов (ветеринарных препаратов)) на вторичную упаковку наносятся даты производства каждого компонента либо единая дата выпуска данного комплекта (набора), а также даты истечения срока годности каждого компонента либо указывается единая дата истечения срока годности комплекта (набора).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если указаны даты истечения срока годности каждого компонента в отдельности, то дата истечения срока годности комплекта (набора) определяется по наиболее ранней дате истечения срока годности компонентов, входящих в комплект (набор).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 28 предусматривается в редакции решения Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 30 с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования); от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Для лекарственных растительных препаратов (ветеринарных препаратов), которые представляют собой фасованное лекарственное растительное сырье, приводится методика приготовления водных извлечений с указанием условий хранения и срока годности водного извлечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Способ применения (путь введения, способ введения) указывается в соответствии с общей характеристикой данного лекарственного препарата и инструкцией по применению данного ветеринарного препарата. Путь введения (способ введения) не указывается, если он включен в название лекарственной формы. Допускается не указывать способ применения для таблеток и капсул, предназначенных для приема внутрь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается наносить надпись следующего содержания: "Способ применения: см. инструкцию по медицинскому применению (листок-вкладыш)" для лекарственного препарата или "Способ применения: см. инструкцию по применению (листок-вкладыш)" для ветеринарного препарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. На первичной упаковке небольших размеров (общая площадь текстового поля не более 10 см</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>), на которой невозможно разместить всю необходимую информацию, допускается использовать следующие общепринятые сокращения пути введения инъекционных лекарственных препаратов (ветеринарных препаратов): "в/в" (внутривенное введение), "в/м" (внутримышечное введение), "п/к" (подкожное введение).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. При наличии достаточного текстового поля на упаковке предпочтительно нанесение полной информации о способе применения лекарственного препарата в соответствии с общей характеристикой данного лекарственного препарата, а ветеринарного препарата – в соответствии с инструкцией по его применению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Особенности маркировки лекарственных препаратов (ветеринарных препаратов), относящихся к наркотическим средствам, психотропным веществам и их прекурсорам, устанавливаются в соответствии с законодательством государств-членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Условия отпуска лекарственного препарата указываются в соответствии с одобренной при регистрации категорией отпуска, присвоенной с учетом правил определения категорий лекарственных препаратов, отпускаемых без рецепта и по рецепту, утверждаемых Евразийской экономической комиссией, а условия отпуска ветеринарного препарата – в соответствии с инструкцией по его применению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для лекарственных препаратов, реализуемых только для стационаров, на упаковке указывается следующая информация: "Для стационаров", при этом указание "по рецепту" ("без рецепта") не приводится.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования); от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. На вторичную упаковку обязательно наносятся следующие предупредительные надписи и символы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) "Хранить в недоступном для детей месте";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) "Стерильно" (для стерильных лекарственных средств (ветеринарных средств));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) "Антитела к ВИЧ-1, ВИЧ-2, вирусу гепатита С и поверхностный антиген вируса гепатита В не обнаружены" (для лекарственных средств, полученных из крови, плазмы крови, органов и тканей человека);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) "Гомеопатический" (для гомеопатических лекарственных препаратов (ветеринарных препаратов));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) знак радиационной опасности (для радиофармацевтических лекарственных средств (ветеринарных средств));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      е) "Продукция прошла радиационный контроль" (для лекарственных препаратов (ветеринарных препаратов), представляющих собой фасованное лекарственное растительное сырье);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ж) "Для ветеринарного применения" (для ветеринарных средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости на упаковку наносятся другие надписи и символы предупредительного характера (если данная информация обоснована соответствующими документами регистрационного досье), а также указываются специальные меры предосторожности при уничтожении неиспользованных лекарственных препаратов или их отходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      з) "Препарат содержит ароматизатор…", или "С ароматом…", или "Со вкусом…" (для лекарственных препаратов, содержащих в составе ароматизатор, обусловливающий наличие вкуса и (или) аромата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и) информация, позволяющая идентифицировать пациента (например, фамилия, имя, отчество (при наличии), дата рождения), и указание "Только для аутологичного применения" (для высокотехнологичных лекарственных препаратов для аутологичного применения). Допустимо нанесение этой информации на первичную упаковку при отсутствии вторичной упаковки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В пункт 30 предусматривается изменение решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. В маркировке гомеопатического лекарственного препарата, зарегистрированного по упрощенной процедуре регистрации (в соответствии с Правилами регистрации и экспертизы лекарственных препаратов для медицинского применения), должны быть указаны исключительно следующие (и никакие другие) сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а) научное наименование гомеопатической настойки (гомеопатических настоек) с указанием степени ее (их) разведения (с использованием символов фармакопеи, которая указана для данной процедуры регистрации гомеопатических лекарственных препаратов в соответствии с Правилами регистрации и экспертизы лекарственных препаратов для медицинского применения). Если гомеопатический лекарственный препарат состоит из 2 и более гомеопатических настоек, допускается дополнять научное наименование настоек торговым наименованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      б) наименования и адрес держателя регистрационного удостоверения и при необходимости производителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в) способ введения и при необходимости путь введения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      г) дата истечения срока годности в соответствии с подпунктом "и" пункта 5, абзацем вторым пункта 6 и подпунктом "л" пункта 8 настоящих Требований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      д) лекарственная форма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      е) форма выпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ж) специальные условия хранения (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      з) специальное предупреждение (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и) номер серии производителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к) регистрационный номер (для ветеринарных препаратов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      л) запись: "Гомеопатический лекарственный препарат без одобренного показания к применению";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      м) предупреждение о необходимости обращения к врачу при сохранении симптомов заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 38 с изменениями, внесенными решениями Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 141</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования); от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IV. Требования к способам нанесения маркировки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. В маркировке лекарственных средств (ветеринарных средств) цвет надписей, знаков, символов должен быть контрастным по отношению к фону, на который нанесена маркировка. Способ нанесения маркировки должен обеспечивать ее сохранность в течение всего срока годности лекарственного средства (ветеринарного средства) при соблюдении установленных условий хранения. Допускается нанесение номера серии, даты производства, срока годности методом тиснения (символы имеют цвет фона).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования к составлению и верстке инструкции по медицинскому применению, установленные требованиями к инструкции по медицинскому применению лекарственного препарата и общей характеристике лекарственного препарата для медицинского применения, применимы и к маркировке лекарственных препаратов. Рекомендуется, чтобы размер всех символов в маркировке лекарственных препаратов (ветеринарных препаратов) составлял не менее 7 пунктов (или кегль шрифта, при котором высота строчной "х" составляет не менее 1,4 мм), а расстояние между строками не менее 3 мм. Текст на небольших упаковках должен иметь максимально крупный кегль шрифта в целях снижения вероятности ошибок применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 30 с изменением, внесенным приказом Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 39 с изменением, внесенным приказом Совета Евразийской экономической комиссии от 23.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 10 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Следует наилучшим образом использовать доступную поверхность первичной и вторичной упаковок лекарственных препаратов (ветеринарных препаратов). Важные сведения для правильного и безопасного применения лекарственного препарата (ветеринарного препарата) должны указываться максимально крупным кеглем шрифта на наиболее оптимальных поверхностях упаковок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование препарата, дозировку и, если применимо, общее содержание активной фармацевтической субстанции, а также путь введения необходимо размещать в одном поле зрения, используя максимально крупный кегль шрифта. Если на небольшой упаковке невозможно отразить все критические сведения в одном поле зрения, допускается их размещение в разных полях. Для сохранения удобочитаемости представляемых сведений необходимо использовать рациональное по отношению к размеру используемого шрифта расстояние между строками и пробелы между словами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. При наличии места на первичной и вторичной упаковках допускается указывать логотипы и пиктограммы фармацевтической компании (фирмы-производителя) при условии, что они не нарушают удобочитаемость обязательных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Для обеспечения правильной идентификации и выбора лекарственного препарата (ветеринарного препарата) потребителями (приобретателями), а также при ограниченности места на упаковке при разработке дизайна упаковки возможно использование инновационных методов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Необходимо избегать использования создающей блики глянцевой, цвета металлик или иной упаковки, снижающей удобочитаемость информации. Не рекомендуется использование различных цветов шрифта в наименовании лекарственного препарата (ветеринарного препарата) или в отдельных буквах (символах) наименования, поскольку это негативно влияет на правильность распознавания лекарственного препарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во избежание риска неправильного применения лекарственного препарата (ветеринарного препарата) вследствие сходства его упаковки с упаковками других лекарственных препаратов (ветеринарных препаратов) следует применять особую цветовую идентификацию упаковки и иные способы, повышающие визуальное различение упаковок. Количество цветов, используемых в дизайне упаковки, должно быть рационально обосновано, чтобы максимально исключить вероятность перепутывания потребителями (приобретателями) лекарственного препарата (ветеринарного препарата). Для обеспечения правильной идентификации и применения лекарственного препарата (ветеринарного препарата) потребителями (приобретателями) при маркировке первичной упаковки следует использовать тот же цветовой дизайн, что и при маркировке вторичной упаковки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Маркировка должна быть единой для лекарственных препаратов (ветеринарных препаратов), выпускаемых в обращение на территориях государств-членов. При наличии различающейся информации (условия отпуска и т. п.) ее указывают с использованием дополнительной этикетки (стикера) в специально отведенном поле вторичной упаковки. Если на вторичной упаковке предусмотрено предназначенное для специальной информации государства-члена поле, в него допускается нанесение такой информации (например, разный статус отпуска из аптечной сети или специальная информация: "упаковка для стационаров", "по государственным программам" и др.) без использования этикетки (стикера).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер поля для размещения стикеров не должен превышать 1/6 общей площади вторичной упаковки, при этом данное поле не должно закрывать информацию, первоначально нанесенную на вторичную упаковку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Для орфанных препаратов, а также для отдельных лекарственных препаратов, по согласованию с уполномоченным органом государства-члена, осуществляющим регистрацию такого лекарственного препарата, допускается нанесение маркировки с использованием дополнительной этикетки (стикера).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. При маркировке различных дозировок (концентраций и т. п.) лекарственных препаратов, выпускаемых в виде одной лекарственной формы, должно быть предусмотрено различное цветовое решение или иной способ, обеспечивающий четкое визуальное выделение дозировки (концентрации и т. п.).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Различные дозировки одного и того же лекарственного препарата (ветеринарного препарата) следует указывать одинаково (например, 250 мг, 500 мг, 750 мг, 1000 мг, а не 1 г). Не допускается указывать конечные нули в дробной части дозировки (следует указывать 2,5 мг, а не 2,50 мг). Не следует использовать десятичный разделитель (запятую), если этого можно избежать (следует указывать 250 мг, а не 0,25 г). Из соображений безопасности необходимо писать слово "микрограмм" полностью, а не сокращать его. Однако в отдельных случаях при возникновении затруднений, которые невозможно устранить уменьшением кегля шрифта, допускается при наличии обоснований и отсутствии опасений в отношении безопасности использовать сокращенную форму "мкг".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Путь введения должен совпадать с указанным в общей характеристике данного лекарственного препарата или инструкции по применению данного ветеринарного препарата и строго соответствовать стандартным терминам. Не следует использовать негативные выражения (например: "Не для внутривенного введения"). Допустимы только стандартные сокращения (например, в/в, в/м, п/к). Прочие нестандартные пути введения следует указывать полностью. Если пациентам не знакомы пути введения, в инструкции по медицинскому применению лекарственного препарата должны быть даны разъяснения. Это особенно важно в отношении лекарственных препаратов, доступных для самостоятельного применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Если на первичной и (или) вторичной упаковках используются тексты на нескольких языках, необходимо обеспечить четкое разграничение таких текстов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Все данные, нанесенные на ячейковую упаковку, должны оставаться доступными для потребителя вплоть до извлечения последней дозы. Если невозможно нанести все сведения на каждую ячейку такой упаковки, допускается способ их случайного нанесения, при котором они располагаются с максимальной частотой на поверхности ячейковой упаковки. Допускается наносить номер серии и дату истечения срока годности на край ячейковой упаковки без указания слов "годен до...", "годен…", "до…".. При наличии технической возможности следует наносить эти сведения на оба края каждой ячейковой упаковки. Все требуемые в отношении первичных упаковок сведения необходимо наносить на каждую единицу дозы формы выпуска, содержащей однодозовые ячейковые упаковки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 49 с изменением, внесенным решением Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...1256 lines deleted...]
-      49. Все данные, нанесенные на ячейковую упаковку, должны оставаться доступными для потребителя вплоть до извлечения последней дозы. Если невозможно нанести все сведения на каждую ячейку такой упаковки, допускается способ их случайного нанесения, при котором они располагаются с максимальной частотой на поверхности ячейковой упаковки. Допускается наносить номер серии и дату истечения срока годности на край ячейковой упаковки. При наличии технической возможности следует наносить эти сведения на оба края каждой ячейковой упаковки. Все требуемые в отношении первичных упаковок сведения необходимо наносить на каждую единицу дозы формы выпуска, содержащей однодозовые ячейковые упаковки.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6503,293 +5801,221 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ПРИЛОЖЕНИЕ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Требованиям к маркировке</w:t>
+              <w:t xml:space="preserve">к Требованиям к маркировке </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лекарственных средств для медицинского</w:t>
+              <w:t>лекарственных средств для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>применения и ветеринарных</w:t>
+              <w:t>медицинского применения и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лекарственных средств</w:t>
+              <w:t>ветеринарных лекарственных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПЕРЕЧЕНЬ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вспомогательных веществ, указываемых на вторичной упаковке лекарственных препаратов (ветеринарных препаратов) для приема внутрь</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение – в редакции решения Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Приложение предусматривается в редакции решения Совета Евразийской экономической комиссии от 15.05.2025 </w:t>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу по истечении 180 календарных дней с даты его официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="45"/>
-[...52 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вспомогательное вещество</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6818,3705 +6044,6074 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пороговое содержание</w:t>
             </w:r>
-          </w:p>
-[...143 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...86 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азокрасители:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 азорубин (кармуазин)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Е122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...61 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+черный блестящий BN, черный PN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...79 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+понсо 4R, кошенилевый красный А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+солнечный закат FCF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...61 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тартразин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+эритрозин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+запрещен </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в составе лекарственных препаратов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арахисовое масло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-10 г/доза</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аспартам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е951</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...61 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Галактоза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-39 мг/доза</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глюкоза (декстроза)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-0</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глицерол (глицерин)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е422</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 г/доза</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изомальт (изомальтит, изомальтитол)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-10 г</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Калийсодержащие соединения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 мг/доза</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Касторовые масла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиэтоксилированные (макрогола глицерилрицинолеат, макрогола гидроксистеарат)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...86 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консерванты:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бензалкония хлорид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бензиловый спирт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...61 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+кислота бензойная и бензоаты: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>калия бензоат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кислота бензойная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+натрия бензоат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...61 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ксилитол (ксилит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кунжутное масло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-23 мг/доза</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лактитол (лактит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е966</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...115 lines deleted...]
-для взрослых</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лактоза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...62 lines deleted...]
-для детей</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Латекс (каучук натуральный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мальтитол (мальтит)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мальтитол жидкий (гидрогенизированный сироп глюкозы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е965</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-0</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маннитол (маннит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е421</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мочевина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...95 lines deleted...]
-0</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Натрийсодержащие соединения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 мг/доза</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...61 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парагидроксибензоаты и их эфиры:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+метилгидроксибензоат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+натрия метилгидроксибензоат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E219</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+натрия пропилгидроксибензоат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders/>
-[...71 lines deleted...]
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пропилгидроксибензоат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+этилгидроксибензоат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пропиленгликоль и его эфиры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е1520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 мг/кг/сут</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для взрослых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1мг/кг/сут</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пшеничный крахмал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахар инвертный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сахароза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соевое масло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сорбитол (сорбит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сульфиты, включая метабисульфиты:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+калия бисульфит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E228</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+калия метабисульфит </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+натрия бисульфит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+натрия метабисульфит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+натрия сульфит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+серы диоксид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фенилаланин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Формальдегид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фруктоза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Этанол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (спирт этиловый)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Процентное содержание (об/об) в жидких лекарственных формах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
@@ -10897,31 +12492,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>