--- v0 (2025-10-14)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72e5f0d" w14:textId="72e5f0d">
+    <w:p w14:paraId="3ef9991" w14:textId="3ef9991">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5081,50 +5081,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 24.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза); от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вступает в силу с даты его опубликования на официальном сайте Евразийского экономического союза).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       От Евразийской экономической комиссии</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -5828,51 +5848,51 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иманалиев Данияр Шаршенбекович</w:t>
+Бакенов Ернар Багытжанулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5890,87 +5910,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента таможенной инфраструктуры</w:t>
+директор Департамента развития предпринимательской деятельности (заместитель руководителя рабочей группы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бакенов Ернар Багытжанулы</w:t>
+Беков Аскат Турдумаматович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5988,87 +6008,87 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-директор Департамента развития предпринимательской деятельности (заместитель руководителя рабочей группы)</w:t>
+заместитель директора Департамента таможенно-тарифного и нетарифного регулирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Беков Аскат Турдумаматович</w:t>
+              <w:t xml:space="preserve">
+Шадыбеков Куванычбек Баймуратович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6085,106 +6105,123 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+помощник члена Коллегии (Министра) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-заместитель директора Департамента таможенно-тарифного и нетарифного регулирования</w:t>
+по энергетике и инфраструктуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ибраимов</w:t>
-[...17 lines deleted...]
-Ниязбек Нурланович</w:t>
+Султанов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бахыт Турлыханович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6201,106 +6238,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-по интеграции и макроэкономике;</w:t>
+член Коллегии (Министр) по экономике и финансовой политике (руководитель рабочей группы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Шадыбеков Куванычбек Баймуратович </w:t>
+              <w:t>
+Акобян</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рубен Ваникович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6317,123 +6354,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-по энергетике и инфраструктуре</w:t>
+заместитель директора Департамента транспорта и инфраструктуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Султанов</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Бахыт Турлыханович </w:t>
+Давтян</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нарине Гарниковна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6451,105 +6471,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-член Коллегии (Министр) по экономике и финансовой политике (руководитель рабочей группы)</w:t>
+заместитель директора Департамента функционирования внутренних рынков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Еликбаев </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Акобян</w:t>
-[...17 lines deleted...]
-Рубен Ваникович</w:t>
+Куаныш Нурланович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6566,106 +6586,123 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-заместитель директора Департамента транспорта и инфраструктуры</w:t>
+              <w:t xml:space="preserve">
+помощник члена Коллегии (Министра) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по экономике и финансовой политике</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Ивантей </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Алыбаев</w:t>
-[...17 lines deleted...]
-Автандил Шейшенбекович</w:t>
+Ирина Анатольевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6682,106 +6719,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-заместитель директора Департамента развития интеграции</w:t>
+              <w:t xml:space="preserve">
+заместитель директора Департамента антимонопольного регулирования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Мамбеталиева </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Давтян</w:t>
-[...17 lines deleted...]
-Нарине Гарниковна</w:t>
+Чинара Мырзакматовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6799,105 +6836,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента функционирования внутренних рынков</w:t>
+заместитель директора Департамента технического регулирования и аккредитации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-Куаныш Нурланович</w:t>
+Синкевич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Владимир Алексеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6914,123 +6951,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>по экономике и финансовой политике</w:t>
+              <w:t>
+директор Департамента санитарных, фитосанитарных и ветеринарных мер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-Ирина Анатольевна</w:t>
+Титов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Александр Анатольевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7048,105 +7068,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-заместитель директора Департамента антимонопольного регулирования </w:t>
+заместитель директора Департамента таможенного законодательства и правоприменительной практики; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мамбеталиева </w:t>
+Малаев </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чинара Мырзакматовна</w:t>
+Назарбек Камалдинович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7164,105 +7184,105 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заместитель директора Департамента технического регулирования и аккредитации</w:t>
+заместитель директора Департамента развития интеграции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Молдабаева </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Синкевич</w:t>
-[...17 lines deleted...]
-Владимир Алексеевич</w:t>
+Сауле Сундатпайевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7279,106 +7299,106 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-директор Департамента санитарных, фитосанитарных и ветеринарных мер</w:t>
+              <w:t xml:space="preserve">
+заместитель директора Департамента агропромышленной политики </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Садыкова </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Титов</w:t>
-[...17 lines deleted...]
-Александр Анатольевич</w:t>
+Лаура Умитбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7395,52 +7415,168 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+заместитель директора Департамента промышленной политики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыздыкова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эльмира Жаксылыковна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-директор Департамента таможенного законодательства и правоприменительной практики; </w:t>
+заместитель директора Департамента защиты внутреннего рынка; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z40" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       От координаторов бизнес-сообществ государств – членов </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8117,55 +8253,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>