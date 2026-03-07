--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="83c1e99" w14:textId="83c1e99">
+    <w:p w14:paraId="fa3e571" w14:textId="fa3e571">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Положения о республиканском государственном учреждении "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии"</w:t>
-[...25 lines deleted...]
-    </w:p>
+        <w:t>Об утверждении положений о республиканском государственном учреждении "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии" и о его территориальном подразделении"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по атомной энергии от 9 июня 2025 года № 05-н/қ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приказа – в редакции приказа и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -201,244 +233,329 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 19 Положения об Агентстве Республики Казахстан по атомной энергии, утвержденного Указом Президента Республики Казахстан от 28 апреля 2025 года № 861, ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о республиканском государственном учреждении "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии" согласно приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о республиканском государственном учреждении "Южная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии" согласно приложению 2 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету атомного надзора и контроля Агентства Республики Казахстан по атомной энергии (далее – Комитет) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в течение пяти рабочих дней со дня подписания настоящего приказа направление его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсах Агентства Республики Казахстан по атомной энергии и Комитета после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятие иных мер, вытекающих из настоящего приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего заместителя председателя Агентства Республики Казахстан по атомной энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -454,76 +571,93 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Председатель Агентства</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель Агентства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по атомной энергии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -564,68 +698,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Саткалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -659,51 +775,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждено приказом</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председателя Агентства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -717,326 +833,466 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по атомной энергии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 июня 2025 года № 05-н/қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол положения – в редакции приказа и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о республиканском государственном учреждении "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии" (далее – Комитет) является ведомством Агентства Республики Казахстан по атомной энергии (далее – Агентство), осуществляющим руководство в области использования атомной энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитет осуществляет свою деятельность в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан, актами Президента и Аппарата Правительства Республики Казахстан, иными нормативными правовыми актами, а также Положением об Агентстве и настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет самостоятельно принимает решения по вопросам ядерной, радиационной и ядерной физической безопасности, руководствуется в своей деятельности законодательством Республики Казахстан, нормами международных договорных и иных обязательств Республики Казахстан, в том числе в рамках соглашений с Международным агентством по атомной энергии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Комитет является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет печати и штампы со своим наименованием на казахском и русском языках, бланки установленного образца в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Комитет вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Комитет имеет право выступать стороной гражданско-правовых отношений от имени государства, если он уполномочен на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Комитет по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами руководителя Комитета и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Комитета утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      на русском языке – Республиканское государственное учреждение "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии".</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: Республика Казахстан, 010000, город Астана, район Есиль, проспект Мәңгілік Ел, 57а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Полное наименование государственного органа – Республиканское государственное учреждение "Комитет атомного надзора и контроля Агентства Республики Казахстан по атомной энергии".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Настоящее Положение является учредительным документом Комитета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Финансирование деятельности Комитета осуществляется из республиканского бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1731,2722 +1987,4327 @@
         <w:t>
       12) осуществляют контроль за соблюдением норм и правил радиационной безопасности, условий лицензий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществляет государственный контроль и надзор в порядке, определенном Предпринимательским кодексом Республики Казахстан, за соблюдением требований технических регламентов в области использования атомной энергии в рамках установленной компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) устанавливает требования, предъявляемые к деятельности субъектов (объектов) государственного контроля и надзора в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 132 Предпринимательского кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) разрабатывает критерии оценки степени риска и проверочные листы в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осуществляет государственный контроль в форме проверки и профилактического контроля в области использования атомной энергии в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) разрабатывает и утверждает правила проведения расследования в области использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) разрабатывает перечень требований, нарушение которых влечет применение мер оперативного реагирования, а также в отношении конкретных нарушений требований конкретный вид меры оперативного реагирования с указанием срока действия данной меры (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) применяет меры оперативного реагирования в отношении нарушений требований законодательства Республики Казахстан в области использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) разрабатывает уровни изъятия для ядерных материалов, радиоактивных веществ и электрофизических установок, подлежащих лицензированию в сфере использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) обеспечивает в пределах своей компетенции осуществление мероприятий гражданской защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) принимает оперативные меры по предупреждению возникновения и ликвидации чрезвычайных ситуаций, снижению размеров ущерба и потерь в случае их возникновения, а также повышению устойчивости и безопасности функционирования объектов в чрезвычайных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществляет контроль специфических товаров в области использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) участвует в пределах компетенции в реализации государственной политики в сфере контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) осуществляет контроль специфических товаров в пределах компетенции, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О контроле специфических товаров" и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) ведет государственный учет ядерных материалов и источников ионизирующего излучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) обращается в суд и участвует при рассмотрении судом дел по нарушениям законодательства Республики Казахстан об использовании атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) принимает решение о постановке на государственный учет или снятии с государственного учета ядерных материалов, источников ионизирующего излучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) согласовывает выдачу лицензии уполномоченного государственного органа, осуществляющего государственное регулирование в области контроля специфических товаров, на экспорт и импорт ядерных и специальных неядерных материалов, оборудования, установок, технологий, источников ионизирующего излучения, оборудования и соответствующих товаров, и технологий двойного применения (назначения), работ, услуг, связанных с их производством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) утверждает конструкции транспортных упаковочных комплектов, а также распространяет действие сертификатов-разрешений на них, утвержденных уполномоченными органами других стран, на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) разрабатывает методические рекомендации для физических и юридических лиц, осуществляющих деятельность в области использования атомной энергии, относительно методов и способов подтверждения соответствия объекта использования атомной энергии требованиям ядерной, радиационной, ядерной физической безопасности, установленным законодательством Республики Казахстан в области использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) осуществляет анализ и сверку полученной информации о наличии, перемещении и местонахождении источников ионизирующего излучения и вносит ее в реестр источников ионизирующего излучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) проводит аттестацию персонала, занятого на объектах использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) проводит аккредитацию организаций, осуществляющих экспертизы ядерной безопасности и (или) радиационной безопасности, и (или) ядерной физической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) ведет реестр аккредитованных организаций, осуществляющих экспертизы ядерной безопасности и (или) радиационной безопасности, и (или) ядерной физической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществляет рассмотрение проектов документов по стандартизации в пределах компетенции, а также подготовку предложений по разработке, внесению изменений, пересмотру и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации и рекомендаций по стандартизации для внесения в уполномоченный орган в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) рассматривает и согласовывает поправки к плану обеспечения ядерной физической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) рассматривает отчет эксплуатирующей организации о причинах события, его обстоятельствах и последствиях, а также о корректирующих мерах, предпринятых или которые будут предприняты и в случае события, связанного с попыткой или фактического несанкционированного доступа, несанкционированного изъятия или диверсии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) получает информацию от эксплуатирующей организации о состоянии обеспечения физической защиты источников ионизирующего излучения и пунктов хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) согласовывает специальные условия транспортировки ядерных материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) согласовывает специальные условия транспортировки радиоактивных веществ и (или) радиоактивных отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) размещает на интернет-ресурсе Комитета реестр аккредитованных организаций, осуществляющих экспертизы ядерной безопасности и (или) радиационной безопасности, и (или) ядерной физической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) предоставляет в Международное агентство по атомной энергии сведения, содержащиеся в базе данных о ядерных материалах и урановой продукции, в соответствии с международными обязательствами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) проводит сверку данных, предоставляемых физическими и юридическими лицами, о наличии, перемещении и местонахождении урановой продукции и ядерных материалов, в предварительных уведомлениях, уведомлениях и отчетах, с предыдущими данными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) проводит проверку информации, предоставляемой физическими и юридическими лицами в предварительных уведомлениях, уведомлениях и отчетах о наличии, перемещении и местонахождении урановой продукции и ядерных материалов, о регистрационных данных физического или юридического лица, наличии лицензии на соответствующий вид деятельности в области использования атомной энергии, наличии лицензии на экспорт или импорт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) разрабатывает и утверждает перечень тестовых вопросов для проведения аттестации персонала, занятого на объектах использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) создает комиссию, проводящую аттестацию персонала, занятого на объектах использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) согласовывает план локальной проектной угрозы, предоставляемый эксплуатирующей организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) осуществляет оценку радиационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) анализирует и утверждает результаты оценки радиационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) разрабатывает, согласовывает нормативные технические документы в сфере использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) согласовывает установленную эксплуатирующей организацией категорию потенциальной радиационной опасности и безопасность радиационного объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) согласовывает перечень применимых инженерно-технических норм и правил для конструкций, систем и элементов ядерных установок, соответствующих требованиям технических регламентов или международным требованиям, или требованиям, утвержденным в стране их происхождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) выдает заключение по результатам рассмотрения предварительного отчета по анализу безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) разрабатывает состав и содержание отчета по анализу безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) согласовывает технологический регламент эксплуатации ядерных установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) осуществляет регистрацию, а также снимает с регистрации систем и элементов, влияющих на безопасность ядерных, радиационных и электрофизических установок, включая оборудования и трубопроводы, на которые распространяются требования технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) согласовывает проектную эксплуатационную документацию ядерной установки, а также материалы, обосновывающие выбор площадок размещения ядерных установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) согласовывает методики проведения экспериментов в процессе физического пуска ядерной установки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) согласовывает программу физического пуска ядерной установки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) согласовывает программы энергетического пуска, разработанные администрацией ядерной установки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) утверждает паспорт на ядерную установку установленной формы, подготовленный эксплуатирующей организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) согласовывает отступления от утвержденной проектной документации, изменение состава, конструкции и (или) характеристик и систем, влияющих на безопасность атомной станции, а также изменение пределов и условий эксплуатации, установленных проектом атомной станции, оформленные техническими решениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) согласовывает конструкторскую документацию (и все изменения к ней) на оборудование и трубопроводы, подлежащие специальной приемке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) согласовывает формы паспортов и иных свидетельств на оборудование, установленные предприятием-изготовителем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z117" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) согласовывает проведение различного рода исследований и экспериментов, не предусмотренных технологическим регламентом эксплуатации, на действующем оборудовании и трубопроводах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) согласовывает перенос утвержденных администрацией атомной станции сроков ремонта и уменьшение объема работ по эксплуатации систем, оборудования и трубопроводов атомной станции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) выдает разрешение на проведение пусконаладочных работ, связанных с выводом оборудования и трубопроводов на рабочие параметры, и на эксплуатацию систем атомных станций при рабочих параметрах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) согласовывает технические решения об изменении установленных параметров работы оборудования атомных станций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) согласовывает программы испытаний топлива и компонентов активной зоны атомных станций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z122" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) разрабатывает типовое содержание программ обеспечения качества для безопасности ядерных, радиационных и электрофизических установок, и порядок их утверждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z123" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) разрабатывает и согласовывает нормы и правила, касающиеся радиационной безопасности, физической защиты и противоаварийного планирования, учета и контроля ядерных материалов и источников ионизирующего излучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) разрабатывает правила физической защиты ядерных материалов и ядерных установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z125" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) разрабатывает правила физической защиты источников ионизирующего излучения и пунктов хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75) разрабатывает правила вывода из эксплуатации ядерных и радиационных установок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) разрабатывает порядок организации инспекций Международного агентства по атомной энергии на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z128" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) разрабатывает правила аккредитации организаций, осуществляющих экспертизы ядерной безопасности и (или) радиационной безопасности, и (или) ядерной физической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z129" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) разрабатывает правила государственного учета ядерных материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z130" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) разрабатывает правила государственного учета источников ионизирующего излучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) разрабатывает правила безопасности при обращении с радионуклидными источниками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) разрабатывает Национальный план реагирования на ядерные и радиационные аварии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z133" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) разрабатывает правила транспортировки ядерных материалов, радиоактивных веществ и радиоактивных отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) разрабатывает правила выбора площадки размещения ядерных установок и пунктов захоронения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z135" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) разрабатывает правила проведения экспертизы ядерной безопасности и (или) радиационной безопасности, и (или) ядерной физической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z136" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z136" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) разрабатывает правила повышения квалификации персонала, занятого на объектах использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z137" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) разрабатывает правила аттестации персонала, занятого на объектах использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z138" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) вносит в Агенство предложения о досрочном выводе из эксплуатации ядерных установок за исключением пунктов захоронения в случае возникновения угрозы безопасности населения и (или) окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z139" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88) разрабатывает порядок утверждения конструкций транспортных упаковочных комплектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) разрабатывает правила организации сбора, хранения и захоронения радиоактивных отходов и отработавшего ядерного топлива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) разрабатывает квалификационные требования к персоналу, занятому на объектах использования атомной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z142" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) осуществляет производство по делам об административных правонарушениях в пределах компетенции, установленной законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z143" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) обеспечивает в пределах своей компетенции соблюдение законов и иных нормативных правовых актов Республики Казахстан в области национальной безопасности, защиты государственных секретов, гражданской защиты, мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z144" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан, Правительства и приказами Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) ведет правовой мониторинг в отношении нормативных правовых актов, разработанных и (или) принятых Комитетом (в том числе по ранее принятым актам, реализацию которых осуществляет Комитет);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) в пределах компетенции участвует в разработке, реализации стратегических и программных документов, предложений к Операционному плану и плану развития Агентства; 96) осуществляет качественную и своевременную подготовку проектов актов и ответов на поручения Президента Республики Казахстан, Государственного секретаря, руководства Администрации Президента Республики Казахстан и Аппарата Правительства Республики Казахстан, а также исполнение контрольных поручений вышестоящих органов по курируемым вопросам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       97) осуществляет взаимодействие с Администрацией Президента Республики Казахстан и Аппаратом Правительства Республики Казахстан согласно функциям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 27 апреля 2010 года № 976.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="136"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z148" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Комитета при организации его деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z149" w:id="137"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководство Комитетом осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z150" w:id="138"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z151" w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Председатель Комитета имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z152" w:id="140"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия Председателя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z153" w:id="141"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия своих заместителей, руководителей структурных подразделений Комитета в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z154" w:id="142"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждает положения о структурных подразделениях Комитета, должностные инструкции административных государственных служащих Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вносит Руководителю аппарата Агентства представления о назначении на должности и освобождении от должностей, привлечении к дисциплинарной ответственности, командировании, предоставлении отпусков, оказании материальной помощи, подготовке (переподготовке), повышении квалификации, поощрении, выплате надбавок и премировании заместителей Председателя Комитета и руководителей его территориальных подразделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в установленном законодательством Республики Казахстан порядке назначает на должности и освобождает от должностей работников Комитета и его территориальных подразделений, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством Республики Казахстан порядке осуществляет прием на работу и прекращение трудового договора в отношении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z158" w:id="146"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лиц, осуществляющих техническое обслуживание и обеспечивающих функционирование Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z159" w:id="147"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       лиц, осуществляющих деятельность в Комитете на основании трудового договора; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z160" w:id="148"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) решает вопросы привлечения к дисциплинарной ответственности, командирования, предоставления отпусков, оказания материальной помощи, подготовки (переподготовки), повышения квалификации, поощрения, выплаты надбавок, премирования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      работников Комитета и его территориальных подразделений, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лиц, осуществляющих техническое обслуживание и обеспечивающих функционирование Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z163" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лиц, осуществляющих деятельность в Комитете на основании трудового договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-[...36 lines deleted...]
-      лиц, осуществляющих техническое обслуживание и обеспечивающих функционирование территориального органа Комитета;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) по представлению руководителя территориального подразделения Комитета в установленном законодательством Республики Казахстан порядке решает вопросы об оказании материальной помощи, поощрении, выплате надбавок и премировании:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z166" w:id="154"/>
-[...15 lines deleted...]
-      лиц, осуществляющих деятельность в территориальных органах Комитета на основании трудового договора;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, осуществляющих техническое обслуживание и обеспечивающих функционирование территориального подразделения Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, осуществляющих деятельность в территориальных подразделениях Комитета на основании трудового договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет руководство деятельностью территориальных подразделений Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z167" w:id="155"/>
-[...15 lines deleted...]
-      8) осуществляет руководство деятельностью территориальных органов Комитета;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) отменяет или приостанавливает полностью или в части действие актов и решения территориальных подразделений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z168" w:id="156"/>
-[...15 lines deleted...]
-      9) отменяет или приостанавливает полностью или в части действие актов и решения территориальных органов;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в случае отсутствия замечаний визирует проекты нормативных правовых актов, поступивших на согласование в Комитет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z169" w:id="157"/>
-[...15 lines deleted...]
-      10) в случае отсутствия замечаний визирует проекты нормативных правовых актов, поступивших на согласование в Комитет;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) в пределах своей компетенции подписывает приказы Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z170" w:id="158"/>
-[...15 lines deleted...]
-      11) в пределах своей компетенции подписывает приказы Комитета;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) представляет Комитет во взаимоотношениях с государственными органами и иными организациями в соответствии с законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z171" w:id="159"/>
-[...15 lines deleted...]
-      12) представляет Комитет во взаимоотношениях с государственными органами и иными организациями в соответствии с законодательством;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) принимает меры по противодействию коррупции в Комитете и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z172" w:id="160"/>
-[...15 lines deleted...]
-      13) принимает меры по противодействию коррупции в Комитете и несет за это персональную ответственность;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) представляет руководству Агентства предложения по структуре и штатному расписанию Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z173" w:id="161"/>
-[...15 lines deleted...]
-      14) представляет руководству Агентства предложения по структуре и штатному расписанию Комитета;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z174" w:id="162"/>
-[...15 lines deleted...]
-      15) осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий Председателя в период его отсутствия осуществляется лицом, его замещающим в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z175" w:id="163"/>
-[...15 lines deleted...]
-      Исполнение полномочий Председателя в период его отсутствия осуществляется лицом, его замещающим в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 с изменениями, внесенными приказом и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Заместители председателя Комитета:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z176" w:id="164"/>
-[...15 lines deleted...]
-      21. Заместители председателя Комитета:</w:t>
+    <w:bookmarkStart w:name="z177" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координируют деятельность Комитета в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z177" w:id="165"/>
-[...15 lines deleted...]
-      1) координируют деятельность Комитета в пределах своих полномочий;</w:t>
+    <w:bookmarkStart w:name="z178" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют иные функции, возложенные Председателем Комитета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z178" w:id="166"/>
-[...15 lines deleted...]
-      2) осуществляют иные функции, возложенные Председателем Комитета.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z179" w:id="167"/>
+    <w:bookmarkStart w:name="z180" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z181" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z182" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z183" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z184" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
-[...79 lines deleted...]
-      24. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z184" w:id="172"/>
+    <w:bookmarkStart w:name="z185" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и ликвидация Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z186" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
-[...19 lines deleted...]
-      25. Реорганизация и ликвидация Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Перечень территориальных подразделений Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z186" w:id="174"/>
-[...15 lines deleted...]
-      Перечень территориальных органов Комитета:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень – в редакции приказа и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Западная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z187" w:id="175"/>
-[...15 lines deleted...]
-      1) Западная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Южная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Восточная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председателя Агентства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по атомной энергии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 9 июня 2025 года № 05-н/қ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положение о республиканском государственном учреждении "Южная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен пприложением 2 в соответствии с приказом и.о. Председателя Агентства РК по атомной энергии от 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z188" w:id="176"/>
-[...15 lines deleted...]
-      2) Южная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное учреждение "Южная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии" (далее - Учреждение) является территориальным подразделением Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии (далее - Комитет).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z189" w:id="177"/>
-[...15 lines deleted...]
-      3) Восточная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Учреждение осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учреждение осуществляет свою деятельность в пределах административных границ городов Алматы и Шымкент, Алматинской, Жамбылской, Кызылординской, Туркестанской областей, областей Жетісу и Ұлытау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Учреждение является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном и русском языках, бланки установленного образца, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z195" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Учреждение вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z196" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Учреждение имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Учреждение по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами руководителя Учреждения и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z198" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и штатная численность Учреждения утверждаются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение Учреждения: Республика Казахстан, 160021, город Шымкент, район Туран, улица Байтурсынова, 66.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Полное наименование Учреждения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республиканское государственное учреждение "Южная межрегиональная инспекция Комитета атомного надзора и контроля Агентства Республики Казахстан по атомной энергии".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Учреждения осуществляется за счет средств республиканского бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z203" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Учреждению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Учреждению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи, права, обязанности и функции Учреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z205" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализация государственной политики в области использования атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных задач, возложенных на Учреждение, в пределах своей компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать и получать от государственных органов, должностных лиц иных организаций и физических лиц информацию, необходимую для осуществления функций, возложенных на Учреждение, с соблюдением установленных законодательными актами Республики Казахстан требований к разглашению сведений, составляющих коммерческую и иную охраняемую законом тайну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения по разработке нормативных правовых актов или передавать на рассмотрение уполномоченных органов инициативные проекты таких актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать к работе специалистов государственных органов и иных организаций при осуществлении возложенных на Учреждение функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вести ведомственный учет количества проверок проверяемых субъектов, а также выявленных нарушений в соответствии с проверочными листами и принятых к ним мер административного воздействия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пользоваться иными правами, предусмотренными законодательными актами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан, иными подзаконными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не разглашать информацию, составляющую коммерческую, служебную, иную охраняемую Законом тайну, полученную при осуществлении своих полномочий, за исключением случаев, установленных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимать и рассматривать обращения физических и юридических лиц, петиции граждан Республики Казахстан в порядке и сроки, установленные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнять иные обязанности, предусмотренные законодательными актами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан, иными подзаконными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет государственный контроль и надзор в области использования атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет контроль и надзор за деятельностью физических и юридических лиц в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет контроль за соблюдением норм и правил радиационной безопасности, условий лицензий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет государственный контроль в форме проверки и профилактического контроля в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет государственный контроль за обеспечением ядерной, ядерной физической и радиационной безопасности объектов использования атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет контроль в области обеспечения радиационной безопасности населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) применяет меры оперативного реагирования в отношении нарушений требований законодательства Республики Казахстан в области использования атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляют производство по делам об административных правонарушениях в пределах компетенции, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет разрешительный контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) подготавливает предложения по совершенствованию законодательства Республики Казахстан в области использования атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) привлекает специалистов, консультантов и экспертов государственных органов и подведомственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обращается в суд и участвует при рассмотрении судом дел по нарушениям законодательства Республики Казахстан в области использования атомной энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обеспечивает в пределах своей компетенции соблюдение законов и иных нормативных правовых актов Республики Казахстан в области национальной безопасности, защиты государственных секретов, гражданской защиты, мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляет иные функции, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан, Правительства и приказами Председателя Агентства Республики Казахстан по атомной энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Учреждения при организации его деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Учреждения осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Учреждение задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z210" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Учреждения назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z211" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Руководитель Учреждения в случаях, предусмотренных штатным расписанием Комитета, имеет заместителя (заместителей), который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия Руководителя Учреждения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)организует и руководит работой Учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вносит представление Председателю Комитета о привлечении к дисциплинарной ответственности, командировании, предоставлении отпусков, оказании материальной помощи, подготовке (переподготовки), повышении квалификации, поощрении, выплате надбавок, премировании:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      работников Учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, осуществляющих техническое обслуживание и обеспечивающих функционирование Учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лиц, осуществляющих деятельность в Учреждении на основании трудового договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) несет персональную ответственность за выполнение возложенных на Учреждение задач и осуществление им своих полномочий, за качество и своевременность исходящих документов, а также целевое использование выделенных средств из республиканского бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в пределах своей компетенции подписывает приказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает должностные инструкции работников Учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в пределах своей компетенции организует мероприятия и несет персональную ответственность за принятие мер по противодействию коррупции в Учреждении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает положения о структурных подразделениях Учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) представляет Учреждение в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий Руководителя Учреждения в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Руководитель Учреждения определяет полномочия своих заместителей (при наличии) в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z214" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Учреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z215" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Учреждение может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Учреждения формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z216" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Учреждением, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z217" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Учреждение не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z218" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Учреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z219" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Учреждения осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4772,31 +6633,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>