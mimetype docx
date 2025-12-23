--- v0 (2025-10-31)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="61406ad" w14:textId="61406ad">
+    <w:p w14:paraId="870715b" w14:textId="870715b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,774 +252,832 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Аксуатского сельского округа Тимирязевского района на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 80 213,0 тысячи тенге:</w:t>
+      1) доходы – 89213,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 448,0 тысяч тенге;</w:t>
+      налоговые поступления – 15448,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 392,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 300,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      специальные поступления – 0 тысяч тенге;</w:t>
+      специальные поступления – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 73 073,0 тысячи тенге;</w:t>
+      поступления трансфертов – 73073,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) затраты – 81 648,0 тысячи тенге; </w:t>
+        <w:t>
+      2) затраты – 90648,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге; приобретение финансовых активов – 0 тысяч тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение финансовых активов – 0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -1 435,0 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 1435,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) нефтяной дефицит (профицит) бюджета – 0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0 тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – -1 435,0 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1435,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 1 435,0 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 1435,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения Тимирязевского районного маслихата Северо-Казахстанской области от 25.06.2025 № 26/2 (вводится в действие с 01.01.2025); от 07.10.2025 № 28/4 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуального подоходного налога по доходам, не облагаемым у источника выплаты, физических лиц, зарегистрированных на территории Аксуатского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налог на имущество физических лиц, имущество которых находится на территории Аксуатского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории Аксуатского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на транспортные средства с физических и юридических лиц, зарегистрированных в Аксуатском сельском округе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов от коммунальной собственности сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       других неналоговых поступлений в бюджет сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что доходы бюджета сельского округа формируются за счет поступлений от продажи основного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть, что в бюджете сельского округа предусмотрены бюджетные субвенции, передаваемые из районного бюджета на 2025 год в сумме 45 334,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Учесть, что в бюджете сельского округа поступление целевых трансфертов из вышестоящего бюджета на 2025 год в сумме 27 739,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Признать утратившим силу следующие решения Тимирязевского районного маслихата Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Об утверждении бюджета Аксуатского сельского округа Тимирязевского района на 2025-2027 годы" от 27 декабря 2024 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 22/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "О внесении изменений и дополнения в решение Тимирязевского районного маслихата от 27 декабря 2024 года № 22/3 "Об утверждении бюджета Аксуатского сельского округа Тимирязевского района на 2025-2027 годы" от 6 марта 2025 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1327,129 +1385,149 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 24/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Аксуатского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения Тимирязевского районного маслихата Северо-Казахстанской области от 25.06.2025 № 26/2 (вводится в действие с 01.01.2025); от 07.10.2025 № 28/4 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1720,51 +1798,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80 213</w:t>
+89 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1897,51 +1975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 448</w:t>
+15 448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2074,51 +2152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 254</w:t>
+11 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2251,51 +2329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 254</w:t>
+11 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5441,51 +5519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81 648</w:t>
+90 648</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5618,51 +5696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 141</w:t>
+35 941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5795,51 +5873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 141</w:t>
+35 941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5972,51 +6050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 141</w:t>
+35 941</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6149,51 +6227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 833</w:t>
+31 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6326,51 +6404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 833</w:t>
+31 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6503,51 +6581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 990</w:t>
+3 490</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6608,441 +6686,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-23 843</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-17 800</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7098,128 +7176,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Поддержка культурно-досуговой работы на местном уровне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7243,373 +7321,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 872</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2 872</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7629,482 +7707,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2 872</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8160,128 +8238,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8369,128 +8447,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8583,51 +8665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8756,87 +8838,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--1 435</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8929,118 +9011,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-- 1 435</w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 435</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -9150,51 +9405,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тыс. тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24409,55 +24682,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24783,31 +25056,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>