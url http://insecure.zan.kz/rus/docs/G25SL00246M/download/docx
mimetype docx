--- v1 (2025-12-23)
+++ v2 (2026-03-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="870715b" w14:textId="870715b">
+    <w:p w14:paraId="c9464d1" w14:textId="c9464d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24682,55 +24682,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>