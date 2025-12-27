--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="86d6162" w14:textId="86d6162">
+    <w:p w14:paraId="e1649ca" w14:textId="e1649ca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1268,63 +1268,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7772"/>
+        <w:gridCol w:w="4228"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7772" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1342,51 +1341,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Аккайынского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1755,419 +1754,453 @@
               </w:rPr>
               <w:t>№ 26-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Власовского сельского округа Аккайынского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Аккайынского района Северо-Казахстанской области от 17.10.2025 № 28-14 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1259"/>
+        <w:gridCol w:w="811"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="3521"/>
+        <w:gridCol w:w="3287"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z65" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          <w:bookmarkEnd w:id="52"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z62" w:id="52"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2201,151 +2234,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2360,170 +2407,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2538,170 +2599,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2716,170 +2791,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2894,170 +2983,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3072,170 +3175,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3250,170 +3367,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3428,170 +3559,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3606,170 +3751,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3784,170 +3943,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3981,151 +4154,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4140,170 +4327,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4318,170 +4519,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4515,151 +4730,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4693,151 +4922,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4852,170 +5095,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5030,6883 +5287,7626 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48037</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z63" w:id="53"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77559,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41333,9</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44867,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41333,9</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44867,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41333,9</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44867,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39156,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2177</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4658</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4658</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4658</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31035</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31035</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31035</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31035</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -9272,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9272,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11935,184 +12935,178 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z64" w:id="54"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12122,559 +13116,563 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9272,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9272,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9272,9</w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12978,437 +13976,453 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Власовского сельского округа Аккайынского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="858"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="3725"/>
+        <w:gridCol w:w="2764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z71" w:id="56"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z71" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13442,151 +14456,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13601,170 +14629,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13779,170 +14821,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13957,170 +15013,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14135,170 +15205,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14313,170 +15397,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14491,170 +15589,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14669,170 +15781,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14847,170 +15973,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15025,170 +16165,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15222,151 +16376,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15381,170 +16549,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15559,170 +16741,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15756,151 +16952,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15934,151 +17144,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16093,170 +17317,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16271,6653 +17509,7373 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z72" w:id="57"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z72" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значения) бюджета</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          <w:bookmarkEnd w:id="55"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z73" w:id="58"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z73" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="56"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9031</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22871</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22871</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22871</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22871</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22951,357 +24909,367 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z74" w:id="59"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z74" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="57"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23316,170 +25284,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23494,170 +25476,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23992,437 +25988,453 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Власовского сельского округа Аккайынского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="858"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="3725"/>
+        <w:gridCol w:w="2764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z81" w:id="61"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z81" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="59"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24456,151 +26468,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24615,170 +26641,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24793,170 +26833,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24971,170 +27025,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25149,170 +27217,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25327,170 +27409,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25505,170 +27601,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25683,170 +27793,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25861,170 +27985,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26039,170 +28177,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26236,151 +28388,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26395,170 +28561,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26573,170 +28753,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26770,151 +28964,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26948,151 +29156,165 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27107,170 +29329,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27285,6633 +29521,7357 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z82" w:id="62"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z82" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="60"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержка культурно-досуговой работы на местном уровне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33945,357 +36905,367 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z83" w:id="63"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z83" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="61"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34310,170 +37280,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34488,170 +37472,184 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35087,31 +38085,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>