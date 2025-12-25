--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6f9ca27" w14:textId="6f9ca27">
+    <w:p w14:paraId="c62cc15" w14:textId="c62cc15">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -268,130 +268,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата района Жаңасемей от 30 декабря 2024 года № 14/97-VIII "О бюджете района Жаңасемей на 2025-2027 годы" маслихат района Жаңасемей РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет посҰлка Шульбинск на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет поселка Шульбинск района Жаңасемей области Абай на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложенииям 1</w:t>
+        <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 31 718,0 тысяч тенге:</w:t>
+      1) доходы –51 955,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 10 558,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -401,323 +401,323 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –21 160,0 тысяч тенге;</w:t>
+      поступления трансфертов – 41397,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 66 230,4 тысяч тенге;</w:t>
+      2) затраты – 86 468,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0,0 тысяч тенге:</w:t>
+      3) чистое бюджетное кредитование - 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты –0,0 тысяч тенге;</w:t>
+      бюджетные кредиты - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов –0,0 тысяч тенге;</w:t>
+      погашение бюджетных кредитов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами - 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов –0,0 тысяч тенге;</w:t>
+      приобретение финансовых активов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
+      поступления от продажи финансовых активов государства - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 34 512,4 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -34 512,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета –34 512,4 тысяч тенге"</w:t>
+      6) финансирование дефицита (использование профицита) бюджета –  34 512,4 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов -0,0 тысяч тенге;</w:t>
+      поступление займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов -0,0 тысяч тенге;</w:t>
+      погашение займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств - 34 512,4 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 34 512,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Жаңасемей области Абай от 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Жаңасемей области Абай от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19/217-VIII</w:t>
+        <w:t>№ 22/266-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -999,61 +999,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шульбинск на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Жаңасемей области Абай от 17.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Жаңасемей области Абай от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19/217-VIII</w:t>
+        <w:t>№ 22/266-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1088,50 +1088,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1197,79 +1198,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1335,79 +1317,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1504,79 +1467,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1888,51 +1832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 718,0</w:t>
+51955,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3307,68 +3251,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3502,68 +3428,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3694,51 +3602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 160,0</w:t>
+41397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3871,51 +3779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 160,0</w:t>
+41397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4048,51 +3956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 160,0</w:t>
+41397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4142,50 +4050,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4251,80 +4160,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...28 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5156,51 +5045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66 230,4</w:t>
+86 468,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5365,51 +5254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 733,0</w:t>
+72 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5574,51 +5463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 733,0</w:t>
+72 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5783,51 +5672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 733,0</w:t>
+72 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5992,51 +5881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 763,0</w:t>
+56 311,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6201,51 +6090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 970,0</w:t>
+16 276,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6410,51 +6299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 815,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6619,51 +6508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 815,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6828,51 +6717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 815,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7037,51 +6926,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 315,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7278,437 +7167,437 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-4 682,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 383,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-4 682,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7728,196 +7617,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-4 682,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7969,546 +7858,546 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-4 682,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Трансферты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8564,160 +8453,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8805,128 +8694,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9046,128 +8935,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9292,51 +9185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9392,160 +9285,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9601,156 +9490,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Сальдо по операциям с финансовыми активами</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9911,51 +9804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10116,51 +10009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10321,87 +10214,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--34 512,4</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10526,87 +10419,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-34 512,4</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-34 512,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10731,292 +10624,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
-[...240 lines deleted...]
-0,0</w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 512,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30865,55 +30553,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>