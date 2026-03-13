--- v0 (2025-11-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d6a874e" w14:textId="d6a874e">
+    <w:p w14:paraId="fee5096" w14:textId="fee5096">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,255 +268,270 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зайсанского районного маслихата от 25 декабря 2024 года №30/2-VIII "О бюджете Зайсанскогорайона на 2025-2027 годы" Зайсанский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Шиликтинского сельского округа Зайсанского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 69 024,8 тысяч тенге, в том числе:</w:t>
+      доходы - 69 255,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 9 725,0 тысяч тенге;</w:t>
+      налоговые поступления -  9 163,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 700,0 тысяч тенге;</w:t>
+      неналоговые поступления – 905,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 270,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 326,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 58 329,8 тысяч тенге;</w:t>
+      поступления трансфертов –  58 860,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 69 852,6 тысяч тенге;</w:t>
+      затраты - 70 083,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -627,147 +659,163 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/9-VIII</w:t>
+        <w:t>№ 44/9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в бюджете Шиликтинскогосельского округа на 2025 год установлен объем субвенции, передаваемый из районного бюджета в сумме 41 042,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. Используемые остатки бюджетных средств 827,8 тысяч тенге распределить согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -786,70 +834,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1087,61 +1135,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Шиликтинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 17.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/9-VIII</w:t>
+        <w:t>№ 44/9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1680,51 +1728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 024,8</w:t>
+69 255,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1857,51 +1905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 725,0</w:t>
+9 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2034,51 +2082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 300,0</w:t>
+1 434,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2211,51 +2259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 300,0</w:t>
+1 434,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2388,51 +2436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 325,0</w:t>
+6 468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2565,51 +2613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140,0</w:t>
+183,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2742,51 +2790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210,0</w:t>
+150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2919,51 +2967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 975,0</w:t>
+4 891,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3096,51 +3144,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+1 243,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3273,51 +3321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 100,0</w:t>
+1 261,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3450,51 +3498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 100,0</w:t>
+1 261,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3627,51 +3675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+905,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4013,93 +4061,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4122,87 +4170,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи основного капитала</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270,0</w:t>
+205,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4222,202 +4270,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажи земли и нематериальных активов</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270,0</w:t>
+205,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4431,206 +4483,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли</w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270,0</w:t>
+326,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4653,87 +4701,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 329,8</w:t>
+326,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4753,164 +4801,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 329,8</w:t>
+270,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4971,50 +5019,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 860,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 860,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5043,51 +5622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 329,8</w:t>
+58 860,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5800,51 +6379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 852,6</w:t>
+70 083,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6009,51 +6588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 258,1</w:t>
+48 136,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6182,87 +6761,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
-[...35 lines deleted...]
-47 258,1</w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции  государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 136,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6427,51 +7006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 258,1</w:t>
+48 136,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6636,51 +7215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 361,1</w:t>
+47 266,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6845,51 +7424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-897,0</w:t>
+869,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7054,51 +7633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 190,0</w:t>
+8 542,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7263,51 +7842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 190,0</w:t>
+8 542,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7472,51 +8051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 190,0</w:t>
+8 542,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7681,51 +8260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 932,8</w:t>
+5 285,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10430,192 +11009,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Трансферты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10639,93 +11218,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10880,160 +11459,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11121,128 +11700,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11362,92 +11941,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-III.ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11608,51 +12191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+III.ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11813,51 +12396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12018,51 +12601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. CАЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12223,51 +12806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. CАЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12428,51 +13011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12633,51 +13216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V.ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12838,51 +13421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
+V.ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13043,51 +13626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
+VII.ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13248,87 +13831,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+827,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -38883,55 +39671,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>