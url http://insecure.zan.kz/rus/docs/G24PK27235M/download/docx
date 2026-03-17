--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54be1f1" w14:textId="54be1f1">
+    <w:p w14:paraId="f5b5776" w14:textId="f5b5776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О бюджете Шакатского cельского округа на 2025-2027 годы</w:t>
+        <w:t>О бюджете Шакатского cельского округа на 2025 - 2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Павлодарского районного маслихата Павлодарской области от 26 декабря 2024 года № 27/235</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -209,233 +209,233 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Шакатского cельского округа на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 64 349 тысяч тенге, в том числе:</w:t>
+      1) доходы – 64 432 тысячи тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 14 395 тысяч тенге;</w:t>
+      налоговые поступления – 14 420 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 573 тысячи тенге;</w:t>
+      поступления от продажи основного капитала – 631 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 49 381 тысяча тенге;</w:t>
+      поступления трансфертов – 49 381 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 67 131 тысяча тенге;</w:t>
+      2) затраты – 67 214 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование - равно нулю;</w:t>
+      3) чистое бюджетное кредитование – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами - равно нулю;</w:t>
+      4) сальдо по операциям с финансовыми активами – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета - - 2 782 тысячи тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 2 782 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета - 2 782 тысячи тенге.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 2 782 тысячи тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 31.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34/288</w:t>
+        <w:t>№ 38/319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -702,51 +702,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">от 26 декабря 2024 года </w:t>
+              <w:t>от 26 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 27/235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -764,3806 +764,185 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(с изменениями)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 31.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34/288</w:t>
+        <w:t>№ 38/319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
-      </w:r>
-[...3622 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z6" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4582,107 +961,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная подгруппа</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4701,135 +1062,97 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...59 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4852,881 +1175,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетная программа</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-Наименование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...188 lines deleted...]
-6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-67 131</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...129 lines deleted...]
-29 043</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5746,196 +1968,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-29 043</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Индивидуальный подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5955,196 +2146,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-29 043</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 106</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6196,373 +2356,311 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-29 043</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-31 633</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6582,196 +2680,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-9 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6832,155 +2899,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...103 lines deleted...]
-9 000</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7000,196 +3036,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-9 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 360</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7209,405 +3214,343 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...129 lines deleted...]
-22 633</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 360</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-22 633</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+631</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7627,196 +3570,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-6 780</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+631</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7868,164 +3780,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 108</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+573</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8077,373 +3958,311 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-12 745</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...167 lines deleted...]
-6 453</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8472,187 +4291,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-6 453</w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8713,165 +4501,4522 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...103 lines deleted...]
-6 453</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районных (городов областного значения) бюджетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетная программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 096</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 096</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 096</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 096</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарата акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 781</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 745</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 615</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 615</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 615</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -9026,51 +9171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 453</w:t>
+4 615</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30232,55 +30377,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>