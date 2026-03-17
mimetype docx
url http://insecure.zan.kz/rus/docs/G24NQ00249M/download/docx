--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="62e4e35" w14:textId="62e4e35">
+    <w:p w14:paraId="c3154eb" w14:textId="c3154eb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -262,71 +262,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 124 977,0 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 103 874,9 тысяча тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 20 026,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 20 487,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
@@ -342,154 +342,172 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 104 951,0 тысяча тенге;</w:t>
+      поступлениям трансфертов – 83 387,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 124 977,4 тысяч тенге;</w:t>
+      затраты – 103 875,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе: бюджетные кредиты – 0,0 тысяч тенге;</w:t>
+      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
+      бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
+      погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       5) дефицит (профицит) бюджета – - 0,4 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 0,4 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -507,61 +525,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Сарыкольского района Костанайской области от 11.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Сарыкольского района Костанайской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 310</w:t>
+        <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -740,309 +758,490 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Абжамалов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к решению маслихата </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "30" декабря 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 249</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...92 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бюджет Тагильского сельского округа Сарыкольского района на 2025 год</w:t>
+        <w:t xml:space="preserve"> Бюджет Тагильского сельского округа Сарыкольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата Сарыкольского района Костанайской области от 11.06.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Сарыкольского района Костанайской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 310</w:t>
+        <w:t>№ 366</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -1061,158 +1260,122 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-Наименование</w:t>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1222,2815 +1385,2961 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...101 lines deleted...]
-3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-124 977,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-20 026,0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103 874,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-3 266,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 487,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...136 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 266,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-15 247,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 266,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-63,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 708,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-76,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-2 554,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Земельный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-12 554,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 554,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-1 513,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 015,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...136 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-104 951,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление ха использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-104 951,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83 387,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-104 951,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83 387,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83 387,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...71 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4053,51 +4362,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -4155,63 +4465,64 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4236,4552 +4547,4554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...211 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...101 lines deleted...]
-124 977,4</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-28 063,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103 875,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-28 063,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 365,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-28 063,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 365,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-28 063,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 365,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-6 235,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 365,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-6 235,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 419,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-6 235,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 419,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-5 902,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 419,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-333,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 086,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-90 679,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-90 679,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69 090,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-90 679,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69 090,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-3 625,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69 090,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-87 054,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,4</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог районного значения и улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 490,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...84 lines deleted...]
-тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Подкласс</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8791,1273 +9104,1408 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...42 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...207 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чистое бюджетное кредитование</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...102 lines deleted...]
--0,4</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...102 lines deleted...]
-0,4</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10327,68 +10775,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тагильского сельского округа Сарыкольского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -16679,68 +17127,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="16"/>
+    <w:bookmarkStart w:name="z36" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тагильского сельского округа Сарыкольского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -22823,55 +23271,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -23197,31 +23645,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>