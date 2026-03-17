--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f598e55" w14:textId="f598e55">
+    <w:p w14:paraId="57bae3f" w14:textId="57bae3f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -192,71 +192,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы 48 001 тысячи тенге:</w:t>
+      1) доходы 48 126 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления 5 291 тысяч тенге;</w:t>
+      налоговые поступления 5 291 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
@@ -272,151 +272,151 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов 42 710 тысяч тенге;</w:t>
+      поступления трансфертов 42 835 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2)затраты 48 004 тысяч тенге; </w:t>
+        <w:t>
+      2) затраты 51 276 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)чистое бюджетное кредитование 0 тысяча тенге:</w:t>
+      3) чистое бюджетное кредитование 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты 0 тысячи тенге;</w:t>
+      бюджетные кредиты 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов 0 тысячи тенге;</w:t>
+      погашение бюджетных кредитов 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4)сальдо по операциям с финансовыми активами 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
@@ -432,168 +432,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)дефицит (профицит) бюджета (-) 3 тысячи тенге;</w:t>
+      5) дефицит (профицит) бюджета (-) 3 150 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)финансирование дефицита (использование профицита) бюджета 3 тысячи тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета 3 150 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов 0 тысячи тенге;</w:t>
+      поступление займов 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств 3 тысячи тенге.</w:t>
+      используемые остатки бюджетных средств 3 150 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата города Текели области Жетісу от 13.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата города Текели области Жетісу от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33-141</w:t>
+        <w:t>№ 38-158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -832,61 +832,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 утвержденное решением Текелийского городского маслихата от 27 декабря 2024 года № 27-125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата города Текели области Жетісу от 13.06.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата города Текели области Жетісу от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33-141</w:t>
+        <w:t>№ 38-158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -921,513 +921,511 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Рудничного сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...21 lines deleted...]
-        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="513"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1449,159 +1447,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1623,167 +1620,166 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-48 001</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1805,163 +1801,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 291</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1987,163 +1982,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2 161</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2169,163 +2163,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2 161</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2351,163 +2344,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3 058</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2533,163 +2525,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-35</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2715,163 +2706,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2897,163 +2887,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2 998</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3079,163 +3068,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3261,167 +3249,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3443,163 +3430,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-42 710</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3625,163 +3611,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-42 710</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3807,673 +3792,664 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-42 710</w:t>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...170 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="23"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="20"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...132 lines deleted...]
-Сумма</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4516,142 +4492,169 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4673,192 +4676,198 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 276</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4880,626 +4889,620 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-48 004</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-38 867</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-38 867</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5509,212 +5512,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-38 867</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5736,200 +5737,202 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...103 lines deleted...]
-38 867</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5951,630 +5954,620 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...103 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-5 561</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-5 561</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6584,212 +6577,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-5 561</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 267</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6811,200 +6802,198 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...103 lines deleted...]
-3 084</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7026,200 +7015,202 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...103 lines deleted...]
-621</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7241,630 +7232,620 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...103 lines deleted...]
-1 856</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-3 573</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-3 573</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7874,212 +7855,214 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...115 lines deleted...]
-3 573</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8101,630 +8084,620 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...103 lines deleted...]
-3 573</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...81 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8734,577 +8707,535 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...85 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...203 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="23"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9326,1298 +9257,1323 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...66 lines deleted...]
-Сумма</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...133 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...162 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...135 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...199 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="23"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="21"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...96 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10627,645 +10583,705 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-(тысяч тенге)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Погашение бюджетных кредитов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...166 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="23"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...37 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-[...132 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11275,174 +11291,202 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11452,203 +11496,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...141 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11658,2961 +11705,2820 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...114 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-[...199 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="23"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="19"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...96 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(тысяч тенге)</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-            </w:r>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="17"/>
-[...29 lines deleted...]
-Категория</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="535" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...131 lines deleted...]
-Сумма</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...99 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Наименование</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3 150</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--3</w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...64 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-3</w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3 150 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...68 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Используемые остатки бюджетных средств</w:t>
-[...35 lines deleted...]
-3</w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...75 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Остатки бюджетных средств</w:t>
-[...35 lines deleted...]
-3</w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...169 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="23"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="19"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...96 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Сумма</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14622,481 +14528,303 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...160 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...137 lines deleted...]
-            <w:tcW w:w="535" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40816,55 +40544,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>