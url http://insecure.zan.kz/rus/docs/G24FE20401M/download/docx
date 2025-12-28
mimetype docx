--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26022b5" w14:textId="26022b5">
+    <w:p w14:paraId="ad45276" w14:textId="ad45276">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -357,159 +357,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      доходы – 97092,8 тысяч тенге, в том числе:</w:t>
+      доходы – 90905,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 17024,0 тысяч тенге;</w:t>
+      налоговые поступления – 18189,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0,0 тысяч тенге;</w:t>
-[...17 lines deleted...]
-      поступления от продажи основного капитала – 382,0 тысяч тенге; </w:t>
+      неналоговые поступления –0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 79686,8 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 382,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)затраты – 101472,4 тысяч тенге;</w:t>
+      поступления трансфертов – 72334,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      1) затраты – 95285,4 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -573,69 +573,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 4379,6 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -4379,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 4379,6 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета–4379,6тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -645,89 +645,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 4379,6 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 4379,6тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/482-VIII</w:t>
+        <w:t>№ 29/514-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1009,61 +1009,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Мамырсуского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 14.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/482-VIII</w:t>
+        <w:t>№ 29/514-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1657,51 +1657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97092,8</w:t>
+90905,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1834,51 +1834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17024,0</w:t>
+18189,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2011,51 +2011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4462,0</w:t>
+7668,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2188,51 +2188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4462,0</w:t>
+7668,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2365,51 +2365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9463,0</w:t>
+7939,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2542,51 +2542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182,0</w:t>
+136,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2719,51 +2719,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90,0</w:t>
+55,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2896,51 +2896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6223,0</w:t>
+7035,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3073,51 +3073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2968,0</w:t>
+711,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3250,51 +3250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3099,0</w:t>
+2581,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3427,51 +3427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3099,0</w:t>
+2581,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5020,51 +5020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79686,8</w:t>
+72334,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5197,51 +5197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79686,8</w:t>
+72334,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5374,51 +5374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79686,8</w:t>
+72334,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6242,51 +6242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101472,4</w:t>
+95285,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6451,51 +6451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36169,2</w:t>
+37169,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6660,51 +6660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36169,2</w:t>
+37169,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6869,51 +6869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36169,2</w:t>
+37169,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7078,51 +7078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35169,2</w:t>
+36169,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8541,51 +8541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62688,0</w:t>
+54501,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8750,51 +8750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62688,0</w:t>
+54501,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8977,51 +8977,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62688,0</w:t>
+54501,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9395,51 +9395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41164,0</w:t>
+32977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10022,51 +10022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2611,0</w:t>
+3611,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10231,51 +10231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2611,0</w:t>
+3611,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10440,51 +10440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2611,0</w:t>
+3611,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10649,51 +10649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2611,0</w:t>
+3611,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>