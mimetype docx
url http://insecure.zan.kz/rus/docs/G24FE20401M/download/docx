--- v1 (2025-12-28)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad45276" w14:textId="ad45276">
+    <w:p w14:paraId="6216d53" w14:textId="6216d53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -278,51 +278,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Мамырсуского сельского округа на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Мамырсуского сельского округа на2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -357,141 +357,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      доходы – 90905,8 тысяч тенге, в том числе:</w:t>
+      доходы – 93088,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 18189,0 тысяч тенге;</w:t>
+      налоговые поступления – 18217,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления –0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 382,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 2910,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 72334,8 тысяч тенге;</w:t>
+      поступления трансфертов – 71960,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) затраты – 95285,4 тысяч тенге;</w:t>
+      1) затраты – 97468,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -591,51 +591,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -4379,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета–4379,6тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета–4379,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -645,89 +645,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 4379,6тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 4379,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/514-VIII</w:t>
+        <w:t>№ 31/553-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1009,61 +1009,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Мамырсуского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 28.10.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Аягозского районного маслихата области Абай от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/514-VIII</w:t>
+        <w:t>№ 31/553-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1657,51 +1657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90905,8</w:t>
+93088,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1834,51 +1834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18189,0</w:t>
+18217,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2011,51 +2011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7668,6</w:t>
+7696,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2188,51 +2188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7668,6</w:t>
+7696,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2365,51 +2365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7939,4</w:t>
+7696,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4489,51 +4489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-382,0</w:t>
+2910,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4666,51 +4666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-382,0</w:t>
+2910,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4843,51 +4843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-382,0</w:t>
+2910,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5020,51 +5020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72334,8</w:t>
+71960,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5197,51 +5197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72334,8</w:t>
+71960,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5374,51 +5374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72334,8</w:t>
+71960,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6242,51 +6242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95285,4</w:t>
+97468,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6451,51 +6451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37169,2</w:t>
+37053,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6660,51 +6660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37169,2</w:t>
+37053,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6869,51 +6869,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37169,2</w:t>
+37053,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7078,51 +7078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36169,2</w:t>
+36328,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7287,51 +7287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+725,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8541,51 +8541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54501,0</w:t>
+54270,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8750,51 +8750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54501,0</w:t>
+54270,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8977,51 +8977,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54501,0</w:t>
+54270,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9186,51 +9186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21524,0</w:t>
+21493,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9395,51 +9395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32977,0</w:t>
+32776,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11903,51 +11903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4,2</w:t>
+2532,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12112,51 +12112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4,2</w:t>
+2532,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12321,51 +12321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4,2</w:t>
+2532,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12531,50 +12531,259 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2528,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -43213,55 +43422,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>