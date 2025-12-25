--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d2c992" w14:textId="8d2c992">
+    <w:p w14:paraId="bb9ebf6" w14:textId="bb9ebf6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1663,73 +1663,215 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) организация и проведение мероприятий, а также поддержка мероприятий, направленных на охрану и развитие национального культурного достояния и культурного наследия народа Казахстана, укрепление единого культурного пространства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      13-1) создание необходимых условий для проведения общегосударственных и международных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) содействие развитию культурных связей с соотечественниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) реализация государственной политики в области кинематографии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-4) организация работы по созданию условий для доступности произведений кинематографии для населения в городе Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       14) Осуществление иных обязанностей, предусмотренных законодательными актами Республика Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 15 с изменениями, внесенными постановлением акимата города Шымкент от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5919</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внесение в акимат города предложений по созданию, реорганизации, ликвидации государственных организаций культуры города в области театрального, циркового, зоологического парка, музыкального и киноискусства, культурно-досуговой деятельности и народного творчества, библиотечного и музейного дела;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2097,51 +2239,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) внесение в акимат города предложения о создании комиссии по охране памятников истории и культуры;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23) проведение работы по выявлению, учету, охране объектов историко-культурного наследия;</w:t>
+      23) проведение работы по охране объектов историко-культурного наследия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) проведение работ по установке новых сооружений монументального искусства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2188,50 +2330,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) внесение предложений в акимат города о признании объектов историко-культурного наследия памятниками истории и культуры местного значения на основании заключения историко-культурной экспертизы по согласованию с уполномоченным органом и включении их в государственный список памятников истории и культуры местного значения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) внесение предложений в акимат города о лишении памятника истории и культуры местного значения статуса на основании заключения историко-культурной экспертизы и исключении его из государственного списка памятников истории и культуры местного значения по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1) разработка и обеспечение установления ставки арендной платы за использование памятников истории и культуры местного значения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) разработка полугодового плана государственного контроля за соблюдением законодательства Республики Казахстан о языках территориальными подразделениями центральных исполнительных органов и местными исполнительными органами, представление его на утверждение, проведение государственного контроля за соблюдением законодательства Республики Казахстан о языках;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2683,50 +2843,106 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществляет взаимодействие с государственными органами, учреждениями, организациями, общественными объединениями в области ономастики, оказание им методической помощи в области ономастики;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      41-1) согласование эскиза аншлагов с наименованиями составных частей населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41-2) принятие мер по привлечению к ответственности, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 156</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан Об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       42) организация хранения, пополнения и использования документов Национального архивного фонда, принятых на хранение в Государственный архив города;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) ведение государственного учета и обеспечение сохранности документов Национального архивного фонда, хранящихся в Государственном архиве города;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3271,165 +3487,185 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 30.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4177</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5919</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа, коллегиальных органов (при их наличии).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководство Управлением осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      17. Руководство Управлением осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Руководитель Управления назначается на должность и освобождается от должности акимом города Шымкент в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      18. Руководитель Управления назначается на должность и освобождается от должности акимом города Шымкент в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      19. Руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Полномочия руководителя Управления:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит деятельностью Управления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3784,222 +4020,222 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель Управления несет персональную ответственность за финансово-хозяйственную деятельность и сохранность имущества государственного учреждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В период отсутствия руководителя Управления его полномочия осуществляются лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Руководитель Управления определяет полномочия своих заместителей, руководителей отделов в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества, приобретенного в результате его деятельности (включая денежные доходы) и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальный банк Республики Казахстан самостоятельно от имени Республики Казахстан осуществляет закрепленное за ним право владения, пользования и распоряжения имуществом, находящимся на его балансе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за управлением, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24.управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не предусмотрено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
-[...95 lines deleted...]
-      24.управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не предусмотрено законодательством.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>