--- v0 (2025-11-11)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea8c7f5" w14:textId="ea8c7f5">
+    <w:p w14:paraId="6a5696f" w14:textId="6a5696f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 57837,1 тысяч тенге, в том числе:</w:t>
+      1) доходы – 67125,1 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 6266,8 тысяч тенге;</w:t>
+      налоговые поступления - 6382,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 104,6 тысяч тенге;</w:t>
+      неналоговые поступления – 116,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 51465,7 тысяч тенге;</w:t>
+      поступления трансфертов - 60626,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 58251,3 тысяч тенге;</w:t>
+      2) затраты - 67539,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -596,51 +596,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление от продажи финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета - -414,2 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета - - 414,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 414,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 511</w:t>
+        <w:t>№ 532</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учесть в бюджете сельского округа на 2025 год поступление текущего целевого трансферта из районного бюджета в сумме 51402,7 тысяч тенге.</w:t>
+      5. Учесть в бюджете сельского округа на 2025 год поступление текущего целевого трансферта из районного бюджета в сумме 60563,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение суммы текущего целевого трансферта определяется на основании решения акима Шалкарского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 511</w:t>
+        <w:t>№ 532</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Шалкарского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 511</w:t>
+        <w:t>№ 532</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2232,51 +2232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57837,1</w:t>
+67125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2410,51 +2410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6266,8</w:t>
+6382,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2588,51 +2588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2011,8</w:t>
+2029,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2766,51 +2766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2011,8</w:t>
+2029,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2944,51 +2944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3555,0</w:t>
+3574,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3122,51 +3122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50,0</w:t>
+29,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3300,51 +3300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,3</w:t>
+88,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3656,51 +3656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-545,4</w:t>
+558,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3834,51 +3834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+778,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4012,51 +4012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+778,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4190,51 +4190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104,6</w:t>
+116,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4578,93 +4578,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4688,87 +4688,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
-[...35 lines deleted...]
-51465,7</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4788,1048 +4788,986 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-51465,7</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-51465,7</w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60626,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...65 lines deleted...]
-58251,3</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60626,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-45890,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60626,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-45890,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67539,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-45890,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54200,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5849,196 +5787,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-45477,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54200,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6090,373 +6028,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-413,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54200,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-22,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53863,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6476,405 +6414,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-22,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+337,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-22,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13337,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6894,405 +6832,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-22,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13337,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12337,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13337,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7312,468 +7250,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...416 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7875,51 +7395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1857,0</w:t>
+2857,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>