--- v0 (2025-11-10)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a72b939" w14:textId="a72b939">
+    <w:p w14:paraId="7ec711b" w14:textId="7ec711b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,123 +398,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 74231,2 тысяч тенге, в том числе:</w:t>
+      1) доходы – 77300,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления - 16585,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 101,6 тысяч тенге;</w:t>
+      поступления от продажи основного капитала-101,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 57411,9 тысяч тенге;</w:t>
+      поступления трансфертов - 60481,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 74663,1 тысяч тенге;</w:t>
+      2) затраты - 77732,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -696,61 +696,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502</w:t>
+        <w:t>№ 522</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1188,107 +1188,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учесть в бюджете сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 57348,9 тысяч тенге.</w:t>
+      5. Учесть в бюджете сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 60418,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение суммы текущего целевого трансферта определяется на основании решения акима Айшуакского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502</w:t>
+        <w:t>№ 522</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1636,61 +1636,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Айшуакского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 09.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502</w:t>
+        <w:t>№ 522</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2232,51 +2232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74231,2</w:t>
+77300,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5614,51 +5614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57411,9</w:t>
+60481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5792,51 +5792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57411,9</w:t>
+60481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5970,51 +5970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57411,9</w:t>
+60481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6048,51 +6048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74663,1</w:t>
+77732,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6257,51 +6257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55407,2</w:t>
+62176,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6466,51 +6466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55407,2</w:t>
+62176,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6675,51 +6675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55407,2</w:t>
+62176,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6884,51 +6884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53212,2</w:t>
+61181,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7093,51 +7093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2195,0</w:t>
+995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7302,51 +7302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17753,6</w:t>
+15553,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8138,51 +8138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17717,2</w:t>
+15517,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8347,51 +8347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17717,2</w:t>
+15517,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8974,887 +8974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13527,6</w:t>
-[...835 lines deleted...]
-1500,0</w:t>
+11327,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>