--- v1 (2025-12-14)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7ec711b" w14:textId="7ec711b">
+    <w:p w14:paraId="dd9031b" w14:textId="dd9031b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -305,50 +305,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Айшуакского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -383,50 +384,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 77300,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -733,70 +735,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что в доход бюджета сельского округа зачисляются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по налоговым поступлениям:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1041,90 +1043,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продажа земли, в том числе поступления от продажи земельных участков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продажа нематериальных активов, в том числе плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Принять к сведению и руководству, что в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О республиканском бюджете на 2025-2027 годы" с 1 января 2025 года установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) минимальный размер заработной платы - 85 000 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1135,106 +1137,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) месячный расчетный показатель - 3932 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) величина прожиточного минимума для исчисления размеров базовых социальных выплат - 46228 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете сельского округа на 2025 год поступление целевого текущего трансферта в сумме 63,0 тысяч тенге из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учесть в бюджете сельского округа на 2025 год целевые текущие трансферты из районного бюджета в сумме 60418,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение суммы текущего целевого трансферта определяется на основании решения акима Айшуакского сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1271,110 +1257,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Утвердить перечень местных бюджетных программ, не подлежащих секвестру в процессе исполнения бюджета Айшуакского сельского округа на 2025 год, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1636,61 +1622,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Айшуакского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 12.11.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Шалкарского районного маслихата Актюбинской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 522</w:t>
+        <w:t>№ 543</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6257,51 +6243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62176,4</w:t>
+62657,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6466,51 +6452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62176,4</w:t>
+62657,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6675,51 +6661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62176,4</w:t>
+62657,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6884,51 +6870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61181,4</w:t>
+61622,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7093,51 +7079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-995,0</w:t>
+1035,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7302,51 +7288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15553,7</w:t>
+15072,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7375,187 +7361,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...135 lines deleted...]
-36,4</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15072,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7720,51 +7706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36,4</w:t>
+15072,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7857,123 +7843,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-36,4</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3087,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7993,196 +7979,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-15517,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1265,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8234,677 +8220,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...625 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8974,51 +8333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11327,7</w:t>
+10719,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27206,55 +26565,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>