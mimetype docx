--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f0b81bd" w14:textId="f0b81bd">
+    <w:p w14:paraId="28ace43" w14:textId="28ace43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -378,159 +378,159 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 322 726,7 тысяч тенге:</w:t>
+      1) доходы – 323 770,5 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 9 992,2 тысяч тенге;</w:t>
+      налоговые поступления – 10 036 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступление – 66 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 373 тысяч тенге;</w:t>
+      поступления от продажи основного капитала –373 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       специальные поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 312 295,5 тысяч тенге;</w:t>
+      поступления трансфертов – 313 295,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 323 128,1 тысяч тенге;</w:t>
+      2) затраты – 324 171,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,61 +712,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 319</w:t>
+        <w:t>№ 339</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1500,61 +1500,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Каракудыкского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 01.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Алгинского районного маслихата Актюбинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 319</w:t>
+        <w:t>№ 339</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2278,51 +2278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-322 726,7</w:t>
+323 770,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2455,51 +2455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 992,2</w:t>
+10 036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2986,51 +2986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 286,5</w:t>
+5 311,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3163,51 +3163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152,4</w:t>
+168,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3517,51 +3517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 359,4</w:t>
+4 368,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3871,51 +3871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87,9</w:t>
+106,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4048,51 +4048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87,9</w:t>
+106,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5464,51 +5464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-312 295,5</w:t>
+313 295,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5641,51 +5641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-312 295,5</w:t>
+313 295,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5818,51 +5818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-312 295,5</w:t>
+313 295,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6782,51 +6782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-323 128,1</w:t>
+324 171,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6991,51 +6991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 245,5</w:t>
+46 813,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7200,51 +7200,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 245,5</w:t>
+46 813,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7409,51 +7409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 245,5</w:t>
+46 813,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7618,51 +7618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 245,5</w:t>
+45 813,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7827,51 +7827,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8036,51 +8036,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 015,8</w:t>
+17 713,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8245,51 +8245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 015,8</w:t>
+17 713,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8454,51 +8454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 015,8</w:t>
+17 713,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8663,51 +8663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 750</w:t>
+8 297,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9081,51 +9081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 665,8</w:t>
+7 815,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9290,51 +9290,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-259 866</w:t>
+259 644,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9499,51 +9499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-259 866</w:t>
+259 644,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9708,51 +9708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-259 866</w:t>
+259 644,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9917,51 +9917,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 881,5</w:t>
+24 664,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10126,51 +10126,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234 984,5</w:t>
+234 979,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11131,51 +11131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III.Чистое бюджетное кредитование</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>