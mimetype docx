--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97cffc2" w14:textId="97cffc2">
+    <w:p w14:paraId="5b38c28" w14:textId="5b38c28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -313,141 +313,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 196812,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 223481,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 16133,0 тысяч тенге;</w:t>
+      налоговые поступления – 19785,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала –708,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 180679,0 тысяч тенге;</w:t>
+      поступления трансфертов – 202986,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 200831,9 тысяч тенге;</w:t>
+      2) затраты – 227501,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 27.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-34/4</w:t>
+        <w:t>№ 8С-36/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -762,63 +762,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -826,51 +825,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Бурабайского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1033,214 +1032,224 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Успеноюрьевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 27.08.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-34/4</w:t>
+        <w:t>№ 8С-36/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1172"/>
+        <w:gridCol w:w="777"/>
+        <w:gridCol w:w="1166"/>
+        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="956"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3480"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1250,116 +1259,132 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1369,147 +1394,171 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1519,7545 +1568,8851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-196812,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223481,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-16133,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19785,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-6237,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8699,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-6237,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8699,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9478,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10790,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-280,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+274,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8346,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9553,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-808,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+936,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-418,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+296,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-418,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+296,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+708,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-180679,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+708,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-180679,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+698,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...219 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...66 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202986,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Программа</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202986,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...130 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202986,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-36278,8</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-803,1</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+227501,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14997,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38943,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-14997,0</w:t>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38943,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6286,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38140,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-721,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+803,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-7990,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22497,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-148753,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22497,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-148753,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13786,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-5770,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+721,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-142983,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7990,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+166060,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+166060,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23077,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+142983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--4019,9</w:t>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4019,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9289,172 +10644,178 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9470,110 +10831,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9589,147 +10964,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9739,3023 +11135,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16863,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 280,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8764,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 808,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12781,172 +14408,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12962,110 +14595,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13081,147 +14728,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13231,3522 +14899,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38719,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38719,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38719,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4845,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1302,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7030,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7030,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7030,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16978,172 +18975,178 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17159,110 +19162,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17278,147 +19295,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17428,3023 +19466,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17328,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6776,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6776,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 280,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 808,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35138,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35138,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20470,172 +22739,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20651,110 +22926,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20770,147 +23059,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20920,3522 +23230,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38719,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38719,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38719,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6446,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6446,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5063,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1383,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24629,557 +27268,563 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету Успеноюрьевского сельского округа из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6157"/>
+        <w:gridCol w:w="6143"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты нижестоящим бюджетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За счет трансфертов районного (города районного значения) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стимулирующие надбавки к должностным окладам работников организаций, финансируемых из районного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1684,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На обслуживание модуля "Бухгалтерский учет" программы Парус-Каз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6143" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25241,55 +27886,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>