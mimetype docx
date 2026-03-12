--- v0 (2025-12-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a09aeb" w14:textId="8a09aeb">
+    <w:p w14:paraId="1ee6500" w14:textId="1ee6500">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,84 +122,156 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> статьи 91 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2-7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> пункта 2 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Бурабайский районный маслихат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Бурабайского районного маслихата Акмолинской области от 11.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-33/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Урумкайского сельского округа Бурабайского района на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,141 +323,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 44413,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 57996,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 16759,0 тысяч тенге;</w:t>
+      налоговые поступления – 15939,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 2119,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 27654,0 тысяч тенге;</w:t>
+      поступления трансфертов – 39937,2тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 45207,9 тысяч тенге;</w:t>
+      2) затраты –58791,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -513,61 +585,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/10</w:t>
+        <w:t>№ 8С-38/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -971,61 +1043,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Урумкайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/10</w:t>
+        <w:t>№ 8С-38/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1090,51 +1162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1804,51 +1876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44413,0</w:t>
+57996,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1981,51 +2053,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16759,0</w:t>
+15939,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2158,51 +2230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6090,0</w:t>
+5689,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2335,51 +2407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6090,0</w:t>
+5689,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2512,51 +2584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9545,0</w:t>
+9959,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2689,51 +2761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-493,0</w:t>
+560,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2866,51 +2938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79,0</w:t>
+49,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3043,51 +3115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8685,0</w:t>
+8796,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3220,51 +3292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-288,0</w:t>
+553,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3397,51 +3469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1124,0</w:t>
+289,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3574,936 +3646,936 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-520,0</w:t>
+289,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-604,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...135 lines deleted...]
-0,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2119,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2119,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-27654,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи земельных участков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2119,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-27654,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39937,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4523,50 +4595,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39937,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4636,51 +4885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27654,0</w:t>
+39937,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4759,51 +5008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5473,51 +5722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45207,9</w:t>
+58791,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5650,51 +5899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34316,8</w:t>
+37294,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5827,51 +6076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34316,8</w:t>
+37294,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6004,51 +6253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34316,8</w:t>
+37294,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6181,51 +6430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5805,0</w:t>
+15317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6358,51 +6607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5805,0</w:t>
+15317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6889,405 +7138,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-168,0</w:t>
+8168,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-5086,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-5086,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7307,482 +7556,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-5086,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7838,128 +8087,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8047,128 +8296,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8261,51 +8514,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8434,51 +8687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8607,51 +8860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами </w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8780,51 +9033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8953,51 +9206,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9126,87 +9379,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--794,9</w:t>
+794,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>