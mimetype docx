--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d61f068" w14:textId="d61f068">
+    <w:p w14:paraId="a423a1f" w14:textId="a423a1f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,223 +85,328 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О дополнительном предоставлении гарантированного объема бесплатной медицинской помощи, в том числе лекарственных средств, специализированных лечебных продуктов, медицинских изделий, отдельным категориям граждан Республики Казахстан, зарегистрированным в городе Астане при амбулаторном лечении бесплатно</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение маслихата города Астаны от 25 сентября 2024 года № 221/27-VIII.</w:t>
+        <w:t>Решение маслихата города Астаны от 25 сентября 2024 года № 221/27-VIII. Отменено решением маслихата города Астаны от 26 декабря 2025 года № 373/48</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Отменено решением маслихата города Астаны от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373/48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 12 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 15)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат города Астаны РЕШИЛ:</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Дополнительно предоставить гарантированный объем бесплатной медицинской помощи, в том числе лекарственные средства, специализированные лечебные продукты, медицинские изделия отдельным категориям граждан Республики Казахстан, зарегистрированным в городе Астане при амбулаторном лечении бесплатно согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Дополнительно предоставить гарантированный объем бесплатной медицинской помощи, в том числе лекарственные средства, специализированные лечебные продукты, медицинские изделия отдельным категориям граждан Республики Казахстан, зарегистрированным в городе Астане при амбулаторном лечении бесплатно согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Отменить </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Отменить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата города Астаны от 29 марта 2024 года № 162/20-VIII "О дополнительном предоставлении гарантированного объема бесплатной медицинской помощи, в том числе лекарственных средств, специализированных лечебных продуктов, медицинских изделий, отдельным категориям граждан Республики Казахстан, зарегистрированным в городе Астане при амбулаторном лечении бесплатно".</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -394,50 +501,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Каналимов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -503,788 +631,905 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата города Астаны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 сентября 2024 года № 221/27-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень дополнительно предоставленного гарантированного объема бесплатной медицинской помощи, в том числе лекарственных средств, специализированных лечебных продуктов, медицинских изделий, отдельным категориям граждан Республики Казахстан, зарегистрированным в городе Астане, при амбулаторном лечении бесплатно</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение с изменениями, внесенными решением маслихата города Астаны от 13.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение с изменениями, внесенными решением маслихата города Астаны от 13.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294/37-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование заболевания</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Категория населения</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Показания (степень, стадия, тяжесть течения) для назначения лекарственных средств</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование лекарственных средств (лекарственная форма), медицинских изделий, </w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t>Наименование лекарственных средств (лекарственная форма), медицинских изделий, специализированных лечебных продуктов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Лекарственные средства в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Муковисцидоз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все категории граждан, состоящие на диспансерном учете </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z11" w:id="5"/>
-[...53 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В активной фазе с неполным ответом на традиционную терапию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Амфотерицин В, порошок для приготовления концентрата для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1319,65 +1564,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ацетилцистеин, раствор для инъекций и ингаляций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1399,290 +1657,374 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае индивидуальной непереносимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пульмозим (дорназа альфа), раствор для ингаляций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Другая вторичная легочная гипертензия, ассоциированная с врожденными пороками сердца</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бозентан, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1717,65 +2059,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Силденафил, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1810,274 +2165,343 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Илопрост, раствор для ингаляций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Первичная легочная гипертензия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="6"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Риоцигуат, таблетка, покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2112,439 +2536,568 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Селексипаг, таблетка, покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инсулома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диазоксид, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Медуллярный рак щитовидной железы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вандетаниб, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -2579,499 +3132,622 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кабозатиниб, капсула*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="7"/>
+              <w:t>6)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анкилозирую-щий спондилит</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инфликсимаб, порошок для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>7)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ювенильный идиопатический артрит, системный вариант</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дети до 18 лет, состоящие на диспансерном учете </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z14" w:id="8"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="8"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...36 lines deleted...]
-          <w:bookmarkEnd w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тоцилизумаб, концентрат для приготовления раствора для инъекций,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 раствор для подкожных инъекций </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3106,65 +3782,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адалимумаб, раствор для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3199,65 +3888,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Голимумаб, раствор для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3290,87 +3992,98 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z16" w:id="10"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Канакинумаб, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 раствор для инъекций</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3405,65 +4118,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тофацитиниб, таблетка, суспензия, раствор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3498,65 +4224,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анакинра, раствор для подкожного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3591,65 +4330,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Секукинумаб, раствор для подкожного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3684,254 +4436,325 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лефлуномид, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>8)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бетаметазон, мазь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -3966,624 +4789,811 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бетаметазон и салициловая кислота, спрей для наружого применения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>9)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бронхолегочная дисплазия, возникшая в перинатальном периоде</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети до 1 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Глубоко недоношенные дети, рожденные с массой до 1000 г</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Паливизумаб, раствор для инъекций, порошок для приготовления раствора</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бронхиальная астма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае индивидуальной непереносимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Серетид Эвохалер (салметерол и флутиказон), аэрозоль для ингаляций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>11)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Артериальная гипертензия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае индивидуальной непереносимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микардис (телмисартан), таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -4618,1219 +5628,1576 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микардис плюс (телмисартан и гидрохлортиазид), таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>12)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Криопиринас-социированный периодический синдром </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Канакинумаб, раствор для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>13)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Хронический вирусный гепатит С, включая стадию цирроза печени</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае отсутствия ответа на традиционную терапию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Глекапревир и пибрентасвир, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>14)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рак щитовидной железы T3N0M0 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В активной фазе с неполным ответом на традиционную терапию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ленватиниб, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="11"/>
+              <w:t>15)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рак предстательной железы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Даролутамид, таблетка, покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>16)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рак почки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В активной фазе с неполным ответом на традиционную терапию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кабозатиниб, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>17)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рак молочной железы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="12"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рибоциклиб, таблетка, покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -5865,65 +7232,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алпелисиб, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -5958,1258 +7338,1611 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Абемациклиб, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="13"/>
+              <w:t>18)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рак яичников</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Олапариб, капсула, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>19)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Целиакия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В активной фазе с наличием антител к тканевой трансглютаминазе, подтвержденный гистологически или генетически</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Панкреатин, таблетка, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>20)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ихтиоз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бепантен (декспантенол), мазь, крем</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="14"/>
+              <w:t>21)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Острый миелобластный лейкоз, М3 клеточный вариант</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с неполным ответом на традиционную терапию </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Третиноин, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="15"/>
+              <w:t>22)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атопический дерматит </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 с неполным ответом на традиционную терапию </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дупилумаб, раствор для инъекций </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>23)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эпилепсия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="16"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лакосамид, таблетка, покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7219,114 +8952,140 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...62 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Этосуксимид, сироп, капли</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -7361,740 +9120,942 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руфинамид, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="17"/>
+              <w:t>24)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Первичный иммунодефицит</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Интерферон гамма, лиофилизат для приготовления раствора для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>25)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Идиопатическая тромбоцитопе-ническая пурпура</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие противопоказаний к проведению спленэктомии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ромиплостим, порошок для приготовления раствора для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...37 lines deleted...]
-            </w:r>
+              <w:t>26)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заболевания спектра оптиконевро-миелита</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="18"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ритуксимаб, концентрат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...37 lines deleted...]
-            </w:r>
+              <w:t>27)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Системная склеродермия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8129,220 +10090,276 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>28)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассеянный склероз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="19"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кладрибин, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8377,65 +10394,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сипонимод, таблетка, покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8470,350 +10500,438 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Офатумумаб, раствор для подкожного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...37 lines deleted...]
-            </w:r>
+              <w:t>29)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спастическая кривошея</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="20"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ботулинический токсин, лиофилизат для приготовления раствора для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...37 lines deleted...]
-            </w:r>
+              <w:t>30)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спастический церебральный паралич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8847,1001 +10965,1285 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>31)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Болезнь Помпе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алглюкозидаза альфа, порошок для приготовления концентрата для инфузий </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="21"/>
+              <w:t>32)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наследственный ангионевроти-ческий отек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ингибитор С1-эстеразы человеческий, лиофилизат для приготовления раствора для инъекций </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="22"/>
+              <w:t>33)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Хроническая воспалительная демиелинизи-рующая полинейропатия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иммуноглобулин, раствор для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>34)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Боковой амиотрофиче-ский склероз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рилузол, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>35)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бронхиальная астма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="23"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Омализумаб, порошок для приготовления раствора для инъекций в комплекте с растворителем</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9876,274 +12278,343 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тезепелумаб, раствор для подкожного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>36)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Множественная миелома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="24"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иксазомиб, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10178,274 +12649,343 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Помалидомид, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>37)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рак легкого </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="25"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бригатиниб, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10480,65 +13020,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атезолизумаб, концентрат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10573,65 +13126,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Амивантамаб, порошок для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10666,254 +13232,325 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алектениб, капсула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>38)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Врожденная дисфункция коры надпочечников</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гидрокортизон, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10948,65 +13585,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гидрокортизон, лиофилизат для приготовления раствора для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -11041,274 +13691,343 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Флудрокортизон, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>39)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Псориатриче-ский артрит</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="26"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Этанерцепт, раствор для подкожного введения/порошок, лиофилизированный для приготовления раствора для инъекций </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -11343,254 +14062,325 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Секукинумаб, раствор для подкожного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>40)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Болезнь Виллебранда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае индивидуальной непереносимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фанди (фактор свертывания крови VIII с фактором Виллебранда), лиофилизат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -11625,1862 +14415,2387 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вилате (фактор свертывания крови VIII с фактором Виллебранда) лиофилизат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="27"/>
+              <w:t>41)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Порфирия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гемин, аргинат гема, концентрат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>42)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наследственные дефициты факторов свертывания крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае индивидуальной непереносимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нувик (фактор свертывания крови VIII, рекомбинантный), порошок для приготовления раствора для внутривенного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="28"/>
+              <w:t>43)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Системная красная волчанка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Белимумаб, лиофилизат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="29"/>
+              <w:t>44)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аутоимунный гепатит</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Азатиоприн, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>45)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Болезнь Крона</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае индивидуальной непереносимости</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салофальк (месалазин), суппозитория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>46)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Хроническая почечная недостаточность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пациенты с высоким уровнем паратгормона, находящиеся на перитонеальном диализе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цинакальцет, таблетка покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...112 lines deleted...]
-          <w:bookmarkEnd w:id="30"/>
+              <w:t>47)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Псориаз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гуселькумаб, раствор для подкожного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>48)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прегравидарная подготовка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фолиевая кислота, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>49)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контрацепция</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="31"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Женщины с тяжелыми экстрагенитальными заболеваниями,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>женщины с абсолютными противопоказаниями к беременности,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 социально уязвимая группа риска из всех женщин фертильного возраста</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все стадии и степени тяжести </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дроспиренон и этинилэстрадиол, таблетка, драже</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -13515,65 +16830,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Левоноргестрел и этинилэстрадиол, таблетка, драже</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -13608,551 +16936,720 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Левоноргестрел, таблетка, драже</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атипичный гемолитико-уремический синдром</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экулизумаб, концентрат для приготовления раствора для инфузий </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Язвенный колит</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ведолизумаб, порошок для приготовления концентрата для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>52)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Болезнь Крона </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -14174,434 +17671,564 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>53)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нейрофиброматоз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Селуметиниб, капсулы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>54)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Миастения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В активной фазе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с неполным ответом на традиционную терапию</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Метилпреднизолон, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -14636,65 +18263,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Преднизолон, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -14729,65 +18369,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Азатиоприн, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -14822,925 +18475,1234 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микофеноловая кислота, капсула, таблетка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...157 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>55)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Изосерологиче-ская несовместимость крови матери и плода</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все стадии и степени тяжести </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анти-Д иммуноглобулин, раствор для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...157 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>56)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Синдром Прадера – Вилли*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все стадии и степени тяжести </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Соматропин, раствор для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>*после включения в клинический протокол диагностики и лечения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...157 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>57)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Болезнь Стилла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Канакинумаб, раствор для инъекций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.Медицинские изделия в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стеноз гортани</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Носители трахеостомической трубки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трахеостомическая трубка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -15775,65 +19737,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аспирационный катетер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -15868,65 +19843,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тепловлагообменник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -15961,65 +19949,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гастростома, набор для интродукции гастростомы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -16054,254 +20055,325 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шприц тип Жане</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Хроническая сердечная недостаточность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Взрослые, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Имплантация вспомогательных устройств, искусственного сердца и трансплантация сердца </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адгезивная стерильная повязка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -16336,302 +20408,371 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стерильная пленочная повязка </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контрацепция</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="32"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Женщины с тяжелыми экстрагенитальными заболеваниями,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>женщины с абсолютными противопоказаниями к беременности,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 социально уязвимая группа риска из всех женщин фертильного возраста</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все стадии и степени тяжести </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Презерватив</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -16666,65 +20807,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Внутриматочная гормональная система (левоноргестрел)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -16759,439 +20913,568 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Внутриматочная спираль</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Белково-энергетическая недостаточность </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети до 18 лет, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>III степень</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гастростома, набор для интродукции гастростомы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повязка мазевая с серебром</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17226,65 +21509,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повязка без фармпрепаратов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17319,65 +21615,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Влажные, гигиенические салфетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17412,65 +21721,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повязка стерильная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17505,65 +21827,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повязка абсорбирующая, стерильная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17598,65 +21933,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повязка абсорбирующая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17691,65 +22039,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пластырь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17784,65 +22145,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гидротюль, гидроактивная мазевая повязка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17877,65 +22251,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повязка мазевая с перуанским бальзамом</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -17970,65 +22357,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стерильные салфетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18063,65 +22463,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бинт фиксирующий, эластичный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18156,65 +22569,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фиксирующий бинт</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18249,65 +22675,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сетчатый трубчатый бинт</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18342,65 +22781,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бинт ватный, мягкий, нестерильный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18435,65 +22887,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стерильная повязка на основе хлорамфеникола</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18528,65 +22993,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перчатки эластичные для защиты и фиксации повязок</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18621,296 +23099,380 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эпадерм мазь, крем</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.Специализированные лечебные продукты в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Целиакия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...49 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В активной фазе с наличием антител к тканевой трансглютаминазе, подтвержденный гистологически или генетически</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Смесь безглютеновая для выпечки хлеба</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -18945,65 +23507,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Универсальная смесь безглютеновая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -19038,65 +23613,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Макаронные изделия безглютеновые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -19131,65 +23719,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Томатный соус без глютена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -19224,65 +23825,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Печенье безглютеновое</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -19317,65 +23931,78 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вафли безглютеновые </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -19410,1293 +24037,1693 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Конфеты безглютеновые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стеноз гортани</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Носители трахеостомической трубки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Смесь для энтерального питания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Муковисцидоз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все категории граждан, состоящие на диспансерном учете </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Смесь для энтерального питания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Смесь для энтерального питания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...145 lines deleted...]
-            </w:r>
+              <w:t>5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нарушение обмена жирных кислот </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все категории граждан, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Смесь с низким содержанием длинноцепочечных триглициридов и с высоким содержанием среднецепочечных триглециридов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...148 lines deleted...]
-          <w:bookmarkEnd w:id="33"/>
+              <w:t>6)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Эпилепсия, церебральный паралич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети до 18 лет, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Носители гастростомы с псевдобульбарным синдромом</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сухая смесь на основе аминокислот,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 смесь для энтерального питания</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...148 lines deleted...]
-          <w:bookmarkEnd w:id="34"/>
+              <w:t>7)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Белково-энергетическая недостаточность </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дети до 18 лет, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>III степень</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сухая смесь на основе аминокислот,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 смесь для энтерального питания</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>* - после включения в клинический протокол диагностики и лечения медуллярного рака щитовидной железы на амбулаторный уровень лечения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      * - после включения в клинический протокол диагностики и лечения медуллярного рака щитовидной железы на амбулаторный уровень лечения.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21018,35 +26045,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>