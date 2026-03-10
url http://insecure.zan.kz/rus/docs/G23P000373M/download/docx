--- v0 (2025-11-14)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d31be85" w14:textId="d31be85">
+    <w:p w14:paraId="103078a" w14:textId="103078a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,114 +132,166 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О правовых актах", с </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Законом Республики Казахстан "О правовых актах", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 49 Закона Республики Казахстан "О государственном аудите и финансовом контроле" и нормативным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Высшей аудиторской палаты Республики Казахстан от 24 февраля 2023 года № 8-НҚ "О внесении изменений и дополнений в некоторые нормативные постановления Cчетного комитета по контролю за исполнением республиканского бюджета", Павлодарский областной маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> Счетного комитета по контролю за исполнением республиканского бюджета от 28 ноября 2015 года № 11-НҚ "Об утверждении Типового положения о ревизионных комиссиях областей, городов республиканского значения, столицы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12514), Павлодарский областной маслихат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Павлодарского областного маслихата от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 225/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемое Положение о государственном учреждении "Ревизионная комиссия по Павлодарской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -555,102 +607,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "27" июня 2023 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 37/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о государственном учреждении "Ревизионная комиссия по Павлодарской области"</w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Положение о ревизионной комиссии по Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Положение - в редакции решения Павлодарского областного маслихата от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 225/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ревизионная комиссия по Павлодарской области (далее – Ревизионная комиссия) является государственным органом, осуществляющим внешний государственный аудит и финансовый контроль за исполнением местного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -712,249 +786,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ревизионная комиссия имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Ревизионная комиссия в пределах своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами Председателя Ревизионной комиссии и постановлениями Ревизионной комиссии.</w:t>
+      6. Ревизионная комиссия по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами Председателя Ревизионной комиссии и постановлениями Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структуру Ревизионной комиссии образуют Председатель, четыре члена и аппарат Ревизионной комиссии. Лимит штатной численности Ревизионной комиссии утверждается Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Юридический адрес Ревизионной комиссии: 140000, Республика Казахстан, Павлодарская область, город Павлодар, площадь Победы , 5А.</w:t>
-[...161 lines deleted...]
-      15. Основные задачи Ревизионной комиссии:</w:t>
+      8. Юридический адрес Ревизионной комиссии: 140000, Павлодарская область, г. Павлодар, улица Площадь Победы, 5А</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Положение о Ревизионной комиссии утверждается маслихатом Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Ревизионной комиссии осуществляется за счет средств местного бюджета соответствующей административно-территориальной единицы в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ревизионной комиссии запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если законодательными актами Республики Казахстан Ревизионной комиссии предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Ревизионной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи Ревизионной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление внешнего государственного аудита и финансового контроля на местном уровне за исполнением местных бюджетов, использованием активов государства и субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -982,51 +1020,699 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) анализ и оценка исполнения местных бюджетов, реализации планов развития области и бюджетных программ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Ревизионная комиссия в пределах Павлодарской области осуществляет следующие функции:</w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивает и получает от местного исполнительного органа области, района (города областного значения), государственных органов, физических и юридических лиц сведения о составе и форматах данных ведомственных информационных систем, а также документацию (информацию), необходимые для формирования перечня объектов государственного аудита на соответствующий год и осуществления государственного аудита, подготовки отчетов об исполнении бюджета, с учетом соблюдения режима секретности, служебной, коммерческой или иной охраняемой законом тайны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выносит обязательные для исполнения всеми государственными органами, организациями и должностными лицами предписания об устранении выявленных нарушений и рассмотрении ответственности должностных лиц, их допустивших;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получает в соответствии с законодательством Республики Казахстан доступ к государственным и иным информационным системам, необходимым для проведения государственного аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получает информацию государственных органов и организаций об исполнении рекомендаций и предписаний, с приложением подтверждающих документов в установленные постановлением или предписанием сроки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заслушивает соответствующую информацию должностных лиц объектов государственного аудита по вопросам, связанным с проведением внешнего государственного аудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит по итогам государственного аудита предложения о привлечении должностных лиц к дисциплинарной ответственности лицам их назначившим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит в маслихат Павлодарский области, района (города областного значения) (далее – маслихат) предложения по выявленным фактам несоблюдения должностными лицами нормативных правовых актов Республики Казахстан, а также по результатам аудита эффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет экспертно-аналитическую деятельность в отношении областного бюджета, на территории которых они функционируют, а также бюджетов районов (городов областного значения), созданных на соответствующей административно-территориальной единице;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      возбуждает производства по делу об административном правонарушении в пределах компетенции, предусмотренной законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает дела об административных правонарушениях, составляет по ним протокола и налагает административные взыскания в порядке, предусмотренном законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает участие в проведении совместных или параллельных проверках с Высшей аудиторской палатой Республики Казахстан (далее – Высшая аудиторская палата) и другими государственными органами по согласованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекает для проведения государственного аудита соответствующих специалистов государственных органов (по согласованию с ними), а также при необходимости аудиторские организации, экспертов с оплатой их услуг в пределах выделенных из бюджета средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утверждает аудиторское заключение, составленное на основании аудиторских отчетов и (или) аудиторских отчетов по финансовой отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает постановления Ревизионной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает меры по устранению выявленных (выявляемых) в ходе аудиторского мероприятия и экспертно-аналитических мероприятий нарушений и недостатков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      передает материалы в правоохранительные органы или органы, уполномоченные возбуждать и (или) рассматривать дела об административных правонарушениях, с приложением аудиторских доказательств, в случаях выявления в действиях должностных лиц объекта государственного аудита признаков уголовных или административных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предъявляет иск в суд в целях обеспечения возмещения в бюджет, восстановления путем выполнения работ, оказания услуг, поставки товаров и (или) отражения и (или) уменьшению по учету выявленных сумм нарушений, не возмещенных (не восстановленных) в добровольном порядке, и исполнения предписания Ревизионной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      признает результаты государственного аудита, проведенного другими органами государственного аудита и финансового контроля, если они не признаны Высшей аудиторской палатой не соответствующими стандартам государственного аудита и финансового контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сокращает объем государственного аудита в случаях признания результатов государственного аудита, приняв за основу материалы государственного аудита, проведенного другими органами государственного аудита и финансового контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет регистрацию аудиторских мероприятий и проверок в уполномоченном органе по правовой статистике и специальным учетам в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещает утвержденные перечни объектов государственного аудита на соответствующий год и изменения к ним, за исключением сведений, составляющих государственные секреты в соответствии с законодательством Республики Казахстан о государственных секретах, и (или) сведений, содержащих служебную информацию ограниченного распространения, определенную Правительством Республики Казахстан, в течение пяти календарных дней со дня их утверждения на интернет-ресурсе Ревизионной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещает для формирования перечня объектов государственного аудита материалы государственного аудита и финансового контроля, отчетность в единой базе данных по государственному аудиту и финансовому контролю, а также в согласованные сроки осуществляет обмен информацией о перечнях объектов государственного аудита на соответствующий год до их утверждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласовывает перечни объектов государственного аудита на соответствующий год и изменения к ним с органами государственного аудита и финансового контроля в целях исключения дублирования проверок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направляет постановления и предписания руководителям государственных органов и организаций для рассмотрения и исполнения в указанные в них сроки или, если срок не указан, в течение тридцати календарных дней со дня их получения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет на системной основе мониторинг исполнения данных ими в аудиторском заключении рекомендаций и направленных для обязательного исполнения предписаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализирует систематически итоги проводимых аудиторских мероприятий, обобщает и исследует причины и последствия выявленных нарушений и недостатков в процессе исполнения бюджета, использования активов государства и субъектов квазигосударственного сектора, а также разрабатывает предложения по совершенствованию бюджетного законодательства и развитию финансовой системы Республики Казахстан и представляет их на рассмотрение соответствующим уполномоченным органам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает исполнение решений Координационного совета органов государственного аудита и финансового контроля и представление соответствующей информации в Высшую аудиторскую палату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставляет информацию об исполнении местного бюджета по запросу Высшей аудиторской палаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещает информацию о своей деятельности в средствах массовой информации с учетом обеспечения режима секретности, служебной, коммерческой или иной охраняемой законом тайны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает в пределах своей компетенции принятие мер по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает и учитывает при формировании перечня объектов государственного аудита на соответствующий год поручения Президента Республики Казахстан, уполномоченных им лиц Администрации Президента Республики Казахстан, запросы Высшей аудиторской палаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при формировании перечня объектов государственного аудита на соответствующий год анализирует предложения правоохранительных органов, специальных государственных органов, которые выносятся на обсуждение заседания Ревизионной комиссии для рассмотрения их целесообразности и актуальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Ревизионная комиссия в пределах Павлодарской области осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудит эффективности:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1036,105 +1722,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       планирования и исполнения местного бюджета в соответствии с принципами бюджетной системы Республики Казахстан с подготовкой отчета об исполнении местного бюджета за отчетный финансовый год, который по своему содержанию является заключением к соответствующему отчету местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      использования связанных грантов, бюджетных инвестиций, государственных и гарантированных государством займов, займов, привлекаемых под поручительство государства и активов государства;</w:t>
+      использования связанных грантов, бюджетных инвестиций, государственных и гарантированных государством займов, займов, привлекаемых под поручительство государства, и активов государства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       влияния деятельности местного исполнительного органа и субъектов квазигосударственного сектора на развитие экономики или отдельно взятой отрасли экономики, социальной и других сфер государственного управления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      реализации документов Системы государственного планирования в части исполнения соответствующего бюджета и использования активов государства, а по поручениям Президента Республики Казахстан также по иным направлениям;</w:t>
-[...17 lines deleted...]
-      обоснованности планирования, реализуемости и эффективности осуществления местными исполнительными органами и субъектами квазигосударственного сектора закупок товаров, работ, услуг;</w:t>
+      реализации документов Системы государственного планирования Республики Казахстан в части исполнения соответствующего бюджета и использования активов государства, а по поручениям Президента Республики Казахстан также по иным направлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обоснованности планирования, реализуемости и эффективности осуществления местным исполнительным органом и субъектами квазигосударственного сектора закупок товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ценообразования, включая оценку разницы между размером выделенных (затраченных) местных финансовых ресурсов на приобретение товаров, работ, услуг и рыночной стоимостью приобретенных товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1179,52 +1865,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       договоров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      в сфере охраны окружающей среды;</w:t>
+        <w:t xml:space="preserve">
+      в сфере охраны окружающей среды; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в сфере информационных технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1270,51 +1956,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       достоверности и правильности ведения объектами государственного аудита бухгалтерского учета и составления финансовой отчетности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      выполнения местными исполнительными органами и субъектами квазигосударственного сектора условий договоров;</w:t>
+      выполнения местным исполнительным органом и субъектами квазигосударственного сектора условий договоров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полноты и своевременности поступлений в местный бюджет, взимания поступлений в бюджет, а также правильности возврата, зачета ошибочно (излишне) оплаченных сумм из местного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1324,735 +2010,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использования средств местного бюджета, в том числе выделенных из вышестоящего в нижестоящий бюджет в виде целевых трансфертов и кредитов, связанных грантов, государственных и гарантированных государством займов, а также займов, привлекаемых под поручительство государства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      использования субъектами квазигосударственного сектора выделенных им средств местного бюджета на соответствие финансово-экономическому обоснованию;</w:t>
-[...683 lines deleted...]
-      22. Полномочия Председателя Ревизионной комиссии:</w:t>
+      использования субъектами квазигосударственного сектора выделенных им средств местного бюджета в соответствии с финансово-экономическим обоснованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудит консолидированной финансовой отчетности местного бюджета, аудит финансовой отчетности администраторов бюджетных программ и государственных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предварительная оценка проекта областного бюджета по основным направлениям его расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) текущая оценка исполнения соответствующего бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) последующая оценка путем подготовки заключения к отчету местного исполнительного органа области, района (города областного значения) об исполнении соответствующего бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия Председателя и членов Ревизионной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Ревизионной комиссии осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Ревизионную комиссию задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Председатель Ревизионной комиссии назначается на должность и освобождается от должности маслихатом по представлению Высшей аудиторской палаты и согласованию с Администрацией Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Члены ревизионной комиссии в соответствии с законодательством Республики Казахстан о государственной службе назначаются на должность сроком на пять лет и освобождаются от должности маслихатом по представлению Председателя ревизионной комиссии и согласованию с Высшей аудиторской палатой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия Председателя Ревизионной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет общее руководство и несет предусмотренную законами Республики Казахстан ответственность за выполнение возложенных на Ревизионную комиссию задач и функций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2098,51 +2262,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) представляет Ревизионную комиссию в иных государственных органах, организациях Республики Казахстан и за ее пределами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) утверждает структуру аппарата и штатное расписание Ревизионной комиссии в пределах утвержденной штатной численности и средств, предусмотренных в областном бюджете;</w:t>
+      5) утверждает структуру аппарата и штатное расписание Ревизионной комиссии в пределах утвержденной штатной численности и средств, предусмотренных в местном бюджете;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) назначает на должности и освобождает от должностей руководителя и работников аппарата Ревизионной комиссии в установленном законодательством порядке Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2152,123 +2316,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) поощряет работников Ревизионной комиссии и налагает дисциплинарные взыскания на них в установленном с законодательством о государственной службе порядке;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) в пределах своей компетенции издает приказы, дает указания, проверяет их исполнение, подписывает постановления и предписания, принятые на заседаниях Ревизионной комиссии;</w:t>
-[...35 lines deleted...]
-      10) дает поручения членам Ревизионной комиссии на проведение государственного аудита и (или) встречной, совместной и параллельной проверок;</w:t>
+      8) в пределах своей компетенции издает приказы, проверяет их исполнение, подписывает постановления и предписания, принятые на заседаниях Ревизионной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждает перечень объектов государственного аудита на соответствующий год Ревизионной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) дает поручения членам Ревизионной комиссии на проведение государственного аудита и (или) встречной, совместной и параллельной проверок; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) определяет состав государственных аудиторов Ревизионной комиссии, которые участвуют в проведении аудиторских мероприятий в пределах компетенции Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) определяет необходимость проведения контроля качества аудиторской, экспертно-аналитической деятельности Ревизионной комиссии на предмет соблюдения стандартов государственного аудита и финансового контроля, в том числе с доступом на объект государственного аудита;</w:t>
+      12) обеспечивает организацию контроля качества путем проведения регулярных проверок и (или) анализа документов, составляемых государственными аудиторами и иными должностными лицами в ходе своей деятельности, на предмет соответствия стандартам государственного аудита и финансового контроля;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) беспрепятственно знакомится с документацией, относящейся к вопросам государственного аудита за исполнением местного бюджета и использованием активов государства и субъектов квазигосударственного сектора, с учетом соблюдения режима секретности, коммерческой и иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2278,105 +2442,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) требует и получает в установленный им срок от объектов государственного аудита необходимые справки, устные и письменные объяснения по вопросам, связанным с проведением аудиторских мероприятий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) вносит на рассмотрение соответствующего маслихата предложения по кандидатурам членов Ревизионной комиссии при назначении, а также их освобождении;</w:t>
+      15) представляет маслихату кандидатуры на должность членов ревизионной комиссии для назначения, а также их освобождения по согласованию с Высшей аудиторской палатой;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) возлагает на одного из членов Ревизионной комиссии области обязанность по представлению годового отчета об исполнении бюджета района (города областного значения) в маслихат соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) вправе присутствовать на заседаниях акимата области, района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
-[...17 lines deleted...]
-      18) образовывает консультативно-совещательные и консультативно-экспертные органы при Председателе Ревизионной комиссии;</w:t>
+      17) вправе присутствовать на заседаниях акимата области и района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) образовывает консультативно-совещательные и консультативно-экспертные органы при Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) возлагает обязанности Председателя Ревизионной комиссии, в случае своего отсутствия в соответствие с действующим законодательством, на одного из членов Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2386,51 +2550,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Полномочия членов Ревизионной комиссии:</w:t>
+      20. Полномочия членов Ревизионной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организуют и осуществляют аудиторскую, экспертно-аналитическую, информационную и иную деятельность Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2530,141 +2694,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) дают в соответствии с утвержденным перечнем объектов государственного аудита на соответствующий год поручения работникам аппарата Ревизионной комиссии на проведение государственного аудита;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) вправе присутствовать на заседаниях акимата области, района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
+      8) вправе присутствовать на заседаниях акимата области и района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляют иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Председателю и членам Ревизионной комиссии выдаются удостоверения, подписываемые секретарем маслихата области.</w:t>
-[...53 lines deleted...]
-      1) принятия решения маслихатом об увольнении;</w:t>
+      21. Ревизионная комиссия извещает за тридцать календарных дней маслихат о предстоящем истечении срока полномочий Председателя и членов Ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Председатель и члены Ревизионной комиссии досрочно освобождаются от должности вследствие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принятия решения маслихатом об освобождении от должности в соответствии с пунктами 2 и 3 статьи 47 Закона Республики Казахстан "О государственном аудите и финансовом контроле" (далее – Закон);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вступления в отношении их в законную силу обвинительного приговора суда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2746,159 +2892,177 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) выезда на постоянное местожительство за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) назначения на другую должность.</w:t>
-[...17 lines deleted...]
-      27. В случае досрочного прекращения полномочий Председателя и члена Ревизионной комиссии в виде подачи заявления об увольнении, Председатель и член Ревизионной комиссии обязаны письменно уведомить маслихат не позднее чем за один месяц до подачи соответствующего заявления об увольнении.</w:t>
+      8) назначения на другую должность;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Проведение аудиторских мероприятий, а также информационно-аналитическая, правовая, консультативная, организационная и иная деятельность Ревизионной комиссии обеспечивается аппаратом Ревизионной комиссии. Аппарат Ревизионной комиссии состоит из должностных лиц, являющихся административными государственными служащими, возглавляется руководителем аппарата, назначаемым Председателем Ревизионной комиссии. </w:t>
-[...71 lines deleted...]
-      32. При осуществлении своей деятельности Ревизионная комиссия независима от объекта государственного аудита. Независимость Ревизионной комиссии обеспечивается недопустимостью:</w:t>
+      9) иных оснований, предусмотренных законами Республики Казахстан и актами Президента Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В случае досрочного прекращения полномочий Председателя и члена Ревизионной комиссии в виде подачи заявления об увольнении, Председатель и член Ревизионной комиссии письменно уведомляет маслихат и Высшую аудиторскую палату не позднее чем за один месяц до подачи соответствующего заявления об увольнении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Проведение аудиторских мероприятий, а также информационно-аналитическая, правовая, консультативная, организационная и иная деятельность Ревизионной комиссии обеспечивается аппаратом Ревизионной комиссии. Аппарат Ревизионной комиссии состоит из должностных лиц, являющихся административными государственными служащими, возглавляется руководителем аппарата, назначаемым Председателем Ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Права, обязанности и ответственность работников аппарата, а также условия прохождения ими государственной службы определяются законодательством о государственной службе, трудовым законодательством, законодательством о государственном аудите и финансовом контроле и настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Переподготовка и повышение квалификации работников аппарата Ревизионной комиссии осуществляются в соответствии со статьей 39 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Деятельность Ревизионной комиссии осуществляется в соответствии с перечнем объектов государственного аудита на соответствующий год, утверждаемым Председателем Ревизионной комиссии. Не допускается внесение изменений в перечень объектов государственного аудита на соответствующий год Ревизионной комиссии, за исключением поручений Президента Республики Казахстан, запросов Высшей аудиторской палаты, основанных на поручениях Администрации Президента Республики Казахстан, решений соответствующих маслихатов и инициативы Председателя Ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. При осуществлении своей деятельности Ревизионная комиссия независима от объекта государственного аудита. Независимость Ревизионной комиссии обеспечивается недопустимостью:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) неправомерного вмешательства государственных органов и иных организаций в деятельность Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2908,303 +3072,303 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) привлечения государственных аудиторов и иных должностных лиц Ревизионной комиссии по запросам государственных органов для проведения проверок, не предусмотренных в перечне объектов государственного аудита на соответствующий год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Государственный контроль и надзор использования Ревизионной комиссией средств местного бюджета осуществляется с согласия или по поручению маслихата области.</w:t>
-[...251 lines deleted...]
-      45. Реорганизация и упразднение Ревизионной комиссии осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      29. Государственный контроль и надзор использования Ревизионной комиссией средств местного бюджета осуществляется с согласия или по поручению маслихата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Принятие решений Ревизионной комиссии осуществляется коллегиально на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. На заседании Ревизионной комиссии рассматриваются итоги государственного аудита, вопросы планирования, методологии, иные вопросы, требующие коллегиального решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Решения Ревизионной комиссии принимаются большинством голосов от общего числа состава Ревизионной комиссии, присутствующего на заседании. В случае равенства голосов принятым считается решение, за которое проголосовал председательствующий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Порядок проведения заседаний Ревизионной комиссии, вопросы организации работы определяются регламентом Ревизионной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Ежегодно Ревизионной комиссией составляется и представляется на рассмотрение маслихата отчет об исполнении местного бюджета за отчетный финансовый год по форме и структуре, определенной процедурным стандартом внешнего государственного аудита и финансового контроля по представлению ревизионными комиссиями отчета об исполнении местного бюджета маслихатам, утвержденным нормативным постановлением Счетного комитета по контролю за исполнением республиканского бюджета от 31 марта 2016 года № 5-НҚ (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 13647).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Ревизионной комиссией ежеквартально представляется информация Высшей аудиторской палате о своей работе за отчетный период по форме и структуре, определяемых процедурным стандартом внешнего государственного аудита и финансового контроля по предоставлению ревизионными комиссиями информации о своей работе, утвержденным нормативным постановлением Счетного комитета по контролю за исполнением республиканского бюджета от 31 марта 2016 года № 5-НҚ (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 13647).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Ревизионной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Ревизионная комиссия может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Имущество Ревизионной комиссии формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и из иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Имущество, закрепленное за Ревизионной комиссией, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Ревизионная комиссия не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Материально-техническое и медицинское обеспечение, а также транспортное обслуживание Председателя, членов и работников аппарата Ревизионной комиссии осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Ревизионной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Реорганизация и упразднение Ревизионной комиссии осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -3212,55 +3376,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>