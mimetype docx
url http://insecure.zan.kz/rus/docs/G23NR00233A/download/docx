--- v0 (2025-10-17)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df3f4c2" w14:textId="df3f4c2">
+    <w:p w14:paraId="6d50b9e" w14:textId="6d50b9e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -15742,1646 +15742,1851 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z610" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел занятости и социальных программ акимата района Беимбета Майлина"</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Положение о государственном учреждении "Отдел занятости и социальных программ акимата района Беимбета Майлина"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z611" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 8 в редакции постановления акимата района Беимбета Майлина Костанайской области от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z612" w:id="567"/>
-[...15 lines deleted...]
-      1. Государственное учреждение "Отдел занятости и социальных программ акимата района Беимбета Майлина" (далее – ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина") является государственным органом Республики Казахстан, осуществляющим руководство в сфере занятости, социальной защиты населения, предоставления специальных социальных услуг для престарелых, лиц с инвалидностью, в том числе детей с инвалидностью, дневного ухода на дому.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Отдел занятости и социальных программ акимата района Беимбета Майлина" (далее – Отдел) является государственным органом Республики Казахстан, осуществляющим руководство в сфере занятости, социальной защиты населения, предоставления специальных социальных услуг для престарелых, лиц с инвалидностью, в том числе детей с инвалидностью, дневного ухода на дому.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z613" w:id="568"/>
+    <w:bookmarkStart w:name="z26" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отдел имеет подведомственное учреждение: коммунальное государственное учреждение "Центр оказания специальных социальных услуг отдела занятости и социальных программ акимата района Беимбета Майлина".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z27" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина" осуществляет свою деятельность в соответствии с </w:t>
+      3. Отдел осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
-[...39 lines deleted...]
-      3. ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z615" w:id="570"/>
-[...15 lines deleted...]
-      4. ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина" имеет право вступать в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отдел является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z616" w:id="571"/>
-[...15 lines deleted...]
-      5. ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Отдел имеет право вступать в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z617" w:id="572"/>
-[...15 lines deleted...]
-      6. ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя ГУ "Отдел занятости и социальных программ акимата района Беимбета Майлина" и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z618" w:id="573"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности государственного учреждения "Отдел занятости и социальных программ акимата района Беимбета Майлина" утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Отдела и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z619" w:id="574"/>
-[...15 lines deleted...]
-      8. Местонахождение юридического лица: 111700, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Әйет, улица Тәуелсіздік, 87.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности Отдела утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z620" w:id="575"/>
+    <w:bookmarkStart w:name="z33" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111700, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Әйет, улица Тәуелсіздік, 87.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z34" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее положение является учредительным документом Отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z35" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Отдела осуществляется из средств республиканского и местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z36" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z37" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Отделу законодательными актами предоставлено право осуществлять, приносящую доходы в деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z38" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z39" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z40" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Координация и организация оказания социальной помощи социально уязвимым слоям населения в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z41" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Реализация государственных программ содействия занятости и социальной защиты населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z42" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Защита прав граждан и их интересов, государственных гарантий, предусмотренных действующим законодательством по вопросам занятости и социальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z43" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z44" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z45" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z46" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      издавать в пределах своей компетенции приказы, прочие акты, обязательные для исполнения подведомственным учреждением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z47" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции запрашивать и получать в установленном порядке от государственных органов и других организаций необходимые сведения, материалы и документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z48" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      планировать свою основную деятельность и определять развитие сферы занятости и социальной защиты населения по согласованию с местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z49" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z50" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представлять местный исполнительный орган по вопросам занятости и социальной защиты населения, в государственных органах и организациях, согласно настоящему Положению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z51" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Настоящее </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z623" w:id="578"/>
+      соблюдать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законы Республики Казахстан, акты Президента и Правительства Республики Казахстан, иные нормативные правовые акты, а также настоящее Положение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z52" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышать качество и доступность предоставления стандартов государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z53" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные права в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z54" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z55" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координация деятельности подведомственного коммунального государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z56" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработка проектов нормативно-правовых актов, обеспечение их принятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z57" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участие в разработке региональных программ, направленных на стабилизацию и повышение уровня жизни населения, анализ их выполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z58" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) прогнозирование потребности бюджетных средств и реализация социальных программ в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z59" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) реализация государственной социальной политики в сфере предоставления специальных социальных услуг, оказания адресной социальной помощи населению и мер по снижению бедности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z60" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подготовка и представление статистической, ведомственной отчетности, осуществление мониторинга ведения автоматизированных информационных систем в пределах компетенции Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z61" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) формирование бюджетной заявки на текущий год, индикативного плана развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z62" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение проведения государственных закупок в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z63" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) назначение и выплата жилищной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z64" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) назначение и выплата иных видов социальной помощи, предусмотренной законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z65" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) материальное обеспечение детей-инвалидов, воспитывающихся и обучающихся на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z66" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обеспечение нуждающихся лиц с инвалидностью протезно-ортопедическими, сурдотехническими и тифлотехническими средствами, специальными средствами передвижения, обязательными гигиеническими средствами, а также предоставление услуг санаторно-курортного лечения, специалиста жестового языка, индивидуальных помощников в соответствии с индивидуальной программой реабилитации инвалида</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z67" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обеспечение прав и улучшение качества жизни лиц с инвалидностью в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z68" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) прием и консультирование физических лиц и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z69" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) рассмотрение обращений физических и юридических лиц и принятие необходимых мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z70" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) взаимодействие с некоммерческими (неправительственными) организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z71" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осуществление функций по опеке и попечительству в отношении совершеннолетних недееспособных граждан в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z72" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) выдача, продление и отзыв разрешений трудовым иммигрантам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z73" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) реализация в пределах компетенции государственной политики в области занятости населения и мероприятий, обеспечивающие содействие занятости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z74" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) оформление документов на санаторно-курортное лечение участникам Великой Отечественной войны и лицам, приравненным к ним по льготам и гарантиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z75" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) контроль работы надомного обслуживания пожилых граждан и инвалидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z76" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) проведение анализа потребности населения в специальных социальных услугах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z77" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) взаимодействие с физическими и юридическими лицами и государственными органами по вопросам предоставления специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z78" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) контроль и содействие в исполнении социальной части индивидуальных программ реабилитации лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z79" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) вынесение решения о предоставлении специальных социальных услуг лицу (семье), находящемуся в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z80" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) реализация государственной политики в сфере предоставления специальных социальных услуг в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z81" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) осуществление функций рабочего органа специальной комиссии для установления стажа работы лицам, проработавшим не менее 6 месяцев в период с 22 июня 1941 года по 9 мая 1945 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z82" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) осуществление функций рабочего органа специальной комиссии для регистрации и учета граждан, пострадавших вследствие ядерных испытаний на Семипалатинском испытательном ядерном полигоне. Выдача удостоверений, подтверждающих право на льготы и компенсации пострадавшим вследствие ядерных испытаний на Семипалатинском испытательном ядерном полигоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z83" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) осуществление функций рабочего органа специальной комиссии по рассмотрению заявлений лиц (семьи), претендующих на оказание социальной помощи в связи с наступлением трудной жизненной ситуации, и вынесению заключений о необходимости оказания социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z84" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) участие в суде по уголовным и гражданским делам в отношении совершеннолетних граждан по вопросам опеки и попечительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z85" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) рассматривает обращения физических и юридических лиц, принимает по ним необходимые меры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z86" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) осуществление иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z87" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
-[...762 lines deleted...]
-    <w:bookmarkEnd w:id="616"/>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z88" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Отделом осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z89" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Отдела назначается на должность и освобождается от должности акимом района в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z90" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия первого руководителя Отдела:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z91" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует и руководит работой Отдела и несет персональную ответственность за выполнение возложенных задач и функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z92" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) назначает на должность и освобождает от должности работников в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z93" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает положения о структурных подразделениях, издает приказы и дает указания, обязательные для исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z94" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимает меры, направленные на противодействие коррупции в отделе и несет персональную ответственность за принятие ненадлежащих антикоррупционных мер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z95" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в установленном законодательством порядке решает вопросы поощрения, оказания материальной помощи, наложения дисциплинарных взысканий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z96" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) без доверенности действует от имени государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z97" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проводит личный прием граждан и представителей юридических лиц, рассматривает в установленные законодательством сроки обращения физических и юридических лиц, принимает по ним необходимые меры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z98" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) подписывает служебную документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z99" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z100" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий руководителя Отдел в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z101" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z665" w:id="617"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z102" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z103" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z104" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Имущество, закрепленное за Отделом относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z105" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z106" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
-[...414 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного учреждения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z107" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z108" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень организаций, находящихся в ведении Отдела:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z109" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальное государственное учреждение "Центр оказания специальных социальных услуг отдела занятости и социальных программ акимата района Беимбета Майлина".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17681,107 +17886,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z693" w:id="640"/>
+    <w:bookmarkStart w:name="z693" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел физической культуры и спорта акимата района Беимбета Майлина"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z694" w:id="641"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z694" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общее положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z695" w:id="642"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z695" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел физической культуры и спорта акимата района Беимбета Майлина" (далее – ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина") является государственным органом Республики Казахстан, осуществляющим руководство в сфере физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z696" w:id="643"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z696" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17796,1223 +18001,1223 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z697" w:id="644"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z697" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штамп со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z698" w:id="645"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z698" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z699" w:id="646"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z699" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z700" w:id="647"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z700" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z701" w:id="648"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z701" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности государственного учреждения "Отдел физической культуры и спорта акимата района Беимбета Майлина" утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z702" w:id="649"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z702" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 111700, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Әйет, улица Б.Майлина, 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z703" w:id="650"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z703" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z704" w:id="651"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z704" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Финансирование деятельности ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" осуществляется за счет средств местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z705" w:id="652"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z705" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z706" w:id="653"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z706" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z707" w:id="654"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z707" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z708" w:id="655"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z708" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z709" w:id="656"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z709" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение, реализация государственной политики в области физической культуры и спорта в соответствии с Законами Республики Казахстан, актами и поручениями Президента, Правительства Республики Казахстан, относящимися к компетенции ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z710" w:id="657"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z710" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление пропаганды физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z711" w:id="658"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z711" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) поддержка и стимулирование физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z712" w:id="659"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z712" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) создание и укрепление материально-технической базы физической культуры и спорта, развитие их инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z713" w:id="660"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z713" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z714" w:id="661"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z714" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z715" w:id="662"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z715" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - осуществлять свою деятельность во взаимодействии с другими органами исполнительной власти;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z716" w:id="663"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z716" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - запрашивать от государственных органов и должностных лиц, иных организаций и граждан информацию, необходимую для выполнения своих функций, привлекать работников государственных органов и иных организаций к участию в подготовке вопросов, относящихся к компетенции ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z717" w:id="664"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z717" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - оказывать организационно-методическую, информационную и иную помощь организациям района, в ведении которых находятся вопросы в сфере физической культуры и спорта, и иные вопросы, входящие в компетенцию ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z718" w:id="665"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z718" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - заключать договоры с юридическими лицами и гражданами, приобретать имущественные и личные неимущественные права, быть истцом и ответчиком в суде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z719" w:id="666"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z719" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z720" w:id="667"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z720" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - вносить предложения по проектам нормативно–правовых актов, принимаемых акимом и акиматом района по вопросам компетенции государственного учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z721" w:id="668"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z721" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - осуществлять иные права и обязанности в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z722" w:id="669"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z722" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z723" w:id="670"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z723" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализовывать единый региональный календарь спортивно-массовых мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z724" w:id="671"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z724" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводить соревнования по видам спорта на районном уровне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z725" w:id="672"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z725" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивать подготовку районных сборных команд по различным видам спорта и их выступления на соревнованиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z726" w:id="673"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z726" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) развивать массовые и национальные виды спорта на территории района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z727" w:id="674"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z727" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координировать деятельность физкультурно-спортивных организаций на территории района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z728" w:id="675"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z728" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оказывать государственную услугу: "Присвоение спортивных разрядов: спортсмен 2 разряда, спортсмен 3 разряда, спортсмен 1 юношеского разряда, спортсмен 2 юношеского разряда, спортсмен 3 юношеского разряда и квалификационных категорий тренер высшего уровня квалификации второй категории, тренер среднего уровня квалификации второй категории, методист высшего уровня квалификации второй категории, методист среднего уровня квалификации второй категории, инструктор-спортсмен высшего уровня квалификации второй категории, спортивный судья";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z729" w:id="676"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z729" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечивать доступность стандарта государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z730" w:id="677"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z730" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) обеспечивать информированность услугополучателей о порядке оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z731" w:id="678"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z731" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществлять иные функции в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z732" w:id="679"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z732" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z733" w:id="680"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z733" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Руководство ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z734" w:id="681"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z734" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководитель ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" назначается на должность и освобождается от должности акимом района в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z735" w:id="682"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z735" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководитель ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" не имеет заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z736" w:id="683"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z736" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Полномочия руководителя ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z737" w:id="684"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z737" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z738" w:id="685"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z738" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принимает меры, направленные на противодействие коррупции в ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина", несет персональную ответственность за непринятие мер по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z739" w:id="686"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z739" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организует и руководит работой ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" и несет персональную ответственность за выполнение возложенных задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z740" w:id="687"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z740" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z741" w:id="688"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z741" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z742" w:id="689"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z742" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в установленном законодательством порядке назначает и освобождает, налагает дисциплинарные взыскания и применяет меры поощрения на сотрудников ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z743" w:id="690"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z743" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет личный прием физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z744" w:id="691"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z744" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) контролирует исполнение в ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" в соответствии с действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z745" w:id="692"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z745" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные функции, возложенные на него законодательством Республики Казахстан, настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z746" w:id="693"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z746" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий руководителя ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z747" w:id="694"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z747" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Режим работы ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" устанавливается в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z748" w:id="695"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z748" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z749" w:id="696"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z749" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z750" w:id="697"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z750" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z751" w:id="698"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z751" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина", относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z752" w:id="699"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z752" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z753" w:id="700"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z753" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z754" w:id="701"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z754" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение ГУ "Отдел физической культуры и спорта акимата района Беимбета Майлина" осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkEnd w:id="713"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19312,107 +19517,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z760" w:id="702"/>
+    <w:bookmarkStart w:name="z760" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о государственном учреждении "Отдел экономики и финансов акимата района Беимбета Майлина"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z761" w:id="703"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z761" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z762" w:id="704"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z762" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел экономики и финансов акимата района Беимбета Майлина" (далее – ГУ "Отдел экономики и финансов акимата района Беимбета Майлина") является государственным органом Республики Казахстан, осуществляющим руководство в сферах формирования и развития экономической политики, бюджетного планирования, исполнения бюджета, управления коммунальным имуществом района и осуществления государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z763" w:id="705"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z763" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19427,970 +19632,970 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z764" w:id="706"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z764" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z765" w:id="707"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z765" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z766" w:id="708"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z766" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z767" w:id="709"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z767" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z768" w:id="710"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z768" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности государственного учреждения "Отдел экономики и финансов акимата района Беимбета Майлина" утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z769" w:id="711"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z769" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 111700, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Әйет, улица Тәуелсіздік, 53.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z770" w:id="712"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z770" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом ГУ "Отдел экономики и финансов акимата района Беимбета Майлина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z771" w:id="713"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z771" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Финансирование деятельности ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z772" w:id="714"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z772" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями ГУ "Отдел экономики и финансов акимата района Беимбета Майлина"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z773" w:id="715"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z773" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z774" w:id="716"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z774" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z775" w:id="717"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z775" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z776" w:id="718"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z776" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация государственной политики в сфере экономики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z777" w:id="719"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z777" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализация государственной политики в сфере бюджетного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z778" w:id="720"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z778" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реализация государственной политики в сфере регионального развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z779" w:id="721"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z779" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реализация государственной политики в сфере управления коммунальным имуществом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z780" w:id="722"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z780" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) полное и своевременное исполнение бюджета по поступлениям и расходам в разрезе бюджетных программ в пределах сумм, утвержденных решениями маслихата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z781" w:id="723"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z781" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) реализация государственной политики в сфере государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z782" w:id="724"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z782" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z783" w:id="725"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z783" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z784" w:id="726"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z784" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать в установленном порядке от учреждений, предприятий и организаций, расположенных на территории района, независимо от их ведомственной принадлежности и формы собственности, аппаратов акимов сельских округов информацию, необходимую для выполнения возложенных задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z785" w:id="727"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z785" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участвовать в разработке нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z786" w:id="728"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z786" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вносить в акимат района предложения по основным направлениям социально-экономической политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z787" w:id="729"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z787" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по решению местного исполнительного органа приостанавливать осуществление платежей по бюджетным программам (подпрограммам), по которым намечается секвестр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z788" w:id="730"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z788" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) привлекать для изучения дел и оказания методической помощи специалистов других отделов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z789" w:id="731"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z789" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) вырабатывать предложения по внесению изменений и дополнений в Реестр государственных услуг, оказываемых физическим лицам, в части государственных услуги, входящей в компетенцию ГУ "Отдел экономики и финансов акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z790" w:id="732"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z790" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществлять защиту прав и законных интересов государственного учреждения "Отдел экономики и финансов акимата района Беимбета Майлина" в судебных органах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z791" w:id="733"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z791" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z792" w:id="734"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z792" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции подготавливать и представлять государственным органам информационно-аналитические материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z793" w:id="735"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z793" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивать доступность и качество предоставляемой государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z794" w:id="736"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z794" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществлять свою деятельность в соответствии с нормами действующего законодательств Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z795" w:id="737"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z795" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z796" w:id="738"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z796" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработка программы развития территории района Беимбета Майлина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z797" w:id="739"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z797" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение мониторинга программы развития территории района Беимбета Майлина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z798" w:id="740"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z798" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказание государственной услуги "Предоставление мер социальной поддержки специалистам в области здравоохранения, образования, социального обеспечения, культуры, спорта и агропромышленного комплекса, государственным служащим аппаратов акимов сел, поселков, сельских округов, прибывшим для работы и проживания в сельские населенные пункты";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z799" w:id="741"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z799" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прогнозирование поступлений в местный бюджет с учетом прогноза социально-экономического развития области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z800" w:id="742"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z800" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) определение лимитов расходов администраторов бюджетных программ, лимитов на новые инициативы на основе прогнозных показателей социально-экономического развития области, приоритетных направлений расходования бюджетных средств, размера дефицита бюджета района на плановый период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z801" w:id="743"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z801" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) рассмотрение бюджетных заявок и бюджетных программ администраторов бюджетных программ на предмет их соответствия бюджетному законодательству, формирование заключения по бюджетным заявкам и проектам бюджетных программ и направление их на рассмотрение бюджетной комиссии акимата района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z802" w:id="744"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z802" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) составление проекта бюджета района на трехлетний период и внесение предложений по уточнению, корректировке бюджета на соответствующий финансовый год на рассмотрение бюджетной комиссии района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z803" w:id="745"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z803" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществление бюджетного мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z804" w:id="746"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z804" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) подготовка экономических заключений местных бюджетных инвестиционных проектов, а также проектов, планируемых к финансированию за счет целевых трансфертов на развитие и кредитов из республиканского бюджета, на основании заключения экономической экспертизы юридических лиц, определяемых местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z805" w:id="747"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z805" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) рассмотрение бюджетных инвестиционных проектов администраторов бюджетных программ и направление экономических заключений по ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z806" w:id="748"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z806" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществление экономической экспертизы бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц за счет средств местных бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z807" w:id="749"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z807" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) разработка нормативных правовых актов, регулирующих отношения в сфере управления районным коммунальным имуществом в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z808" w:id="750"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z808" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) предоставление районного коммунального имущества в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа, с правом последующего выкупа или правом последующей передачи в собственность субъектам малого предпринимательства на безвозмездной основе, если иное не предусмотрено законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z809" w:id="751"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z809" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) организация учета, хранения, оценки и дальнейшего использования районного коммунального имущества, обращенного (поступившего) в коммунальную собственность, признанного в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20405,510 +20610,510 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", бесхозяйным, перешедшего государству по праву наследования, а также выморочного имущества, находок, безнадзорных животных, безвозмездно перешедших в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", в коммунальную собственность, доли кладов, не содержащих вещей, относящихся к культурным ценностям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z810" w:id="752"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z810" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление контроля за выполнением доверительным управляющим обязательств по договору доверительного управления районным коммунальным имуществом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z811" w:id="753"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z811" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осуществление приватизации районного коммунального имущества, а также предприятий как имущественного комплекса, обеспечение оценки объекта приватизации, осуществление подготовки и заключения договоров купли-продажи объекта приватизации и контроля за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z812" w:id="754"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z812" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) осуществление контроля за выполнением субъектом малого предпринимательства условий договора имущественного найма (аренды) или доверительного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z813" w:id="755"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z813" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) изымание по согласованию с уполномоченным органом соответствующей отрасли закрепленное за государственным учреждением имущества либо перераспределение его между другими государственными юридическими лицами, если иное не установлено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z814" w:id="756"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z814" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) утверждение передаточного акта, подписываемого уполномоченными должностными лицами передающей и принимающей сторон, после принятия решения о передаче государственного имущества из одного уровня местного государственного управления коммунальным имуществом в другой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z815" w:id="757"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z815" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) выступает единым организатором государственных закупок, осуществляет организацию и проведение государственных закупок по перечню товаров, работ и услуг, определяемому уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z816" w:id="758"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z816" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) рассматривает задания, представленные заказчиком на организацию и проведение государственных закупок, содержащего документы, установленные Правилами осуществления государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z817" w:id="759"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z817" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) разрабатывает и утверждает конкурсную документацию на основании представленного заказчиком задания, содержащего документы, установленные Правилами осуществления государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z818" w:id="760"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z818" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) вносит изменения и (или) дополнения в конкурсную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z819" w:id="761"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z819" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) определяет и утверждает состав конкурсной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z820" w:id="762"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z820" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) размещает на веб-портале государственных закупок объявления о проведении государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z821" w:id="763"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z821" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) разъясняет положения конкурсной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z822" w:id="764"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z822" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) направляет заказчику предложения и замечания со стороны лиц, автоматически зарегистрированных на веб-портале государственных закупок, сведения о которых внесены в журнал регистрации лиц, получивших конкурсную документацию к проекту договора о государственных закупках и (или) технической спецификации конкурсной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z823" w:id="765"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z823" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) осуществляет иные функции в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z824" w:id="766"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z824" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z825" w:id="767"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z825" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Руководство ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел экономики и финансов задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z826" w:id="768"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z826" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководитель ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" назначается на должность и освобождается от должности акимом района в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z827" w:id="769"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z827" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководитель ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" имеет заместителя, который назначается на должность и освобождается от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z828" w:id="770"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z828" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Полномочия руководителя ГУ "Отдел экономики и финансов акимата района Беимбета Майлина":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z829" w:id="771"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z829" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит работой ГУ "Отдел экономики и финансов акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z830" w:id="772"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z830" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет обязанности и полномочия работников ГУ "Отдел экономики и финансов акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z831" w:id="773"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z831" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несет персональную ответственность за непринятие мер по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z832" w:id="774"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z832" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) назначает на должности и освобождает от должностей работников ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20923,52 +21128,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной службе Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z833" w:id="775"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z833" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20983,327 +21188,327 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной службе Республики Казахстан" налагает дисциплинарные взыскания на сотрудников ГУ "Отдел экономики и финансов акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z834" w:id="776"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z834" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) издает приказы и дает обязательные для исполнения работникам ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" указания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z835" w:id="777"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z835" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает структуру ГУ "Отдел экономики и финансов акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z836" w:id="778"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z836" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает положения о секторах и должностные инструкции работников ГУ "Отдел экономики и финансов акимата района Беимбета Майлина";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z837" w:id="779"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z837" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z838" w:id="780"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z838" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий руководителя ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" в период его отсутствия осуществляется лицом, его замещающим в соответствии с приказом руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z839" w:id="781"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z839" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Руководитель определяет полномочия своего заместителя в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z840" w:id="782"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z840" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z841" w:id="783"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z841" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных Законом Республики Казахстан "О государственном имуществе".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z842" w:id="784"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z842" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z843" w:id="785"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z843" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за ГУ "Отдел экономики и финансов акимата района Беимбета Майлина", относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z844" w:id="786"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z844" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z845" w:id="787"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z845" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z846" w:id="788"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z846" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение ГУ "Отдел экономики и финансов акимата района Беимбета Майлина" осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkEnd w:id="800"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21603,107 +21808,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z852" w:id="789"/>
+    <w:bookmarkStart w:name="z852" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима сельского округа Әйет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z853" w:id="790"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z853" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z854" w:id="791"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z854" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима сельского округа Әйет" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима сельского округа Әйет (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z855" w:id="792"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z855" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21718,1603 +21923,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z856" w:id="793"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z856" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z857" w:id="794"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z857" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z858" w:id="795"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z858" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z859" w:id="796"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z859" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z860" w:id="797"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z860" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима сельского округа Әйет", юридический адрес: 111700, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Әйет, улица Тәуелсіздік, 87.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z861" w:id="798"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z861" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z862" w:id="799"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z862" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z863" w:id="800"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z863" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z864" w:id="801"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z864" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z865" w:id="802"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z865" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z866" w:id="803"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z866" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально - техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z867" w:id="804"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z867" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z868" w:id="805"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z868" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа Әйет в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z869" w:id="806"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z869" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z870" w:id="807"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z870" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z871" w:id="808"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z871" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z872" w:id="809"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z872" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z873" w:id="810"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z873" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z874" w:id="811"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z874" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z875" w:id="812"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z875" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z876" w:id="813"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z876" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z877" w:id="814"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z877" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z878" w:id="815"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z878" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z879" w:id="816"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z879" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z880" w:id="817"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z880" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z881" w:id="818"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z881" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z882" w:id="819"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z882" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z883" w:id="820"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z883" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z884" w:id="821"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z884" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z885" w:id="822"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z885" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z886" w:id="823"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z886" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z887" w:id="824"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z887" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z888" w:id="825"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z888" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z889" w:id="826"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z889" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z890" w:id="827"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z890" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z891" w:id="828"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z891" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z892" w:id="829"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z892" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z893" w:id="830"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z893" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z894" w:id="831"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z894" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z895" w:id="832"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z895" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z896" w:id="833"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z896" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z897" w:id="834"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z897" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z898" w:id="835"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z898" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z899" w:id="836"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z899" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z900" w:id="837"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z900" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z901" w:id="838"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z901" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z902" w:id="839"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z902" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z903" w:id="840"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z903" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z904" w:id="841"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z904" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z905" w:id="842"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z905" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z906" w:id="843"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z906" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z907" w:id="844"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z907" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z908" w:id="845"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z908" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z909" w:id="846"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z909" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z910" w:id="847"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z910" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z911" w:id="848"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z911" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z912" w:id="849"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z912" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z913" w:id="850"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z913" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z914" w:id="851"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z914" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z915" w:id="852"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z915" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z916" w:id="853"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z916" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z917" w:id="854"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z917" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z918" w:id="855"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z918" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z919" w:id="856"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z919" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z920" w:id="857"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z920" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z921" w:id="858"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z921" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z922" w:id="859"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z922" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z923" w:id="860"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z923" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z924" w:id="861"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z924" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z925" w:id="862"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z925" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z926" w:id="863"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z926" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z927" w:id="864"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z927" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z928" w:id="865"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z928" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z929" w:id="866"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z929" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z930" w:id="867"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z930" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z931" w:id="868"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z931" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkEnd w:id="880"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23614,107 +23819,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z937" w:id="869"/>
+    <w:bookmarkStart w:name="z937" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима поселка Тобол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z938" w:id="870"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z938" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z939" w:id="871"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z939" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима поселка Тобол" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима поселка Тобол (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z940" w:id="872"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z940" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23729,1603 +23934,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z941" w:id="873"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z941" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно- правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z942" w:id="874"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z942" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z943" w:id="875"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z943" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z944" w:id="876"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z944" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z945" w:id="877"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z945" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима поселка Тобол", юридический адрес: 111715, Республика Казахстан, Костанайская область, район Беимбета Майлина, поселок Тобол, улица Жеңіс, 5.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z946" w:id="878"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z946" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z947" w:id="879"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z947" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z948" w:id="880"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z948" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z949" w:id="881"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z949" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима поселка Тобол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z950" w:id="882"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z950" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z951" w:id="883"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z951" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально- техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z952" w:id="884"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z952" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z953" w:id="885"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z953" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z954" w:id="886"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z954" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z955" w:id="887"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z955" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z956" w:id="888"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z956" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z957" w:id="889"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z957" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z958" w:id="890"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z958" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z959" w:id="891"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z959" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z960" w:id="892"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z960" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z961" w:id="893"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z961" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z962" w:id="894"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z962" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z963" w:id="895"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z963" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z964" w:id="896"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z964" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию имущество которого находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z965" w:id="897"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z965" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права собственности поселка (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z966" w:id="898"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z966" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z967" w:id="899"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z967" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z968" w:id="900"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z968" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z969" w:id="901"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z969" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима поселка по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z970" w:id="902"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z970" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z971" w:id="903"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z971" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z972" w:id="904"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z972" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z973" w:id="905"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z973" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z974" w:id="906"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z974" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z975" w:id="907"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z975" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z976" w:id="908"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z976" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z977" w:id="909"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z977" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z978" w:id="910"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z978" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z979" w:id="911"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z979" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z980" w:id="912"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z980" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z981" w:id="913"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z981" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z982" w:id="914"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z982" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z983" w:id="915"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z983" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z984" w:id="916"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z984" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z985" w:id="917"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z985" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z986" w:id="918"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z986" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z987" w:id="919"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z987" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z988" w:id="920"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z988" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z989" w:id="921"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z989" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z990" w:id="922"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z990" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z991" w:id="923"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z991" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z992" w:id="924"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z992" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z993" w:id="925"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z993" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z994" w:id="926"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z994" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z995" w:id="927"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z995" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z996" w:id="928"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z996" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима поселка Тобол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z997" w:id="929"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z997" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z998" w:id="930"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z998" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z999" w:id="931"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z999" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1000" w:id="932"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1000" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1001" w:id="933"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1001" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1002" w:id="934"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1002" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1003" w:id="935"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1003" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1004" w:id="936"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1004" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1005" w:id="937"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1005" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1006" w:id="938"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1006" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1007" w:id="939"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1007" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1008" w:id="940"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z1008" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1009" w:id="941"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z1009" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1010" w:id="942"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1010" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима поселка Тобол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1011" w:id="943"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1011" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1012" w:id="944"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1012" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1013" w:id="945"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1013" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима, относится к коммунальной собственности поселка (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1014" w:id="946"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1014" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1015" w:id="947"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1015" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима поселка Тобол</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1016" w:id="948"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1016" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляются в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkEnd w:id="960"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25625,107 +25830,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1022" w:id="949"/>
+    <w:bookmarkStart w:name="z1022" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима Асенкритовского сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1023" w:id="950"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1023" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1024" w:id="951"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1024" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Асенкритовского сельского округа" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима Асенкритовского сельского округа (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1025" w:id="952"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1025" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25740,1603 +25945,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1026" w:id="953"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1026" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1027" w:id="954"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1027" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1028" w:id="955"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1028" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1029" w:id="956"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1029" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1030" w:id="957"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1030" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима Асенкритовского сельского округа", юридический адрес: 111702, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Асенкритовка, улица Аятская, 69.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1031" w:id="958"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1031" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1032" w:id="959"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1032" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1033" w:id="960"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1033" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1034" w:id="961"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1034" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1035" w:id="962"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1035" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z1036" w:id="963"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1036" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1037" w:id="964"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1037" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1038" w:id="965"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1038" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1039" w:id="966"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1039" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1040" w:id="967"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1040" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1041" w:id="968"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1041" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1042" w:id="969"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1042" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1043" w:id="970"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1043" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1044" w:id="971"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1044" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1045" w:id="972"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1045" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1046" w:id="973"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1046" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1047" w:id="974"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1047" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1048" w:id="975"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1048" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1049" w:id="976"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1049" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1050" w:id="977"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1050" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1051" w:id="978"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1051" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1052" w:id="979"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1052" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z1053" w:id="980"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1053" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z1054" w:id="981"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1054" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z1055" w:id="982"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1055" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z1056" w:id="983"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1056" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z1057" w:id="984"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1057" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации, и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z1058" w:id="985"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1058" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z1059" w:id="986"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z1059" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z1060" w:id="987"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1060" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z1061" w:id="988"/>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z1061" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z1062" w:id="989"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z1062" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z1063" w:id="990"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1063" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z1064" w:id="991"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1064" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z1065" w:id="992"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1065" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z1066" w:id="993"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1066" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1067" w:id="994"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1067" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1068" w:id="995"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1068" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1069" w:id="996"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1069" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z1070" w:id="997"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1070" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
-    <w:bookmarkStart w:name="z1071" w:id="998"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1071" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z1072" w:id="999"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1072" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z1073" w:id="1000"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1073" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1074" w:id="1001"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1074" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1075" w:id="1002"/>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1075" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1076" w:id="1003"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1076" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1077" w:id="1004"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1077" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1078" w:id="1005"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1078" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1079" w:id="1006"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1079" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1080" w:id="1007"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1080" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z1081" w:id="1008"/>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z1081" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z1082" w:id="1009"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1082" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1083" w:id="1010"/>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1083" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1084" w:id="1011"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z1084" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1085" w:id="1012"/>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z1085" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1086" w:id="1013"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1086" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1087" w:id="1014"/>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1087" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1088" w:id="1015"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1088" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1089" w:id="1016"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1089" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1090" w:id="1017"/>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1090" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1091" w:id="1018"/>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1091" w:id="1030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1092" w:id="1019"/>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z1092" w:id="1031"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1093" w:id="1020"/>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z1093" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
-    <w:bookmarkStart w:name="z1094" w:id="1021"/>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z1094" w:id="1033"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1095" w:id="1022"/>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z1095" w:id="1034"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1096" w:id="1023"/>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z1096" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1097" w:id="1024"/>
+    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkStart w:name="z1097" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1098" w:id="1025"/>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1098" w:id="1037"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1099" w:id="1026"/>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z1099" w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
-    <w:bookmarkStart w:name="z1100" w:id="1027"/>
+    <w:bookmarkEnd w:id="1038"/>
+    <w:bookmarkStart w:name="z1100" w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1101" w:id="1028"/>
+    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkStart w:name="z1101" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkEnd w:id="1040"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27636,107 +27841,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1107" w:id="1029"/>
+    <w:bookmarkStart w:name="z1107" w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима сельского округа Байшуақ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
-    <w:bookmarkStart w:name="z1108" w:id="1030"/>
+    <w:bookmarkEnd w:id="1041"/>
+    <w:bookmarkStart w:name="z1108" w:id="1042"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1030"/>
-    <w:bookmarkStart w:name="z1109" w:id="1031"/>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:bookmarkStart w:name="z1109" w:id="1043"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима сельского округа Байшуақ" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима сельского округа Байшуақ (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1031"/>
-    <w:bookmarkStart w:name="z1110" w:id="1032"/>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z1110" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27751,1603 +27956,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1032"/>
-    <w:bookmarkStart w:name="z1111" w:id="1033"/>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1111" w:id="1045"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z1112" w:id="1034"/>
+    <w:bookmarkEnd w:id="1045"/>
+    <w:bookmarkStart w:name="z1112" w:id="1046"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1034"/>
-    <w:bookmarkStart w:name="z1113" w:id="1035"/>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z1113" w:id="1047"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1035"/>
-    <w:bookmarkStart w:name="z1114" w:id="1036"/>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1114" w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
-    <w:bookmarkStart w:name="z1115" w:id="1037"/>
+    <w:bookmarkEnd w:id="1048"/>
+    <w:bookmarkStart w:name="z1115" w:id="1049"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима сельского округа Байшуақ", юридический адрес: 111708, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Байшуақ, улица Садовая, 2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1037"/>
-    <w:bookmarkStart w:name="z1116" w:id="1038"/>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1116" w:id="1050"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1038"/>
-    <w:bookmarkStart w:name="z1117" w:id="1039"/>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1117" w:id="1051"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1039"/>
-    <w:bookmarkStart w:name="z1118" w:id="1040"/>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z1118" w:id="1052"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1040"/>
-    <w:bookmarkStart w:name="z1119" w:id="1041"/>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z1119" w:id="1053"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z1120" w:id="1042"/>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z1120" w:id="1054"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z1121" w:id="1043"/>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z1121" w:id="1055"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1043"/>
-    <w:bookmarkStart w:name="z1122" w:id="1044"/>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z1122" w:id="1056"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1044"/>
-    <w:bookmarkStart w:name="z1123" w:id="1045"/>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z1123" w:id="1057"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z1124" w:id="1046"/>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z1124" w:id="1058"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1125" w:id="1047"/>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z1125" w:id="1059"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z1126" w:id="1048"/>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z1126" w:id="1060"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1127" w:id="1049"/>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:bookmarkStart w:name="z1127" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1128" w:id="1050"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1128" w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1050"/>
-    <w:bookmarkStart w:name="z1129" w:id="1051"/>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z1129" w:id="1063"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z1130" w:id="1052"/>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1130" w:id="1064"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z1131" w:id="1053"/>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z1131" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1053"/>
-    <w:bookmarkStart w:name="z1132" w:id="1054"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1132" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z1133" w:id="1055"/>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z1133" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z1134" w:id="1056"/>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1134" w:id="1068"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z1135" w:id="1057"/>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1135" w:id="1069"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1057"/>
-    <w:bookmarkStart w:name="z1136" w:id="1058"/>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z1136" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1058"/>
-    <w:bookmarkStart w:name="z1137" w:id="1059"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1137" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1059"/>
-    <w:bookmarkStart w:name="z1138" w:id="1060"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1138" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1060"/>
-    <w:bookmarkStart w:name="z1139" w:id="1061"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1139" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1061"/>
-    <w:bookmarkStart w:name="z1140" w:id="1062"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1140" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1062"/>
-    <w:bookmarkStart w:name="z1141" w:id="1063"/>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1141" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
-    <w:bookmarkStart w:name="z1142" w:id="1064"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1142" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1143" w:id="1065"/>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z1143" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1065"/>
-    <w:bookmarkStart w:name="z1144" w:id="1066"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1144" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1066"/>
-    <w:bookmarkStart w:name="z1145" w:id="1067"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1145" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z1146" w:id="1068"/>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z1146" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
-    <w:bookmarkStart w:name="z1147" w:id="1069"/>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z1147" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z1148" w:id="1070"/>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z1148" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1070"/>
-    <w:bookmarkStart w:name="z1149" w:id="1071"/>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z1149" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1071"/>
-    <w:bookmarkStart w:name="z1150" w:id="1072"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1150" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1072"/>
-    <w:bookmarkStart w:name="z1151" w:id="1073"/>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z1151" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1073"/>
-    <w:bookmarkStart w:name="z1152" w:id="1074"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1152" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1074"/>
-    <w:bookmarkStart w:name="z1153" w:id="1075"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1153" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1075"/>
-    <w:bookmarkStart w:name="z1154" w:id="1076"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1154" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1076"/>
-    <w:bookmarkStart w:name="z1155" w:id="1077"/>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z1155" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
-    <w:bookmarkStart w:name="z1156" w:id="1078"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1156" w:id="1090"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
-    <w:bookmarkStart w:name="z1157" w:id="1079"/>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1157" w:id="1091"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
-    <w:bookmarkStart w:name="z1158" w:id="1080"/>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1158" w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z1159" w:id="1081"/>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z1159" w:id="1093"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
-    <w:bookmarkStart w:name="z1160" w:id="1082"/>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1160" w:id="1094"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
-    <w:bookmarkStart w:name="z1161" w:id="1083"/>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1161" w:id="1095"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z1162" w:id="1084"/>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1162" w:id="1096"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
-    <w:bookmarkStart w:name="z1163" w:id="1085"/>
+    <w:bookmarkEnd w:id="1096"/>
+    <w:bookmarkStart w:name="z1163" w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1085"/>
-    <w:bookmarkStart w:name="z1164" w:id="1086"/>
+    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkStart w:name="z1164" w:id="1098"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z1165" w:id="1087"/>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z1165" w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
-    <w:bookmarkStart w:name="z1166" w:id="1088"/>
+    <w:bookmarkEnd w:id="1099"/>
+    <w:bookmarkStart w:name="z1166" w:id="1100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z1167" w:id="1089"/>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z1167" w:id="1101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z1168" w:id="1090"/>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z1168" w:id="1102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z1169" w:id="1091"/>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z1169" w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z1170" w:id="1092"/>
+    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkStart w:name="z1170" w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
-    <w:bookmarkStart w:name="z1171" w:id="1093"/>
+    <w:bookmarkEnd w:id="1104"/>
+    <w:bookmarkStart w:name="z1171" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1172" w:id="1094"/>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1172" w:id="1106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1173" w:id="1095"/>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1173" w:id="1107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1174" w:id="1096"/>
+    <w:bookmarkEnd w:id="1107"/>
+    <w:bookmarkStart w:name="z1174" w:id="1108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1096"/>
-    <w:bookmarkStart w:name="z1175" w:id="1097"/>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z1175" w:id="1109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1097"/>
-    <w:bookmarkStart w:name="z1176" w:id="1098"/>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z1176" w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1098"/>
-    <w:bookmarkStart w:name="z1177" w:id="1099"/>
+    <w:bookmarkEnd w:id="1110"/>
+    <w:bookmarkStart w:name="z1177" w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1099"/>
-    <w:bookmarkStart w:name="z1178" w:id="1100"/>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z1178" w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z1179" w:id="1101"/>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z1179" w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z1180" w:id="1102"/>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z1180" w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1102"/>
-    <w:bookmarkStart w:name="z1181" w:id="1103"/>
+    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkStart w:name="z1181" w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1103"/>
-    <w:bookmarkStart w:name="z1182" w:id="1104"/>
+    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkStart w:name="z1182" w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1104"/>
-    <w:bookmarkStart w:name="z1183" w:id="1105"/>
+    <w:bookmarkEnd w:id="1116"/>
+    <w:bookmarkStart w:name="z1183" w:id="1117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1105"/>
-    <w:bookmarkStart w:name="z1184" w:id="1106"/>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z1184" w:id="1118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1106"/>
-    <w:bookmarkStart w:name="z1185" w:id="1107"/>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z1185" w:id="1119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z1186" w:id="1108"/>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z1186" w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkEnd w:id="1120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29647,107 +29852,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1192" w:id="1109"/>
+    <w:bookmarkStart w:name="z1192" w:id="1121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима Белинского сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1109"/>
-    <w:bookmarkStart w:name="z1193" w:id="1110"/>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z1193" w:id="1122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1110"/>
-    <w:bookmarkStart w:name="z1194" w:id="1111"/>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z1194" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Белинского сельского округа" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима Белинского сельского округа (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1111"/>
-    <w:bookmarkStart w:name="z1195" w:id="1112"/>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1195" w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29762,1603 +29967,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
-    <w:bookmarkStart w:name="z1196" w:id="1113"/>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z1196" w:id="1125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
-    <w:bookmarkStart w:name="z1197" w:id="1114"/>
+    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkStart w:name="z1197" w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1114"/>
-    <w:bookmarkStart w:name="z1198" w:id="1115"/>
+    <w:bookmarkEnd w:id="1126"/>
+    <w:bookmarkStart w:name="z1198" w:id="1127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1115"/>
-    <w:bookmarkStart w:name="z1199" w:id="1116"/>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z1199" w:id="1128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z1200" w:id="1117"/>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z1200" w:id="1129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима Белинского сельского округа", юридический адрес: 111700, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Кайындыколь, улица Белинская, 2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z1201" w:id="1118"/>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z1201" w:id="1130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z1202" w:id="1119"/>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1202" w:id="1131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1119"/>
-    <w:bookmarkStart w:name="z1203" w:id="1120"/>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1203" w:id="1132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z1204" w:id="1121"/>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z1204" w:id="1133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z1205" w:id="1122"/>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1205" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z1206" w:id="1123"/>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1206" w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1123"/>
-    <w:bookmarkStart w:name="z1207" w:id="1124"/>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1207" w:id="1136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1124"/>
-    <w:bookmarkStart w:name="z1208" w:id="1125"/>
+    <w:bookmarkEnd w:id="1136"/>
+    <w:bookmarkStart w:name="z1208" w:id="1137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1125"/>
-    <w:bookmarkStart w:name="z1209" w:id="1126"/>
+    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkStart w:name="z1209" w:id="1138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z1210" w:id="1127"/>
+    <w:bookmarkEnd w:id="1138"/>
+    <w:bookmarkStart w:name="z1210" w:id="1139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z1211" w:id="1128"/>
+    <w:bookmarkEnd w:id="1139"/>
+    <w:bookmarkStart w:name="z1211" w:id="1140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1128"/>
-    <w:bookmarkStart w:name="z1212" w:id="1129"/>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1212" w:id="1141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1129"/>
-    <w:bookmarkStart w:name="z1213" w:id="1130"/>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1213" w:id="1142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1214" w:id="1131"/>
+    <w:bookmarkEnd w:id="1142"/>
+    <w:bookmarkStart w:name="z1214" w:id="1143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z1215" w:id="1132"/>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1215" w:id="1144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1132"/>
-    <w:bookmarkStart w:name="z1216" w:id="1133"/>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1216" w:id="1145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1217" w:id="1134"/>
+    <w:bookmarkEnd w:id="1145"/>
+    <w:bookmarkStart w:name="z1217" w:id="1146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1134"/>
-    <w:bookmarkStart w:name="z1218" w:id="1135"/>
+    <w:bookmarkEnd w:id="1146"/>
+    <w:bookmarkStart w:name="z1218" w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1135"/>
-    <w:bookmarkStart w:name="z1219" w:id="1136"/>
+    <w:bookmarkEnd w:id="1147"/>
+    <w:bookmarkStart w:name="z1219" w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1136"/>
-    <w:bookmarkStart w:name="z1220" w:id="1137"/>
+    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkStart w:name="z1220" w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1137"/>
-    <w:bookmarkStart w:name="z1221" w:id="1138"/>
+    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkStart w:name="z1221" w:id="1150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1138"/>
-    <w:bookmarkStart w:name="z1222" w:id="1139"/>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1222" w:id="1151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1139"/>
-    <w:bookmarkStart w:name="z1223" w:id="1140"/>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1223" w:id="1152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1140"/>
-    <w:bookmarkStart w:name="z1224" w:id="1141"/>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1224" w:id="1153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1141"/>
-    <w:bookmarkStart w:name="z1225" w:id="1142"/>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1225" w:id="1154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1142"/>
-    <w:bookmarkStart w:name="z1226" w:id="1143"/>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1226" w:id="1155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1143"/>
-    <w:bookmarkStart w:name="z1227" w:id="1144"/>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1227" w:id="1156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1144"/>
-    <w:bookmarkStart w:name="z1228" w:id="1145"/>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1228" w:id="1157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1145"/>
-    <w:bookmarkStart w:name="z1229" w:id="1146"/>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1229" w:id="1158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1146"/>
-    <w:bookmarkStart w:name="z1230" w:id="1147"/>
+    <w:bookmarkEnd w:id="1158"/>
+    <w:bookmarkStart w:name="z1230" w:id="1159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1147"/>
-    <w:bookmarkStart w:name="z1231" w:id="1148"/>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1231" w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1148"/>
-    <w:bookmarkStart w:name="z1232" w:id="1149"/>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1232" w:id="1161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1149"/>
-    <w:bookmarkStart w:name="z1233" w:id="1150"/>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1233" w:id="1162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1150"/>
-    <w:bookmarkStart w:name="z1234" w:id="1151"/>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1234" w:id="1163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1151"/>
-    <w:bookmarkStart w:name="z1235" w:id="1152"/>
+    <w:bookmarkEnd w:id="1163"/>
+    <w:bookmarkStart w:name="z1235" w:id="1164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1152"/>
-    <w:bookmarkStart w:name="z1236" w:id="1153"/>
+    <w:bookmarkEnd w:id="1164"/>
+    <w:bookmarkStart w:name="z1236" w:id="1165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1153"/>
-    <w:bookmarkStart w:name="z1237" w:id="1154"/>
+    <w:bookmarkEnd w:id="1165"/>
+    <w:bookmarkStart w:name="z1237" w:id="1166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1154"/>
-    <w:bookmarkStart w:name="z1238" w:id="1155"/>
+    <w:bookmarkEnd w:id="1166"/>
+    <w:bookmarkStart w:name="z1238" w:id="1167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1155"/>
-    <w:bookmarkStart w:name="z1239" w:id="1156"/>
+    <w:bookmarkEnd w:id="1167"/>
+    <w:bookmarkStart w:name="z1239" w:id="1168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1156"/>
-    <w:bookmarkStart w:name="z1240" w:id="1157"/>
+    <w:bookmarkEnd w:id="1168"/>
+    <w:bookmarkStart w:name="z1240" w:id="1169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1157"/>
-    <w:bookmarkStart w:name="z1241" w:id="1158"/>
+    <w:bookmarkEnd w:id="1169"/>
+    <w:bookmarkStart w:name="z1241" w:id="1170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1158"/>
-    <w:bookmarkStart w:name="z1242" w:id="1159"/>
+    <w:bookmarkEnd w:id="1170"/>
+    <w:bookmarkStart w:name="z1242" w:id="1171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1159"/>
-    <w:bookmarkStart w:name="z1243" w:id="1160"/>
+    <w:bookmarkEnd w:id="1171"/>
+    <w:bookmarkStart w:name="z1243" w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1160"/>
-    <w:bookmarkStart w:name="z1244" w:id="1161"/>
+    <w:bookmarkEnd w:id="1172"/>
+    <w:bookmarkStart w:name="z1244" w:id="1173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1161"/>
-    <w:bookmarkStart w:name="z1245" w:id="1162"/>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1245" w:id="1174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1162"/>
-    <w:bookmarkStart w:name="z1246" w:id="1163"/>
+    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkStart w:name="z1246" w:id="1175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1163"/>
-    <w:bookmarkStart w:name="z1247" w:id="1164"/>
+    <w:bookmarkEnd w:id="1175"/>
+    <w:bookmarkStart w:name="z1247" w:id="1176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1164"/>
-    <w:bookmarkStart w:name="z1248" w:id="1165"/>
+    <w:bookmarkEnd w:id="1176"/>
+    <w:bookmarkStart w:name="z1248" w:id="1177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1165"/>
-    <w:bookmarkStart w:name="z1249" w:id="1166"/>
+    <w:bookmarkEnd w:id="1177"/>
+    <w:bookmarkStart w:name="z1249" w:id="1178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1166"/>
-    <w:bookmarkStart w:name="z1250" w:id="1167"/>
+    <w:bookmarkEnd w:id="1178"/>
+    <w:bookmarkStart w:name="z1250" w:id="1179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1167"/>
-    <w:bookmarkStart w:name="z1251" w:id="1168"/>
+    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkStart w:name="z1251" w:id="1180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1168"/>
-    <w:bookmarkStart w:name="z1252" w:id="1169"/>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1252" w:id="1181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1169"/>
-    <w:bookmarkStart w:name="z1253" w:id="1170"/>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1253" w:id="1182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1170"/>
-    <w:bookmarkStart w:name="z1254" w:id="1171"/>
+    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkStart w:name="z1254" w:id="1183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1171"/>
-    <w:bookmarkStart w:name="z1255" w:id="1172"/>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1255" w:id="1184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1172"/>
-    <w:bookmarkStart w:name="z1256" w:id="1173"/>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1256" w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1173"/>
-    <w:bookmarkStart w:name="z1257" w:id="1174"/>
+    <w:bookmarkEnd w:id="1185"/>
+    <w:bookmarkStart w:name="z1257" w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1174"/>
-    <w:bookmarkStart w:name="z1258" w:id="1175"/>
+    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkStart w:name="z1258" w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1175"/>
-    <w:bookmarkStart w:name="z1259" w:id="1176"/>
+    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkStart w:name="z1259" w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1176"/>
-    <w:bookmarkStart w:name="z1260" w:id="1177"/>
+    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkStart w:name="z1260" w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1177"/>
-    <w:bookmarkStart w:name="z1261" w:id="1178"/>
+    <w:bookmarkEnd w:id="1189"/>
+    <w:bookmarkStart w:name="z1261" w:id="1190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1178"/>
-    <w:bookmarkStart w:name="z1262" w:id="1179"/>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1262" w:id="1191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1179"/>
-    <w:bookmarkStart w:name="z1263" w:id="1180"/>
+    <w:bookmarkEnd w:id="1191"/>
+    <w:bookmarkStart w:name="z1263" w:id="1192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1180"/>
-    <w:bookmarkStart w:name="z1264" w:id="1181"/>
+    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkStart w:name="z1264" w:id="1193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1181"/>
-    <w:bookmarkStart w:name="z1265" w:id="1182"/>
+    <w:bookmarkEnd w:id="1193"/>
+    <w:bookmarkStart w:name="z1265" w:id="1194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1182"/>
-    <w:bookmarkStart w:name="z1266" w:id="1183"/>
+    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkStart w:name="z1266" w:id="1195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1183"/>
-    <w:bookmarkStart w:name="z1267" w:id="1184"/>
+    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkStart w:name="z1267" w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1184"/>
-    <w:bookmarkStart w:name="z1268" w:id="1185"/>
+    <w:bookmarkEnd w:id="1196"/>
+    <w:bookmarkStart w:name="z1268" w:id="1197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1185"/>
-    <w:bookmarkStart w:name="z1269" w:id="1186"/>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1269" w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1186"/>
-    <w:bookmarkStart w:name="z1270" w:id="1187"/>
+    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkStart w:name="z1270" w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1187"/>
-    <w:bookmarkStart w:name="z1271" w:id="1188"/>
+    <w:bookmarkEnd w:id="1199"/>
+    <w:bookmarkStart w:name="z1271" w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkEnd w:id="1200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31658,107 +31863,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1277" w:id="1189"/>
+    <w:bookmarkStart w:name="z1277" w:id="1201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима Калининского сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1189"/>
-    <w:bookmarkStart w:name="z1278" w:id="1190"/>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1278" w:id="1202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1190"/>
-    <w:bookmarkStart w:name="z1279" w:id="1191"/>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1279" w:id="1203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Калининского сельского округа" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима Калининского сельского округа (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1191"/>
-    <w:bookmarkStart w:name="z1280" w:id="1192"/>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1280" w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31773,1603 +31978,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1192"/>
-    <w:bookmarkStart w:name="z1281" w:id="1193"/>
+    <w:bookmarkEnd w:id="1204"/>
+    <w:bookmarkStart w:name="z1281" w:id="1205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1193"/>
-    <w:bookmarkStart w:name="z1282" w:id="1194"/>
+    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkStart w:name="z1282" w:id="1206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1194"/>
-    <w:bookmarkStart w:name="z1283" w:id="1195"/>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1283" w:id="1207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1195"/>
-    <w:bookmarkStart w:name="z1284" w:id="1196"/>
+    <w:bookmarkEnd w:id="1207"/>
+    <w:bookmarkStart w:name="z1284" w:id="1208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1196"/>
-    <w:bookmarkStart w:name="z1285" w:id="1197"/>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1285" w:id="1209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима Калининского сельского округа", юридический адрес: 111703, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Береговое, улица Рабочая, 4.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1197"/>
-    <w:bookmarkStart w:name="z1286" w:id="1198"/>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1286" w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1198"/>
-    <w:bookmarkStart w:name="z1287" w:id="1199"/>
+    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkStart w:name="z1287" w:id="1211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1199"/>
-    <w:bookmarkStart w:name="z1288" w:id="1200"/>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1288" w:id="1212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1200"/>
-    <w:bookmarkStart w:name="z1289" w:id="1201"/>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1289" w:id="1213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1201"/>
-    <w:bookmarkStart w:name="z1290" w:id="1202"/>
+    <w:bookmarkEnd w:id="1213"/>
+    <w:bookmarkStart w:name="z1290" w:id="1214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1202"/>
-    <w:bookmarkStart w:name="z1291" w:id="1203"/>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1291" w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1203"/>
-    <w:bookmarkStart w:name="z1292" w:id="1204"/>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1292" w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1204"/>
-    <w:bookmarkStart w:name="z1293" w:id="1205"/>
+    <w:bookmarkEnd w:id="1216"/>
+    <w:bookmarkStart w:name="z1293" w:id="1217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1205"/>
-    <w:bookmarkStart w:name="z1294" w:id="1206"/>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1294" w:id="1218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1206"/>
-    <w:bookmarkStart w:name="z1295" w:id="1207"/>
+    <w:bookmarkEnd w:id="1218"/>
+    <w:bookmarkStart w:name="z1295" w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1207"/>
-    <w:bookmarkStart w:name="z1296" w:id="1208"/>
+    <w:bookmarkEnd w:id="1219"/>
+    <w:bookmarkStart w:name="z1296" w:id="1220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1208"/>
-    <w:bookmarkStart w:name="z1297" w:id="1209"/>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1297" w:id="1221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1209"/>
-    <w:bookmarkStart w:name="z1298" w:id="1210"/>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1298" w:id="1222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1210"/>
-    <w:bookmarkStart w:name="z1299" w:id="1211"/>
+    <w:bookmarkEnd w:id="1222"/>
+    <w:bookmarkStart w:name="z1299" w:id="1223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1211"/>
-    <w:bookmarkStart w:name="z1300" w:id="1212"/>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1300" w:id="1224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1212"/>
-    <w:bookmarkStart w:name="z1301" w:id="1213"/>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1301" w:id="1225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1213"/>
-    <w:bookmarkStart w:name="z1302" w:id="1214"/>
+    <w:bookmarkEnd w:id="1225"/>
+    <w:bookmarkStart w:name="z1302" w:id="1226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1214"/>
-    <w:bookmarkStart w:name="z1303" w:id="1215"/>
+    <w:bookmarkEnd w:id="1226"/>
+    <w:bookmarkStart w:name="z1303" w:id="1227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1215"/>
-    <w:bookmarkStart w:name="z1304" w:id="1216"/>
+    <w:bookmarkEnd w:id="1227"/>
+    <w:bookmarkStart w:name="z1304" w:id="1228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1216"/>
-    <w:bookmarkStart w:name="z1305" w:id="1217"/>
+    <w:bookmarkEnd w:id="1228"/>
+    <w:bookmarkStart w:name="z1305" w:id="1229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1217"/>
-    <w:bookmarkStart w:name="z1306" w:id="1218"/>
+    <w:bookmarkEnd w:id="1229"/>
+    <w:bookmarkStart w:name="z1306" w:id="1230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1218"/>
-    <w:bookmarkStart w:name="z1307" w:id="1219"/>
+    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkStart w:name="z1307" w:id="1231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1219"/>
-    <w:bookmarkStart w:name="z1308" w:id="1220"/>
+    <w:bookmarkEnd w:id="1231"/>
+    <w:bookmarkStart w:name="z1308" w:id="1232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1220"/>
-    <w:bookmarkStart w:name="z1309" w:id="1221"/>
+    <w:bookmarkEnd w:id="1232"/>
+    <w:bookmarkStart w:name="z1309" w:id="1233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1221"/>
-    <w:bookmarkStart w:name="z1310" w:id="1222"/>
+    <w:bookmarkEnd w:id="1233"/>
+    <w:bookmarkStart w:name="z1310" w:id="1234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1222"/>
-    <w:bookmarkStart w:name="z1311" w:id="1223"/>
+    <w:bookmarkEnd w:id="1234"/>
+    <w:bookmarkStart w:name="z1311" w:id="1235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1223"/>
-    <w:bookmarkStart w:name="z1312" w:id="1224"/>
+    <w:bookmarkEnd w:id="1235"/>
+    <w:bookmarkStart w:name="z1312" w:id="1236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1224"/>
-    <w:bookmarkStart w:name="z1313" w:id="1225"/>
+    <w:bookmarkEnd w:id="1236"/>
+    <w:bookmarkStart w:name="z1313" w:id="1237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1225"/>
-    <w:bookmarkStart w:name="z1314" w:id="1226"/>
+    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkStart w:name="z1314" w:id="1238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1226"/>
-    <w:bookmarkStart w:name="z1315" w:id="1227"/>
+    <w:bookmarkEnd w:id="1238"/>
+    <w:bookmarkStart w:name="z1315" w:id="1239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1227"/>
-    <w:bookmarkStart w:name="z1316" w:id="1228"/>
+    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkStart w:name="z1316" w:id="1240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1228"/>
-    <w:bookmarkStart w:name="z1317" w:id="1229"/>
+    <w:bookmarkEnd w:id="1240"/>
+    <w:bookmarkStart w:name="z1317" w:id="1241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1229"/>
-    <w:bookmarkStart w:name="z1318" w:id="1230"/>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1318" w:id="1242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1230"/>
-    <w:bookmarkStart w:name="z1319" w:id="1231"/>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1319" w:id="1243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1231"/>
-    <w:bookmarkStart w:name="z1320" w:id="1232"/>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1320" w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1232"/>
-    <w:bookmarkStart w:name="z1321" w:id="1233"/>
+    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkStart w:name="z1321" w:id="1245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1233"/>
-    <w:bookmarkStart w:name="z1322" w:id="1234"/>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1322" w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1234"/>
-    <w:bookmarkStart w:name="z1323" w:id="1235"/>
+    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkStart w:name="z1323" w:id="1247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1235"/>
-    <w:bookmarkStart w:name="z1324" w:id="1236"/>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1324" w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1236"/>
-    <w:bookmarkStart w:name="z1325" w:id="1237"/>
+    <w:bookmarkEnd w:id="1248"/>
+    <w:bookmarkStart w:name="z1325" w:id="1249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1237"/>
-    <w:bookmarkStart w:name="z1326" w:id="1238"/>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1326" w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1238"/>
-    <w:bookmarkStart w:name="z1327" w:id="1239"/>
+    <w:bookmarkEnd w:id="1250"/>
+    <w:bookmarkStart w:name="z1327" w:id="1251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1239"/>
-    <w:bookmarkStart w:name="z1328" w:id="1240"/>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1328" w:id="1252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1240"/>
-    <w:bookmarkStart w:name="z1329" w:id="1241"/>
+    <w:bookmarkEnd w:id="1252"/>
+    <w:bookmarkStart w:name="z1329" w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1241"/>
-    <w:bookmarkStart w:name="z1330" w:id="1242"/>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1330" w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1242"/>
-    <w:bookmarkStart w:name="z1331" w:id="1243"/>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1331" w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1243"/>
-    <w:bookmarkStart w:name="z1332" w:id="1244"/>
+    <w:bookmarkEnd w:id="1255"/>
+    <w:bookmarkStart w:name="z1332" w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1244"/>
-    <w:bookmarkStart w:name="z1333" w:id="1245"/>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:bookmarkStart w:name="z1333" w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1245"/>
-    <w:bookmarkStart w:name="z1334" w:id="1246"/>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1334" w:id="1258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1246"/>
-    <w:bookmarkStart w:name="z1335" w:id="1247"/>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1335" w:id="1259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1247"/>
-    <w:bookmarkStart w:name="z1336" w:id="1248"/>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1336" w:id="1260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1248"/>
-    <w:bookmarkStart w:name="z1337" w:id="1249"/>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1337" w:id="1261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1249"/>
-    <w:bookmarkStart w:name="z1338" w:id="1250"/>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1338" w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1250"/>
-    <w:bookmarkStart w:name="z1339" w:id="1251"/>
+    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkStart w:name="z1339" w:id="1263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1251"/>
-    <w:bookmarkStart w:name="z1340" w:id="1252"/>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1340" w:id="1264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1252"/>
-    <w:bookmarkStart w:name="z1341" w:id="1253"/>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1341" w:id="1265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1253"/>
-    <w:bookmarkStart w:name="z1342" w:id="1254"/>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1342" w:id="1266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1254"/>
-    <w:bookmarkStart w:name="z1343" w:id="1255"/>
+    <w:bookmarkEnd w:id="1266"/>
+    <w:bookmarkStart w:name="z1343" w:id="1267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1255"/>
-    <w:bookmarkStart w:name="z1344" w:id="1256"/>
+    <w:bookmarkEnd w:id="1267"/>
+    <w:bookmarkStart w:name="z1344" w:id="1268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1256"/>
-    <w:bookmarkStart w:name="z1345" w:id="1257"/>
+    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkStart w:name="z1345" w:id="1269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1257"/>
-    <w:bookmarkStart w:name="z1346" w:id="1258"/>
+    <w:bookmarkEnd w:id="1269"/>
+    <w:bookmarkStart w:name="z1346" w:id="1270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1258"/>
-    <w:bookmarkStart w:name="z1347" w:id="1259"/>
+    <w:bookmarkEnd w:id="1270"/>
+    <w:bookmarkStart w:name="z1347" w:id="1271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1259"/>
-    <w:bookmarkStart w:name="z1348" w:id="1260"/>
+    <w:bookmarkEnd w:id="1271"/>
+    <w:bookmarkStart w:name="z1348" w:id="1272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1260"/>
-    <w:bookmarkStart w:name="z1349" w:id="1261"/>
+    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkStart w:name="z1349" w:id="1273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1261"/>
-    <w:bookmarkStart w:name="z1350" w:id="1262"/>
+    <w:bookmarkEnd w:id="1273"/>
+    <w:bookmarkStart w:name="z1350" w:id="1274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1262"/>
-    <w:bookmarkStart w:name="z1351" w:id="1263"/>
+    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkStart w:name="z1351" w:id="1275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1263"/>
-    <w:bookmarkStart w:name="z1352" w:id="1264"/>
+    <w:bookmarkEnd w:id="1275"/>
+    <w:bookmarkStart w:name="z1352" w:id="1276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1264"/>
-    <w:bookmarkStart w:name="z1353" w:id="1265"/>
+    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkStart w:name="z1353" w:id="1277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1265"/>
-    <w:bookmarkStart w:name="z1354" w:id="1266"/>
+    <w:bookmarkEnd w:id="1277"/>
+    <w:bookmarkStart w:name="z1354" w:id="1278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1266"/>
-    <w:bookmarkStart w:name="z1355" w:id="1267"/>
+    <w:bookmarkEnd w:id="1278"/>
+    <w:bookmarkStart w:name="z1355" w:id="1279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1267"/>
-    <w:bookmarkStart w:name="z1356" w:id="1268"/>
+    <w:bookmarkEnd w:id="1279"/>
+    <w:bookmarkStart w:name="z1356" w:id="1280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkEnd w:id="1280"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33669,107 +33874,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1362" w:id="1269"/>
+    <w:bookmarkStart w:name="z1362" w:id="1281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима Майского сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1269"/>
-    <w:bookmarkStart w:name="z1363" w:id="1270"/>
+    <w:bookmarkEnd w:id="1281"/>
+    <w:bookmarkStart w:name="z1363" w:id="1282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1270"/>
-    <w:bookmarkStart w:name="z1364" w:id="1271"/>
+    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkStart w:name="z1364" w:id="1283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Майского сельского округа" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима Майского сельского округа (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1271"/>
-    <w:bookmarkStart w:name="z1365" w:id="1272"/>
+    <w:bookmarkEnd w:id="1283"/>
+    <w:bookmarkStart w:name="z1365" w:id="1284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33784,1603 +33989,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1272"/>
-    <w:bookmarkStart w:name="z1366" w:id="1273"/>
+    <w:bookmarkEnd w:id="1284"/>
+    <w:bookmarkStart w:name="z1366" w:id="1285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1273"/>
-    <w:bookmarkStart w:name="z1367" w:id="1274"/>
+    <w:bookmarkEnd w:id="1285"/>
+    <w:bookmarkStart w:name="z1367" w:id="1286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1274"/>
-    <w:bookmarkStart w:name="z1368" w:id="1275"/>
+    <w:bookmarkEnd w:id="1286"/>
+    <w:bookmarkStart w:name="z1368" w:id="1287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1275"/>
-    <w:bookmarkStart w:name="z1369" w:id="1276"/>
+    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkStart w:name="z1369" w:id="1288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1276"/>
-    <w:bookmarkStart w:name="z1370" w:id="1277"/>
+    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1370" w:id="1289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима Майского сельского округа", юридический адрес: 111705, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Майское, улица 60 лет октября, 1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1277"/>
-    <w:bookmarkStart w:name="z1371" w:id="1278"/>
+    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkStart w:name="z1371" w:id="1290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1278"/>
-    <w:bookmarkStart w:name="z1372" w:id="1279"/>
+    <w:bookmarkEnd w:id="1290"/>
+    <w:bookmarkStart w:name="z1372" w:id="1291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1279"/>
-    <w:bookmarkStart w:name="z1373" w:id="1280"/>
+    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkStart w:name="z1373" w:id="1292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1280"/>
-    <w:bookmarkStart w:name="z1374" w:id="1281"/>
+    <w:bookmarkEnd w:id="1292"/>
+    <w:bookmarkStart w:name="z1374" w:id="1293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1281"/>
-    <w:bookmarkStart w:name="z1375" w:id="1282"/>
+    <w:bookmarkEnd w:id="1293"/>
+    <w:bookmarkStart w:name="z1375" w:id="1294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1282"/>
-    <w:bookmarkStart w:name="z1376" w:id="1283"/>
+    <w:bookmarkEnd w:id="1294"/>
+    <w:bookmarkStart w:name="z1376" w:id="1295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1283"/>
-    <w:bookmarkStart w:name="z1377" w:id="1284"/>
+    <w:bookmarkEnd w:id="1295"/>
+    <w:bookmarkStart w:name="z1377" w:id="1296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1284"/>
-    <w:bookmarkStart w:name="z1378" w:id="1285"/>
+    <w:bookmarkEnd w:id="1296"/>
+    <w:bookmarkStart w:name="z1378" w:id="1297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1285"/>
-    <w:bookmarkStart w:name="z1379" w:id="1286"/>
+    <w:bookmarkEnd w:id="1297"/>
+    <w:bookmarkStart w:name="z1379" w:id="1298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1286"/>
-    <w:bookmarkStart w:name="z1380" w:id="1287"/>
+    <w:bookmarkEnd w:id="1298"/>
+    <w:bookmarkStart w:name="z1380" w:id="1299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1287"/>
-    <w:bookmarkStart w:name="z1381" w:id="1288"/>
+    <w:bookmarkEnd w:id="1299"/>
+    <w:bookmarkStart w:name="z1381" w:id="1300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1288"/>
-    <w:bookmarkStart w:name="z1382" w:id="1289"/>
+    <w:bookmarkEnd w:id="1300"/>
+    <w:bookmarkStart w:name="z1382" w:id="1301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1289"/>
-    <w:bookmarkStart w:name="z1383" w:id="1290"/>
+    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkStart w:name="z1383" w:id="1302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1290"/>
-    <w:bookmarkStart w:name="z1384" w:id="1291"/>
+    <w:bookmarkEnd w:id="1302"/>
+    <w:bookmarkStart w:name="z1384" w:id="1303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1291"/>
-    <w:bookmarkStart w:name="z1385" w:id="1292"/>
+    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkStart w:name="z1385" w:id="1304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1292"/>
-    <w:bookmarkStart w:name="z1386" w:id="1293"/>
+    <w:bookmarkEnd w:id="1304"/>
+    <w:bookmarkStart w:name="z1386" w:id="1305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1293"/>
-    <w:bookmarkStart w:name="z1387" w:id="1294"/>
+    <w:bookmarkEnd w:id="1305"/>
+    <w:bookmarkStart w:name="z1387" w:id="1306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1294"/>
-    <w:bookmarkStart w:name="z1388" w:id="1295"/>
+    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkStart w:name="z1388" w:id="1307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1295"/>
-    <w:bookmarkStart w:name="z1389" w:id="1296"/>
+    <w:bookmarkEnd w:id="1307"/>
+    <w:bookmarkStart w:name="z1389" w:id="1308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1296"/>
-    <w:bookmarkStart w:name="z1390" w:id="1297"/>
+    <w:bookmarkEnd w:id="1308"/>
+    <w:bookmarkStart w:name="z1390" w:id="1309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1297"/>
-    <w:bookmarkStart w:name="z1391" w:id="1298"/>
+    <w:bookmarkEnd w:id="1309"/>
+    <w:bookmarkStart w:name="z1391" w:id="1310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1298"/>
-    <w:bookmarkStart w:name="z1392" w:id="1299"/>
+    <w:bookmarkEnd w:id="1310"/>
+    <w:bookmarkStart w:name="z1392" w:id="1311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1299"/>
-    <w:bookmarkStart w:name="z1393" w:id="1300"/>
+    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkStart w:name="z1393" w:id="1312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1300"/>
-    <w:bookmarkStart w:name="z1394" w:id="1301"/>
+    <w:bookmarkEnd w:id="1312"/>
+    <w:bookmarkStart w:name="z1394" w:id="1313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1301"/>
-    <w:bookmarkStart w:name="z1395" w:id="1302"/>
+    <w:bookmarkEnd w:id="1313"/>
+    <w:bookmarkStart w:name="z1395" w:id="1314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1302"/>
-    <w:bookmarkStart w:name="z1396" w:id="1303"/>
+    <w:bookmarkEnd w:id="1314"/>
+    <w:bookmarkStart w:name="z1396" w:id="1315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1303"/>
-    <w:bookmarkStart w:name="z1397" w:id="1304"/>
+    <w:bookmarkEnd w:id="1315"/>
+    <w:bookmarkStart w:name="z1397" w:id="1316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1304"/>
-    <w:bookmarkStart w:name="z1398" w:id="1305"/>
+    <w:bookmarkEnd w:id="1316"/>
+    <w:bookmarkStart w:name="z1398" w:id="1317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1305"/>
-    <w:bookmarkStart w:name="z1399" w:id="1306"/>
+    <w:bookmarkEnd w:id="1317"/>
+    <w:bookmarkStart w:name="z1399" w:id="1318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1306"/>
-    <w:bookmarkStart w:name="z1400" w:id="1307"/>
+    <w:bookmarkEnd w:id="1318"/>
+    <w:bookmarkStart w:name="z1400" w:id="1319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1307"/>
-    <w:bookmarkStart w:name="z1401" w:id="1308"/>
+    <w:bookmarkEnd w:id="1319"/>
+    <w:bookmarkStart w:name="z1401" w:id="1320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1308"/>
-    <w:bookmarkStart w:name="z1402" w:id="1309"/>
+    <w:bookmarkEnd w:id="1320"/>
+    <w:bookmarkStart w:name="z1402" w:id="1321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1309"/>
-    <w:bookmarkStart w:name="z1403" w:id="1310"/>
+    <w:bookmarkEnd w:id="1321"/>
+    <w:bookmarkStart w:name="z1403" w:id="1322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1310"/>
-    <w:bookmarkStart w:name="z1404" w:id="1311"/>
+    <w:bookmarkEnd w:id="1322"/>
+    <w:bookmarkStart w:name="z1404" w:id="1323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1311"/>
-    <w:bookmarkStart w:name="z1405" w:id="1312"/>
+    <w:bookmarkEnd w:id="1323"/>
+    <w:bookmarkStart w:name="z1405" w:id="1324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1312"/>
-    <w:bookmarkStart w:name="z1406" w:id="1313"/>
+    <w:bookmarkEnd w:id="1324"/>
+    <w:bookmarkStart w:name="z1406" w:id="1325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1313"/>
-    <w:bookmarkStart w:name="z1407" w:id="1314"/>
+    <w:bookmarkEnd w:id="1325"/>
+    <w:bookmarkStart w:name="z1407" w:id="1326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1314"/>
-    <w:bookmarkStart w:name="z1408" w:id="1315"/>
+    <w:bookmarkEnd w:id="1326"/>
+    <w:bookmarkStart w:name="z1408" w:id="1327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1315"/>
-    <w:bookmarkStart w:name="z1409" w:id="1316"/>
+    <w:bookmarkEnd w:id="1327"/>
+    <w:bookmarkStart w:name="z1409" w:id="1328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1316"/>
-    <w:bookmarkStart w:name="z1410" w:id="1317"/>
+    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkStart w:name="z1410" w:id="1329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1317"/>
-    <w:bookmarkStart w:name="z1411" w:id="1318"/>
+    <w:bookmarkEnd w:id="1329"/>
+    <w:bookmarkStart w:name="z1411" w:id="1330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1318"/>
-    <w:bookmarkStart w:name="z1412" w:id="1319"/>
+    <w:bookmarkEnd w:id="1330"/>
+    <w:bookmarkStart w:name="z1412" w:id="1331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1319"/>
-    <w:bookmarkStart w:name="z1413" w:id="1320"/>
+    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkStart w:name="z1413" w:id="1332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1320"/>
-    <w:bookmarkStart w:name="z1414" w:id="1321"/>
+    <w:bookmarkEnd w:id="1332"/>
+    <w:bookmarkStart w:name="z1414" w:id="1333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1321"/>
-    <w:bookmarkStart w:name="z1415" w:id="1322"/>
+    <w:bookmarkEnd w:id="1333"/>
+    <w:bookmarkStart w:name="z1415" w:id="1334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1322"/>
-    <w:bookmarkStart w:name="z1416" w:id="1323"/>
+    <w:bookmarkEnd w:id="1334"/>
+    <w:bookmarkStart w:name="z1416" w:id="1335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1323"/>
-    <w:bookmarkStart w:name="z1417" w:id="1324"/>
+    <w:bookmarkEnd w:id="1335"/>
+    <w:bookmarkStart w:name="z1417" w:id="1336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1324"/>
-    <w:bookmarkStart w:name="z1418" w:id="1325"/>
+    <w:bookmarkEnd w:id="1336"/>
+    <w:bookmarkStart w:name="z1418" w:id="1337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1325"/>
-    <w:bookmarkStart w:name="z1419" w:id="1326"/>
+    <w:bookmarkEnd w:id="1337"/>
+    <w:bookmarkStart w:name="z1419" w:id="1338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1326"/>
-    <w:bookmarkStart w:name="z1420" w:id="1327"/>
+    <w:bookmarkEnd w:id="1338"/>
+    <w:bookmarkStart w:name="z1420" w:id="1339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1327"/>
-    <w:bookmarkStart w:name="z1421" w:id="1328"/>
+    <w:bookmarkEnd w:id="1339"/>
+    <w:bookmarkStart w:name="z1421" w:id="1340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1328"/>
-    <w:bookmarkStart w:name="z1422" w:id="1329"/>
+    <w:bookmarkEnd w:id="1340"/>
+    <w:bookmarkStart w:name="z1422" w:id="1341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1329"/>
-    <w:bookmarkStart w:name="z1423" w:id="1330"/>
+    <w:bookmarkEnd w:id="1341"/>
+    <w:bookmarkStart w:name="z1423" w:id="1342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1330"/>
-    <w:bookmarkStart w:name="z1424" w:id="1331"/>
+    <w:bookmarkEnd w:id="1342"/>
+    <w:bookmarkStart w:name="z1424" w:id="1343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1331"/>
-    <w:bookmarkStart w:name="z1425" w:id="1332"/>
+    <w:bookmarkEnd w:id="1343"/>
+    <w:bookmarkStart w:name="z1425" w:id="1344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1332"/>
-    <w:bookmarkStart w:name="z1426" w:id="1333"/>
+    <w:bookmarkEnd w:id="1344"/>
+    <w:bookmarkStart w:name="z1426" w:id="1345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1333"/>
-    <w:bookmarkStart w:name="z1427" w:id="1334"/>
+    <w:bookmarkEnd w:id="1345"/>
+    <w:bookmarkStart w:name="z1427" w:id="1346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1334"/>
-    <w:bookmarkStart w:name="z1428" w:id="1335"/>
+    <w:bookmarkEnd w:id="1346"/>
+    <w:bookmarkStart w:name="z1428" w:id="1347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1335"/>
-    <w:bookmarkStart w:name="z1429" w:id="1336"/>
+    <w:bookmarkEnd w:id="1347"/>
+    <w:bookmarkStart w:name="z1429" w:id="1348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1336"/>
-    <w:bookmarkStart w:name="z1430" w:id="1337"/>
+    <w:bookmarkEnd w:id="1348"/>
+    <w:bookmarkStart w:name="z1430" w:id="1349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1337"/>
-    <w:bookmarkStart w:name="z1431" w:id="1338"/>
+    <w:bookmarkEnd w:id="1349"/>
+    <w:bookmarkStart w:name="z1431" w:id="1350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1338"/>
-    <w:bookmarkStart w:name="z1432" w:id="1339"/>
+    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkStart w:name="z1432" w:id="1351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1339"/>
-    <w:bookmarkStart w:name="z1433" w:id="1340"/>
+    <w:bookmarkEnd w:id="1351"/>
+    <w:bookmarkStart w:name="z1433" w:id="1352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1340"/>
-    <w:bookmarkStart w:name="z1434" w:id="1341"/>
+    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkStart w:name="z1434" w:id="1353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1341"/>
-    <w:bookmarkStart w:name="z1435" w:id="1342"/>
+    <w:bookmarkEnd w:id="1353"/>
+    <w:bookmarkStart w:name="z1435" w:id="1354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1342"/>
-    <w:bookmarkStart w:name="z1436" w:id="1343"/>
+    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkStart w:name="z1436" w:id="1355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1343"/>
-    <w:bookmarkStart w:name="z1437" w:id="1344"/>
+    <w:bookmarkEnd w:id="1355"/>
+    <w:bookmarkStart w:name="z1437" w:id="1356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1344"/>
-    <w:bookmarkStart w:name="z1438" w:id="1345"/>
+    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkStart w:name="z1438" w:id="1357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1345"/>
-    <w:bookmarkStart w:name="z1439" w:id="1346"/>
+    <w:bookmarkEnd w:id="1357"/>
+    <w:bookmarkStart w:name="z1439" w:id="1358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1346"/>
-    <w:bookmarkStart w:name="z1440" w:id="1347"/>
+    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkStart w:name="z1440" w:id="1359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1347"/>
-    <w:bookmarkStart w:name="z1441" w:id="1348"/>
+    <w:bookmarkEnd w:id="1359"/>
+    <w:bookmarkStart w:name="z1441" w:id="1360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1348"/>
+    <w:bookmarkEnd w:id="1360"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35680,107 +35885,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1447" w:id="1349"/>
+    <w:bookmarkStart w:name="z1447" w:id="1361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима Новоильиновского сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1349"/>
-    <w:bookmarkStart w:name="z1448" w:id="1350"/>
+    <w:bookmarkEnd w:id="1361"/>
+    <w:bookmarkStart w:name="z1448" w:id="1362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1350"/>
-    <w:bookmarkStart w:name="z1449" w:id="1351"/>
+    <w:bookmarkEnd w:id="1362"/>
+    <w:bookmarkStart w:name="z1449" w:id="1363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Новоильиновского сельского округа" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима Новоильиновского сельского округа (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1351"/>
-    <w:bookmarkStart w:name="z1450" w:id="1352"/>
+    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkStart w:name="z1450" w:id="1364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35795,1603 +36000,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1352"/>
-    <w:bookmarkStart w:name="z1451" w:id="1353"/>
+    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkStart w:name="z1451" w:id="1365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1353"/>
-    <w:bookmarkStart w:name="z1452" w:id="1354"/>
+    <w:bookmarkEnd w:id="1365"/>
+    <w:bookmarkStart w:name="z1452" w:id="1366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1354"/>
-    <w:bookmarkStart w:name="z1453" w:id="1355"/>
+    <w:bookmarkEnd w:id="1366"/>
+    <w:bookmarkStart w:name="z1453" w:id="1367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1355"/>
-    <w:bookmarkStart w:name="z1454" w:id="1356"/>
+    <w:bookmarkEnd w:id="1367"/>
+    <w:bookmarkStart w:name="z1454" w:id="1368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1356"/>
-    <w:bookmarkStart w:name="z1455" w:id="1357"/>
+    <w:bookmarkEnd w:id="1368"/>
+    <w:bookmarkStart w:name="z1455" w:id="1369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима Новоильиновского сельского округа", юридический адрес: 111709, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Новоильиновка, улица Школьная, 35/2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1357"/>
-    <w:bookmarkStart w:name="z1456" w:id="1358"/>
+    <w:bookmarkEnd w:id="1369"/>
+    <w:bookmarkStart w:name="z1456" w:id="1370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1358"/>
-    <w:bookmarkStart w:name="z1457" w:id="1359"/>
+    <w:bookmarkEnd w:id="1370"/>
+    <w:bookmarkStart w:name="z1457" w:id="1371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1359"/>
-    <w:bookmarkStart w:name="z1458" w:id="1360"/>
+    <w:bookmarkEnd w:id="1371"/>
+    <w:bookmarkStart w:name="z1458" w:id="1372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1360"/>
-    <w:bookmarkStart w:name="z1459" w:id="1361"/>
+    <w:bookmarkEnd w:id="1372"/>
+    <w:bookmarkStart w:name="z1459" w:id="1373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1361"/>
-    <w:bookmarkStart w:name="z1460" w:id="1362"/>
+    <w:bookmarkEnd w:id="1373"/>
+    <w:bookmarkStart w:name="z1460" w:id="1374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1362"/>
-    <w:bookmarkStart w:name="z1461" w:id="1363"/>
+    <w:bookmarkEnd w:id="1374"/>
+    <w:bookmarkStart w:name="z1461" w:id="1375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1363"/>
-    <w:bookmarkStart w:name="z1462" w:id="1364"/>
+    <w:bookmarkEnd w:id="1375"/>
+    <w:bookmarkStart w:name="z1462" w:id="1376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1364"/>
-    <w:bookmarkStart w:name="z1463" w:id="1365"/>
+    <w:bookmarkEnd w:id="1376"/>
+    <w:bookmarkStart w:name="z1463" w:id="1377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1365"/>
-    <w:bookmarkStart w:name="z1464" w:id="1366"/>
+    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkStart w:name="z1464" w:id="1378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1366"/>
-    <w:bookmarkStart w:name="z1465" w:id="1367"/>
+    <w:bookmarkEnd w:id="1378"/>
+    <w:bookmarkStart w:name="z1465" w:id="1379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1367"/>
-    <w:bookmarkStart w:name="z1466" w:id="1368"/>
+    <w:bookmarkEnd w:id="1379"/>
+    <w:bookmarkStart w:name="z1466" w:id="1380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1368"/>
-    <w:bookmarkStart w:name="z1467" w:id="1369"/>
+    <w:bookmarkEnd w:id="1380"/>
+    <w:bookmarkStart w:name="z1467" w:id="1381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1369"/>
-    <w:bookmarkStart w:name="z1468" w:id="1370"/>
+    <w:bookmarkEnd w:id="1381"/>
+    <w:bookmarkStart w:name="z1468" w:id="1382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1370"/>
-    <w:bookmarkStart w:name="z1469" w:id="1371"/>
+    <w:bookmarkEnd w:id="1382"/>
+    <w:bookmarkStart w:name="z1469" w:id="1383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1371"/>
-    <w:bookmarkStart w:name="z1470" w:id="1372"/>
+    <w:bookmarkEnd w:id="1383"/>
+    <w:bookmarkStart w:name="z1470" w:id="1384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1372"/>
-    <w:bookmarkStart w:name="z1471" w:id="1373"/>
+    <w:bookmarkEnd w:id="1384"/>
+    <w:bookmarkStart w:name="z1471" w:id="1385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1373"/>
-    <w:bookmarkStart w:name="z1472" w:id="1374"/>
+    <w:bookmarkEnd w:id="1385"/>
+    <w:bookmarkStart w:name="z1472" w:id="1386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1374"/>
-    <w:bookmarkStart w:name="z1473" w:id="1375"/>
+    <w:bookmarkEnd w:id="1386"/>
+    <w:bookmarkStart w:name="z1473" w:id="1387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1375"/>
-    <w:bookmarkStart w:name="z1474" w:id="1376"/>
+    <w:bookmarkEnd w:id="1387"/>
+    <w:bookmarkStart w:name="z1474" w:id="1388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1376"/>
-    <w:bookmarkStart w:name="z1475" w:id="1377"/>
+    <w:bookmarkEnd w:id="1388"/>
+    <w:bookmarkStart w:name="z1475" w:id="1389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1377"/>
-    <w:bookmarkStart w:name="z1476" w:id="1378"/>
+    <w:bookmarkEnd w:id="1389"/>
+    <w:bookmarkStart w:name="z1476" w:id="1390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1378"/>
-    <w:bookmarkStart w:name="z1477" w:id="1379"/>
+    <w:bookmarkEnd w:id="1390"/>
+    <w:bookmarkStart w:name="z1477" w:id="1391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1379"/>
-    <w:bookmarkStart w:name="z1478" w:id="1380"/>
+    <w:bookmarkEnd w:id="1391"/>
+    <w:bookmarkStart w:name="z1478" w:id="1392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1380"/>
-    <w:bookmarkStart w:name="z1479" w:id="1381"/>
+    <w:bookmarkEnd w:id="1392"/>
+    <w:bookmarkStart w:name="z1479" w:id="1393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1381"/>
-    <w:bookmarkStart w:name="z1480" w:id="1382"/>
+    <w:bookmarkEnd w:id="1393"/>
+    <w:bookmarkStart w:name="z1480" w:id="1394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1382"/>
-    <w:bookmarkStart w:name="z1481" w:id="1383"/>
+    <w:bookmarkEnd w:id="1394"/>
+    <w:bookmarkStart w:name="z1481" w:id="1395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1383"/>
-    <w:bookmarkStart w:name="z1482" w:id="1384"/>
+    <w:bookmarkEnd w:id="1395"/>
+    <w:bookmarkStart w:name="z1482" w:id="1396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1384"/>
-    <w:bookmarkStart w:name="z1483" w:id="1385"/>
+    <w:bookmarkEnd w:id="1396"/>
+    <w:bookmarkStart w:name="z1483" w:id="1397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1385"/>
-    <w:bookmarkStart w:name="z1484" w:id="1386"/>
+    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:name="z1484" w:id="1398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1386"/>
-    <w:bookmarkStart w:name="z1485" w:id="1387"/>
+    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:name="z1485" w:id="1399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1387"/>
-    <w:bookmarkStart w:name="z1486" w:id="1388"/>
+    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:name="z1486" w:id="1400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1388"/>
-    <w:bookmarkStart w:name="z1487" w:id="1389"/>
+    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:name="z1487" w:id="1401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1389"/>
-    <w:bookmarkStart w:name="z1488" w:id="1390"/>
+    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:name="z1488" w:id="1402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1390"/>
-    <w:bookmarkStart w:name="z1489" w:id="1391"/>
+    <w:bookmarkEnd w:id="1402"/>
+    <w:bookmarkStart w:name="z1489" w:id="1403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1391"/>
-    <w:bookmarkStart w:name="z1490" w:id="1392"/>
+    <w:bookmarkEnd w:id="1403"/>
+    <w:bookmarkStart w:name="z1490" w:id="1404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1392"/>
-    <w:bookmarkStart w:name="z1491" w:id="1393"/>
+    <w:bookmarkEnd w:id="1404"/>
+    <w:bookmarkStart w:name="z1491" w:id="1405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1393"/>
-    <w:bookmarkStart w:name="z1492" w:id="1394"/>
+    <w:bookmarkEnd w:id="1405"/>
+    <w:bookmarkStart w:name="z1492" w:id="1406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1394"/>
-    <w:bookmarkStart w:name="z1493" w:id="1395"/>
+    <w:bookmarkEnd w:id="1406"/>
+    <w:bookmarkStart w:name="z1493" w:id="1407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1395"/>
-    <w:bookmarkStart w:name="z1494" w:id="1396"/>
+    <w:bookmarkEnd w:id="1407"/>
+    <w:bookmarkStart w:name="z1494" w:id="1408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1396"/>
-    <w:bookmarkStart w:name="z1495" w:id="1397"/>
+    <w:bookmarkEnd w:id="1408"/>
+    <w:bookmarkStart w:name="z1495" w:id="1409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1397"/>
-    <w:bookmarkStart w:name="z1496" w:id="1398"/>
+    <w:bookmarkEnd w:id="1409"/>
+    <w:bookmarkStart w:name="z1496" w:id="1410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1398"/>
-    <w:bookmarkStart w:name="z1497" w:id="1399"/>
+    <w:bookmarkEnd w:id="1410"/>
+    <w:bookmarkStart w:name="z1497" w:id="1411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1399"/>
-    <w:bookmarkStart w:name="z1498" w:id="1400"/>
+    <w:bookmarkEnd w:id="1411"/>
+    <w:bookmarkStart w:name="z1498" w:id="1412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1400"/>
-    <w:bookmarkStart w:name="z1499" w:id="1401"/>
+    <w:bookmarkEnd w:id="1412"/>
+    <w:bookmarkStart w:name="z1499" w:id="1413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1401"/>
-    <w:bookmarkStart w:name="z1500" w:id="1402"/>
+    <w:bookmarkEnd w:id="1413"/>
+    <w:bookmarkStart w:name="z1500" w:id="1414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1402"/>
-    <w:bookmarkStart w:name="z1501" w:id="1403"/>
+    <w:bookmarkEnd w:id="1414"/>
+    <w:bookmarkStart w:name="z1501" w:id="1415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1403"/>
-    <w:bookmarkStart w:name="z1502" w:id="1404"/>
+    <w:bookmarkEnd w:id="1415"/>
+    <w:bookmarkStart w:name="z1502" w:id="1416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1404"/>
-    <w:bookmarkStart w:name="z1503" w:id="1405"/>
+    <w:bookmarkEnd w:id="1416"/>
+    <w:bookmarkStart w:name="z1503" w:id="1417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1405"/>
-    <w:bookmarkStart w:name="z1504" w:id="1406"/>
+    <w:bookmarkEnd w:id="1417"/>
+    <w:bookmarkStart w:name="z1504" w:id="1418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1406"/>
-    <w:bookmarkStart w:name="z1505" w:id="1407"/>
+    <w:bookmarkEnd w:id="1418"/>
+    <w:bookmarkStart w:name="z1505" w:id="1419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1407"/>
-    <w:bookmarkStart w:name="z1506" w:id="1408"/>
+    <w:bookmarkEnd w:id="1419"/>
+    <w:bookmarkStart w:name="z1506" w:id="1420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1408"/>
-    <w:bookmarkStart w:name="z1507" w:id="1409"/>
+    <w:bookmarkEnd w:id="1420"/>
+    <w:bookmarkStart w:name="z1507" w:id="1421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1409"/>
-    <w:bookmarkStart w:name="z1508" w:id="1410"/>
+    <w:bookmarkEnd w:id="1421"/>
+    <w:bookmarkStart w:name="z1508" w:id="1422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1410"/>
-    <w:bookmarkStart w:name="z1509" w:id="1411"/>
+    <w:bookmarkEnd w:id="1422"/>
+    <w:bookmarkStart w:name="z1509" w:id="1423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1411"/>
-    <w:bookmarkStart w:name="z1510" w:id="1412"/>
+    <w:bookmarkEnd w:id="1423"/>
+    <w:bookmarkStart w:name="z1510" w:id="1424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1412"/>
-    <w:bookmarkStart w:name="z1511" w:id="1413"/>
+    <w:bookmarkEnd w:id="1424"/>
+    <w:bookmarkStart w:name="z1511" w:id="1425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1413"/>
-    <w:bookmarkStart w:name="z1512" w:id="1414"/>
+    <w:bookmarkEnd w:id="1425"/>
+    <w:bookmarkStart w:name="z1512" w:id="1426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1414"/>
-    <w:bookmarkStart w:name="z1513" w:id="1415"/>
+    <w:bookmarkEnd w:id="1426"/>
+    <w:bookmarkStart w:name="z1513" w:id="1427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1415"/>
-    <w:bookmarkStart w:name="z1514" w:id="1416"/>
+    <w:bookmarkEnd w:id="1427"/>
+    <w:bookmarkStart w:name="z1514" w:id="1428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1416"/>
-    <w:bookmarkStart w:name="z1515" w:id="1417"/>
+    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkStart w:name="z1515" w:id="1429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1417"/>
-    <w:bookmarkStart w:name="z1516" w:id="1418"/>
+    <w:bookmarkEnd w:id="1429"/>
+    <w:bookmarkStart w:name="z1516" w:id="1430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1418"/>
-    <w:bookmarkStart w:name="z1517" w:id="1419"/>
+    <w:bookmarkEnd w:id="1430"/>
+    <w:bookmarkStart w:name="z1517" w:id="1431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1419"/>
-    <w:bookmarkStart w:name="z1518" w:id="1420"/>
+    <w:bookmarkEnd w:id="1431"/>
+    <w:bookmarkStart w:name="z1518" w:id="1432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1420"/>
-    <w:bookmarkStart w:name="z1519" w:id="1421"/>
+    <w:bookmarkEnd w:id="1432"/>
+    <w:bookmarkStart w:name="z1519" w:id="1433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1421"/>
-    <w:bookmarkStart w:name="z1520" w:id="1422"/>
+    <w:bookmarkEnd w:id="1433"/>
+    <w:bookmarkStart w:name="z1520" w:id="1434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1422"/>
-    <w:bookmarkStart w:name="z1521" w:id="1423"/>
+    <w:bookmarkEnd w:id="1434"/>
+    <w:bookmarkStart w:name="z1521" w:id="1435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1423"/>
-    <w:bookmarkStart w:name="z1522" w:id="1424"/>
+    <w:bookmarkEnd w:id="1435"/>
+    <w:bookmarkStart w:name="z1522" w:id="1436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1424"/>
-    <w:bookmarkStart w:name="z1523" w:id="1425"/>
+    <w:bookmarkEnd w:id="1436"/>
+    <w:bookmarkStart w:name="z1523" w:id="1437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1425"/>
-    <w:bookmarkStart w:name="z1524" w:id="1426"/>
+    <w:bookmarkEnd w:id="1437"/>
+    <w:bookmarkStart w:name="z1524" w:id="1438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1426"/>
-    <w:bookmarkStart w:name="z1525" w:id="1427"/>
+    <w:bookmarkEnd w:id="1438"/>
+    <w:bookmarkStart w:name="z1525" w:id="1439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1427"/>
-    <w:bookmarkStart w:name="z1526" w:id="1428"/>
+    <w:bookmarkEnd w:id="1439"/>
+    <w:bookmarkStart w:name="z1526" w:id="1440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkEnd w:id="1440"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -37691,107 +37896,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1532" w:id="1429"/>
+    <w:bookmarkStart w:name="z1532" w:id="1441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об аппарате акима Павловского сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1429"/>
-    <w:bookmarkStart w:name="z1533" w:id="1430"/>
+    <w:bookmarkEnd w:id="1441"/>
+    <w:bookmarkStart w:name="z1533" w:id="1442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1430"/>
-    <w:bookmarkStart w:name="z1534" w:id="1431"/>
+    <w:bookmarkEnd w:id="1442"/>
+    <w:bookmarkStart w:name="z1534" w:id="1443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Павловского сельского округа" (далее – аппарат акима) является государственным учреждением, обеспечивающим деятельность акима Павловского сельского округа (далее – аким) и осуществляющим иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1431"/>
-    <w:bookmarkStart w:name="z1535" w:id="1432"/>
+    <w:bookmarkEnd w:id="1443"/>
+    <w:bookmarkStart w:name="z1535" w:id="1444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37806,1603 +38011,1603 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1432"/>
-    <w:bookmarkStart w:name="z1536" w:id="1433"/>
+    <w:bookmarkEnd w:id="1444"/>
+    <w:bookmarkStart w:name="z1536" w:id="1445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, в соответствии с законодательством Республики Казахстан имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1433"/>
-    <w:bookmarkStart w:name="z1537" w:id="1434"/>
+    <w:bookmarkEnd w:id="1445"/>
+    <w:bookmarkStart w:name="z1537" w:id="1446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1434"/>
-    <w:bookmarkStart w:name="z1538" w:id="1435"/>
+    <w:bookmarkEnd w:id="1446"/>
+    <w:bookmarkStart w:name="z1538" w:id="1447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1435"/>
-    <w:bookmarkStart w:name="z1539" w:id="1436"/>
+    <w:bookmarkEnd w:id="1447"/>
+    <w:bookmarkStart w:name="z1539" w:id="1448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об аппарате акима сельского округа, его структура утверждаются акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1436"/>
-    <w:bookmarkStart w:name="z1540" w:id="1437"/>
+    <w:bookmarkEnd w:id="1448"/>
+    <w:bookmarkStart w:name="z1540" w:id="1449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Аппарат акима Павловского сельского округа", юридический адрес: 111711, Республика Казахстан, Костанайская область, район Беимбета Майлина, село Павловка, переулок имени Вачасова, 163.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1437"/>
-    <w:bookmarkStart w:name="z1541" w:id="1438"/>
+    <w:bookmarkEnd w:id="1449"/>
+    <w:bookmarkStart w:name="z1541" w:id="1450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аппарат акима сельского округа образуется, упраздняется и реорганизуется акиматом района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1438"/>
-    <w:bookmarkStart w:name="z1542" w:id="1439"/>
+    <w:bookmarkEnd w:id="1450"/>
+    <w:bookmarkStart w:name="z1542" w:id="1451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1439"/>
-    <w:bookmarkStart w:name="z1543" w:id="1440"/>
+    <w:bookmarkEnd w:id="1451"/>
+    <w:bookmarkStart w:name="z1543" w:id="1452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1440"/>
-    <w:bookmarkStart w:name="z1544" w:id="1441"/>
+    <w:bookmarkEnd w:id="1452"/>
+    <w:bookmarkStart w:name="z1544" w:id="1453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные задачи, функции, права и обязанности аппарата акима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1441"/>
-    <w:bookmarkStart w:name="z1545" w:id="1442"/>
+    <w:bookmarkEnd w:id="1453"/>
+    <w:bookmarkStart w:name="z1545" w:id="1454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1442"/>
-    <w:bookmarkStart w:name="z1546" w:id="1443"/>
+    <w:bookmarkEnd w:id="1454"/>
+    <w:bookmarkStart w:name="z1546" w:id="1455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационно-аналитическое, организационно-правовое, материально-техническое обеспечение деятельности акима, а также решение вопросов местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1443"/>
-    <w:bookmarkStart w:name="z1547" w:id="1444"/>
+    <w:bookmarkEnd w:id="1455"/>
+    <w:bookmarkStart w:name="z1547" w:id="1456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1444"/>
-    <w:bookmarkStart w:name="z1548" w:id="1445"/>
+    <w:bookmarkEnd w:id="1456"/>
+    <w:bookmarkStart w:name="z1548" w:id="1457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аппарат акима сельского округа в рамках своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1445"/>
-    <w:bookmarkStart w:name="z1549" w:id="1446"/>
+    <w:bookmarkEnd w:id="1457"/>
+    <w:bookmarkStart w:name="z1549" w:id="1458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей села, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1446"/>
-    <w:bookmarkStart w:name="z1550" w:id="1447"/>
+    <w:bookmarkEnd w:id="1458"/>
+    <w:bookmarkStart w:name="z1550" w:id="1459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее, чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1447"/>
-    <w:bookmarkStart w:name="z1551" w:id="1448"/>
+    <w:bookmarkEnd w:id="1459"/>
+    <w:bookmarkStart w:name="z1551" w:id="1460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1448"/>
-    <w:bookmarkStart w:name="z1552" w:id="1449"/>
+    <w:bookmarkEnd w:id="1460"/>
+    <w:bookmarkStart w:name="z1552" w:id="1461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает планирование и исполнение бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1449"/>
-    <w:bookmarkStart w:name="z1553" w:id="1450"/>
+    <w:bookmarkEnd w:id="1461"/>
+    <w:bookmarkStart w:name="z1553" w:id="1462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет собранию местного сообщества и в маслихат района отчет об исполнении бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1450"/>
-    <w:bookmarkStart w:name="z1554" w:id="1451"/>
+    <w:bookmarkEnd w:id="1462"/>
+    <w:bookmarkStart w:name="z1554" w:id="1463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о реализации бюджета сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1451"/>
-    <w:bookmarkStart w:name="z1555" w:id="1452"/>
+    <w:bookmarkEnd w:id="1463"/>
+    <w:bookmarkStart w:name="z1555" w:id="1464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1452"/>
-    <w:bookmarkStart w:name="z1556" w:id="1453"/>
+    <w:bookmarkEnd w:id="1464"/>
+    <w:bookmarkStart w:name="z1556" w:id="1465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1453"/>
-    <w:bookmarkStart w:name="z1557" w:id="1454"/>
+    <w:bookmarkEnd w:id="1465"/>
+    <w:bookmarkStart w:name="z1557" w:id="1466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1454"/>
-    <w:bookmarkStart w:name="z1558" w:id="1455"/>
+    <w:bookmarkEnd w:id="1466"/>
+    <w:bookmarkStart w:name="z1558" w:id="1467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1455"/>
-    <w:bookmarkStart w:name="z1559" w:id="1456"/>
+    <w:bookmarkEnd w:id="1467"/>
+    <w:bookmarkStart w:name="z1559" w:id="1468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливает коммунальному государственному предприятию, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), срок содержания и обеспечения сохранности изъятого имущества до его передачи иному лицу с последующим списанием с баланса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1456"/>
-    <w:bookmarkStart w:name="z1560" w:id="1457"/>
+    <w:bookmarkEnd w:id="1468"/>
+    <w:bookmarkStart w:name="z1560" w:id="1469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1457"/>
-    <w:bookmarkStart w:name="z1561" w:id="1458"/>
+    <w:bookmarkEnd w:id="1469"/>
+    <w:bookmarkStart w:name="z1561" w:id="1470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления коммунальным имуществом местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1458"/>
-    <w:bookmarkStart w:name="z1562" w:id="1459"/>
+    <w:bookmarkEnd w:id="1470"/>
+    <w:bookmarkStart w:name="z1562" w:id="1471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль и анализ выполнения планов развития коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1459"/>
-    <w:bookmarkStart w:name="z1563" w:id="1460"/>
+    <w:bookmarkEnd w:id="1471"/>
+    <w:bookmarkStart w:name="z1563" w:id="1472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1460"/>
-    <w:bookmarkStart w:name="z1564" w:id="1461"/>
+    <w:bookmarkEnd w:id="1472"/>
+    <w:bookmarkStart w:name="z1564" w:id="1473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аппарат акима сельского округа по согласованию с собранием местного сообщества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1461"/>
-    <w:bookmarkStart w:name="z1565" w:id="1462"/>
+    <w:bookmarkEnd w:id="1473"/>
+    <w:bookmarkStart w:name="z1565" w:id="1474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1462"/>
-    <w:bookmarkStart w:name="z1566" w:id="1463"/>
+    <w:bookmarkEnd w:id="1474"/>
+    <w:bookmarkStart w:name="z1566" w:id="1475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1463"/>
-    <w:bookmarkStart w:name="z1567" w:id="1464"/>
+    <w:bookmarkEnd w:id="1475"/>
+    <w:bookmarkStart w:name="z1567" w:id="1476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение и осуществляет приватизацию коммунального имущества местного самоуправления, в том числе обеспечивает его сохранность в процессе подготовки объекта к приватизации, привлекает посредника для организации процесса приватизации, обеспечивает оценку объекта приватизации, осуществляет подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1464"/>
-    <w:bookmarkStart w:name="z1568" w:id="1465"/>
+    <w:bookmarkEnd w:id="1476"/>
+    <w:bookmarkStart w:name="z1568" w:id="1477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет предмет и цели деятельности коммунального государственного предприятия, имущество которого находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), а также вид коммунального государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1465"/>
-    <w:bookmarkStart w:name="z1569" w:id="1466"/>
+    <w:bookmarkEnd w:id="1477"/>
+    <w:bookmarkStart w:name="z1569" w:id="1478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1466"/>
-    <w:bookmarkStart w:name="z1570" w:id="1467"/>
+    <w:bookmarkEnd w:id="1478"/>
+    <w:bookmarkStart w:name="z1570" w:id="1479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1467"/>
-    <w:bookmarkStart w:name="z1571" w:id="1468"/>
+    <w:bookmarkEnd w:id="1479"/>
+    <w:bookmarkStart w:name="z1571" w:id="1480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1468"/>
-    <w:bookmarkStart w:name="z1572" w:id="1469"/>
+    <w:bookmarkEnd w:id="1480"/>
+    <w:bookmarkStart w:name="z1572" w:id="1481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1469"/>
-    <w:bookmarkStart w:name="z1573" w:id="1470"/>
+    <w:bookmarkEnd w:id="1481"/>
+    <w:bookmarkStart w:name="z1573" w:id="1482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1470"/>
-    <w:bookmarkStart w:name="z1574" w:id="1471"/>
+    <w:bookmarkEnd w:id="1482"/>
+    <w:bookmarkStart w:name="z1574" w:id="1483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1471"/>
-    <w:bookmarkStart w:name="z1575" w:id="1472"/>
+    <w:bookmarkEnd w:id="1483"/>
+    <w:bookmarkStart w:name="z1575" w:id="1484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1472"/>
-    <w:bookmarkStart w:name="z1576" w:id="1473"/>
+    <w:bookmarkEnd w:id="1484"/>
+    <w:bookmarkStart w:name="z1576" w:id="1485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности сельского округа (коммунальной собственности местного самоуправления), и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1473"/>
-    <w:bookmarkStart w:name="z1577" w:id="1474"/>
+    <w:bookmarkEnd w:id="1485"/>
+    <w:bookmarkStart w:name="z1577" w:id="1486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1474"/>
-    <w:bookmarkStart w:name="z1578" w:id="1475"/>
+    <w:bookmarkEnd w:id="1486"/>
+    <w:bookmarkStart w:name="z1578" w:id="1487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1475"/>
-    <w:bookmarkStart w:name="z1579" w:id="1476"/>
+    <w:bookmarkEnd w:id="1487"/>
+    <w:bookmarkStart w:name="z1579" w:id="1488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решение об отчуждении коммунального имущества местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1476"/>
-    <w:bookmarkStart w:name="z1580" w:id="1477"/>
+    <w:bookmarkEnd w:id="1488"/>
+    <w:bookmarkStart w:name="z1580" w:id="1489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, предоставленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1477"/>
-    <w:bookmarkStart w:name="z1581" w:id="1478"/>
+    <w:bookmarkEnd w:id="1489"/>
+    <w:bookmarkStart w:name="z1581" w:id="1490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аппарат акима имеет право, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1478"/>
-    <w:bookmarkStart w:name="z1582" w:id="1479"/>
+    <w:bookmarkEnd w:id="1490"/>
+    <w:bookmarkStart w:name="z1582" w:id="1491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1479"/>
-    <w:bookmarkStart w:name="z1583" w:id="1480"/>
+    <w:bookmarkEnd w:id="1491"/>
+    <w:bookmarkStart w:name="z1583" w:id="1492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и осуществлять имущественные и неимущественные права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1480"/>
-    <w:bookmarkStart w:name="z1584" w:id="1481"/>
+    <w:bookmarkEnd w:id="1492"/>
+    <w:bookmarkStart w:name="z1584" w:id="1493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1481"/>
-    <w:bookmarkStart w:name="z1585" w:id="1482"/>
+    <w:bookmarkEnd w:id="1493"/>
+    <w:bookmarkStart w:name="z1585" w:id="1494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1482"/>
-    <w:bookmarkStart w:name="z1586" w:id="1483"/>
+    <w:bookmarkEnd w:id="1494"/>
+    <w:bookmarkStart w:name="z1586" w:id="1495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1483"/>
-    <w:bookmarkStart w:name="z1587" w:id="1484"/>
+    <w:bookmarkEnd w:id="1495"/>
+    <w:bookmarkStart w:name="z1587" w:id="1496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обязанности аппарата акима, в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1484"/>
-    <w:bookmarkStart w:name="z1588" w:id="1485"/>
+    <w:bookmarkEnd w:id="1496"/>
+    <w:bookmarkStart w:name="z1588" w:id="1497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1485"/>
-    <w:bookmarkStart w:name="z1589" w:id="1486"/>
+    <w:bookmarkEnd w:id="1497"/>
+    <w:bookmarkStart w:name="z1589" w:id="1498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района, акима сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1486"/>
-    <w:bookmarkStart w:name="z1590" w:id="1487"/>
+    <w:bookmarkEnd w:id="1498"/>
+    <w:bookmarkStart w:name="z1590" w:id="1499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1487"/>
-    <w:bookmarkStart w:name="z1591" w:id="1488"/>
+    <w:bookmarkEnd w:id="1499"/>
+    <w:bookmarkStart w:name="z1591" w:id="1500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1488"/>
-    <w:bookmarkStart w:name="z1592" w:id="1489"/>
+    <w:bookmarkEnd w:id="1500"/>
+    <w:bookmarkStart w:name="z1592" w:id="1501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аппарат акима возглавляется акимом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1489"/>
-    <w:bookmarkStart w:name="z1593" w:id="1490"/>
+    <w:bookmarkEnd w:id="1501"/>
+    <w:bookmarkStart w:name="z1593" w:id="1502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Полномочия акима:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1490"/>
-    <w:bookmarkStart w:name="z1594" w:id="1491"/>
+    <w:bookmarkEnd w:id="1502"/>
+    <w:bookmarkStart w:name="z1594" w:id="1503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует работу аппарата акима, осуществляет руководство его деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1491"/>
-    <w:bookmarkStart w:name="z1595" w:id="1492"/>
+    <w:bookmarkEnd w:id="1503"/>
+    <w:bookmarkStart w:name="z1595" w:id="1504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1492"/>
-    <w:bookmarkStart w:name="z1596" w:id="1493"/>
+    <w:bookmarkEnd w:id="1504"/>
+    <w:bookmarkStart w:name="z1596" w:id="1505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает работников по трудовому договору за счет экономии бюджетных средств и (или) поступлений, предусмотренных законодательством Республики Казахстан о местном государственном управлении и самоуправлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1493"/>
-    <w:bookmarkStart w:name="z1597" w:id="1494"/>
+    <w:bookmarkEnd w:id="1505"/>
+    <w:bookmarkStart w:name="z1597" w:id="1506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       составляет и утверждает сводный план поступлений и расходов денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении, в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1494"/>
-    <w:bookmarkStart w:name="z1598" w:id="1495"/>
+    <w:bookmarkEnd w:id="1506"/>
+    <w:bookmarkStart w:name="z1598" w:id="1507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит инвентаризацию жилищного фонда сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1495"/>
-    <w:bookmarkStart w:name="z1599" w:id="1496"/>
+    <w:bookmarkEnd w:id="1507"/>
+    <w:bookmarkStart w:name="z1599" w:id="1508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует по согласованию с акимом района и собранием местного сообщества снос аварийного жилья сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1496"/>
-    <w:bookmarkStart w:name="z1600" w:id="1497"/>
+    <w:bookmarkEnd w:id="1508"/>
+    <w:bookmarkStart w:name="z1600" w:id="1509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывает содействие микрокредитованию сельского населения в рамках программных документов системы государственного планирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1497"/>
-    <w:bookmarkStart w:name="z1601" w:id="1498"/>
+    <w:bookmarkEnd w:id="1509"/>
+    <w:bookmarkStart w:name="z1601" w:id="1510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия, возложенные законами и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1498"/>
-    <w:bookmarkStart w:name="z1602" w:id="1499"/>
+    <w:bookmarkEnd w:id="1510"/>
+    <w:bookmarkStart w:name="z1602" w:id="1511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аким может иметь заместителя акима в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1499"/>
-    <w:bookmarkStart w:name="z1603" w:id="1500"/>
+    <w:bookmarkEnd w:id="1511"/>
+    <w:bookmarkStart w:name="z1603" w:id="1512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аким определяет обязанности и полномочия заместителя акима в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1500"/>
-    <w:bookmarkStart w:name="z1604" w:id="1501"/>
+    <w:bookmarkEnd w:id="1512"/>
+    <w:bookmarkStart w:name="z1604" w:id="1513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аким обеспечивает соблюдение сотрудниками аппарата акима норм этики государственных служащих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1501"/>
-    <w:bookmarkStart w:name="z1605" w:id="1502"/>
+    <w:bookmarkEnd w:id="1513"/>
+    <w:bookmarkStart w:name="z1605" w:id="1514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1502"/>
-    <w:bookmarkStart w:name="z1606" w:id="1503"/>
+    <w:bookmarkEnd w:id="1514"/>
+    <w:bookmarkStart w:name="z1606" w:id="1515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1503"/>
-    <w:bookmarkStart w:name="z1607" w:id="1504"/>
+    <w:bookmarkEnd w:id="1515"/>
+    <w:bookmarkStart w:name="z1607" w:id="1516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1504"/>
-    <w:bookmarkStart w:name="z1608" w:id="1505"/>
+    <w:bookmarkEnd w:id="1516"/>
+    <w:bookmarkStart w:name="z1608" w:id="1517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности сельского округа (местного самоуправления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1505"/>
-    <w:bookmarkStart w:name="z1609" w:id="1506"/>
+    <w:bookmarkEnd w:id="1517"/>
+    <w:bookmarkStart w:name="z1609" w:id="1518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат акима по согласованию с собранием местного сообщества может отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1506"/>
-    <w:bookmarkStart w:name="z1610" w:id="1507"/>
+    <w:bookmarkEnd w:id="1518"/>
+    <w:bookmarkStart w:name="z1610" w:id="1519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение аппарата акима сельского округа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1507"/>
-    <w:bookmarkStart w:name="z1611" w:id="1508"/>
+    <w:bookmarkEnd w:id="1519"/>
+    <w:bookmarkStart w:name="z1611" w:id="1520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1508"/>
+    <w:bookmarkEnd w:id="1520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>