--- v1 (2025-12-14)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6d50b9e" w14:textId="6d50b9e">
+    <w:p w14:paraId="42f4634" w14:textId="42f4634">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9173,51 +9173,123 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) рассмотрение дел об административных правонарушениях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях", и наложение административных взысканий.</w:t>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях", и наложение административных взысканий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обеспечение проведения аттестации государственных организаций культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) утверждает государственный творческий заказ на финансирование творческих кружков для детей и подростков в пределах бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) обеспечивает размещение государственного творческого заказа в творческих кружках для детей и подростков независимо от форм собственности, ведомственной подчиненности, видов и типов исполнителей услуг государственного творческого заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) обеспечивает реализацию всех этапов и процедур размещения государственного творческого заказа, контроль его качества и адресное освоение в электронном и общедоступном форматах.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -9261,51 +9333,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 04.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 261</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (введение в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z343" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18520,50 +18632,116 @@
         <w:t>
       - вносить предложения по проектам нормативно–правовых актов, принимаемых акимом и акиматом района по вопросам компетенции государственного учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="679"/>
     <w:bookmarkStart w:name="z721" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - осуществлять иные права и обязанности в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В пункт 14 предусмотрены дополнения постановлением акимата района Беимбета Майлина Костанайской области от 24.12.2025 № 273 (вводится в действие с 22.01.2026)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z722" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
     <w:bookmarkStart w:name="z723" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -39613,55 +39791,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>