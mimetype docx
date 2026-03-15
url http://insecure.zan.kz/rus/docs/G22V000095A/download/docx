--- v0 (2025-11-15)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1a50da8" w14:textId="1a50da8">
+    <w:p w14:paraId="8383e4d" w14:textId="8383e4d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>Об утверждении положения о государственном учреждении "Управление природных ресурсов и регулирования природопользования Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Восточно-Казахстанского областного акимата от 25 апреля 2022 года № 95</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,52 +201,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном имуществе", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 40 Административного процедурно-процессуального кодекса Республики Казахстан Восточно-Казахстанский областной акимат ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -255,51 +277,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном учреждении "Управление природных ресурсов и регулирования природопользования Восточно-Казахстанской области" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отменить постановление Восточно-Казахстанского областного акимата "Об утверждении положения государственного учреждения "Управление природных ресурсов и регулирования природопользования Восточно-Казахстанской области" от 16 июня 2017 года № 156.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -596,744 +617,816 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>областного акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 апреля 2022 года № 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении  "Управление природных ресурсов и регулирования природопользования Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Управление природных ресурсов и регулирования природопользования Восточно-Казахстанской области" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере охраны природных ресурсов и регулирования природопользования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение Управления: 070004, Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Карла Либкнехта, 19.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Настоящее Положение является учредительным документом Управления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Финансирование деятельности Управления осуществляется из местного бюджета Восточно-Казахстанской области в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
-[...15 lines deleted...]
-      6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
-[...137 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственное регулирование и обеспечение рационального пользования лесными и охотничьими ресурсами, водными объектами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участие в реализации государственной политики по вопросам лесного, водного и охотничьего хозяйства, охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сохранение биологического разнообразия растительного, животного мира, типичных, уникальных и редких ландшафтов особо охраняемых природных территорий местного значения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       запрашивать и получать от государственных органов и организаций необходимые документы, информацию и материалы, для осуществления возложенных на него функций в объеме, предусмотренном действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       привлекать в необходимых случаях научных работников и специалистов для участия в разработке приоритетов, концепций, нормативных материалов, целевых программ, аналитических обзоров и прогнозов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по решению местного исполнительного органа области осуществлять права владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью, находящихся в составе областного коммунального имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять иные права и обязанности в соответствии с действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять функции в соответствии с действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализует государственную политику в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1492,80 +1585,106 @@
       10) разрабатывает и согласовывает с уполномоченным органом в области охраны окружающей среды целевые показатели качества окружающей среды на каждый пятилетний период; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) обеспечивает инвентаризацию стационарных источников выбросов загрязняющих веществ в атмосферный воздух в населенных пунктах с населением свыше десяти тысяч человек; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      13) производит оценку уязвимости к изменению климата по приоритетным для адаптации к изменению климата;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) исключен постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проводит необходимые мероприятия по устранению экологического ущерба по согласованию с уполномоченным органом в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1865,51 +1984,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27) создает резерв горюче-смазочных материалов на пожароопасный сезон в лесу для тушения пожаров на территории государственного лесного фонда;</w:t>
+      27) создает резерв горюче-смазочных материалов на пожароопасный сезон в лесу для тушения природного пожара, а также резерв авиационного топлива на случай привлечения воздушных судов для тушения лесных пожаров на территории государственного лесного фонда</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) обеспечивает контроль за проведением крестьянскими и фермерскими хозяйствами и иными сельскохозяйственными организациями сжигания стерни, пожнивных и иных растительных остатков на сельскохозяйственных полях, пастбищах и сенокосах, отжигов травянистой растительности на территориях, прилегающих к лесному фонду;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2317,51 +2436,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) организует и обеспечивает охрану в резервном фонде рыбохозяйственных водоемов и (или) участков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      51) на основании научных рекомендаций ведет паспортизацию рыбохозяйственных водоемов и (или) участков;</w:t>
+      51) на основании научных исследований ведут паспортизацию рыбохозяйственных водоемов и (или) участков</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) вносит предложения по установлению зоны рекреационного рыболовства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2414,98 +2533,222 @@
       55) организует и (или) обеспечивает проведение научных исследований и проектно-изыскательских работ в области охраны, воспроизводства и использования животного мира на территории области;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) организует резервном фонде мелиоративный лов рыб в случаях возникновения угрозы замора на рыбохозяйственных водоемах и (или) участках резервного фонда на основании решения территориального подразделения ведомства уполномоченного органа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      58) выдает субсидии на повышение продуктивности и качества продукции аквакультуры (рыбоводства), а также развитие племенного рыбоводства;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      57) исключен постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      58) исключен постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) осуществляет субсидирование ставок вознаграждения при кредитовании субъектов рыбного хозяйства (вводится в действие с 01.01.2025 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-1) осуществляют субсидирование переработки рыбной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-2) осуществляют субсидирование субъектов аквакультуры и субъектов, обеспечивающих развитие аквакультуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59-3) реализуют в пределах компетенции государственную политику в области аквакультуры</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) управляет водохозяйственными сооружениями, находящимися в коммунальной собственности, осуществляет меры по их защите;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2686,62 +2929,106 @@
       69) осуществляет информирование населения о состоянии водных объектов, находящихся на территории области;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) разрабатывает ставки платы за пользование водными ресурсами поверхностных источников;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      71) организует и проводит государственное геологическое изучение недр на подземные воды для хозяйственно-питьевого водоснабжения населенных пунктов;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      71) исключен постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) вносит в уполномоченный орган предложения по перечню объектов государственного природно-заповедного фонда республиканского значения, развитию системы особо охраняемых природных территорий и экологических сетей, созданию и расширению особо охраняемых природных территорий республиканского и местного значения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2956,62 +3243,106 @@
       84) осуществляет государственный контроль и надзор за состоянием, охраной, защитой и использованием особо охраняемых природных территорий и объектов государственного природно-заповедного фонда, находящихся в ведении местного исполнительного органа области;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) вносит предложения по утверждению границ и вида режима охраны территорий государственных памятников природы местного значения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      86) вносит предложения по упразднению государственных природных заказников местного значения и уменьшению их территории;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      86) исключен постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) осуществляет пользование земельными участками, расположенными на территории государственных природных заказников республиканского значения, с соблюдением установленного режима;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3273,941 +3604,1068 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 в редакции постановления Восточно-Казахстанского областного акимата от 12.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 274</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменениями, внесенным постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="30"/>
+    <w:bookmarkStart w:name="z125" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z126" w:id="31"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z126" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Руководство Управлением осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z127" w:id="32"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Руководитель Управления назначается на должность и освобождается от должности акимом Восточно-Казахстанской области в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z128" w:id="33"/>
+    <w:bookmarkStart w:name="z128" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z129" w:id="34"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z129" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Полномочия руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="36"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в соответствии с законодательством назначает на должности и освобождает от должностей работников Управления, директоров государственных юридических лиц, находящихся в ведении Управления, а также их заместителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> порядке поощряет и налагает дисциплинарные взыскания на работников Управления, директоров государственных юридических лиц, находящихся в ведении Управления, их заместителей, главных бухгалтеров;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="37"/>
+        <w:t xml:space="preserve"> порядке поощряет и налагает дисциплинарные взыскания на работников Управления, директоров государственных юридических лиц, находящихся в ведении Управления, а также их заместителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подписывает приказы Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z133" w:id="38"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z133" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) утверждает положения о структурных подразделениях Управления, должностные инструкции работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z134" w:id="39"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z134" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет Управление в государственных органах и иных организациях, выдает доверенности на представление интересов Управления в судебных, правоохранительных и иных государственных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z135" w:id="40"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z135" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z136" w:id="41"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z136" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечивает равный доступ мужчин и женщин к государственной службе в соответствии с их опытом, способностями и профессиональной подготовкой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z137" w:id="42"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осуществляет иные полномочия в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z138" w:id="43"/>
+    <w:bookmarkStart w:name="z138" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z139" w:id="44"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменениями, внесенным постановлением Восточно-Казахстанского областного акимата от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z140" w:id="45"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z140" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z141" w:id="46"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z141" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z142" w:id="47"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z143" w:id="48"/>
+    <w:bookmarkStart w:name="z143" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности Восточно-Казахстанской области. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z144" w:id="49"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z144" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z145" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Реорганизация и упразднение Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень организаций, находящихся в ведении Управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z148" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коммунальное государственное предприятие "Шығыс су қоймалары" управления природных ресурсов и регулирования природопользования Восточно-Казахстанского областного акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z149" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коммунальное государственное учреждение "Асу-Булакское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z150" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коммунальное государственное учреждение "Лесное хозяйство Үлкен Нарын" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z151" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммунальное государственное учреждение "Верх-Убинское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z152" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коммунальное государственное учреждение "Зайсанское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z153" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Коммунальное государственное учреждение "Зыряновское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z154" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коммунальное государственное учреждение "Курчумское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z155" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Коммунальное государственное учреждение "Риддерское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z156" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Коммунальное государственное учреждение "Маркакольское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z157" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Коммунальное государственное учреждение "Мало-Убинское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z158" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Коммунальное государственное учреждение "Пихтовское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z159" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12.Коммунальное государственное учреждение "Самарское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z145" w:id="50"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+    <w:bookmarkStart w:name="z160" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Коммунальное государственное учреждение "Черемшанское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z146" w:id="51"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> и упразднение Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Коммунальное государственное учреждение "Усть-Каменогорское лесное хозяйство" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z147" w:id="52"/>
-[...15 lines deleted...]
-      Перечень организаций, находящихся в ведении Управления:</w:t>
+    <w:bookmarkStart w:name="z162" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Коммунальное государственное учреждение "Отряд оперативного реагирования лесного и охотничьего хозяйства" управления природных ресурсов и регулирования природопользования Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z148" w:id="53"/>
-[...298 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4275,55 +4733,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4649,31 +5107,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>