--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3f47a41" w14:textId="3f47a41">
+    <w:p w14:paraId="34c3cb7" w14:textId="34c3cb7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -785,92 +785,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел занятости и социальных программ акимата города Аркалыка"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Положение – в редакции постановления акимата города Аркалыка Костанайской области от 27.01.2025 </w:t>
+      Сноска. Положение в редакции постановления акимата города Аркалыка Костанайской области от 19.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19</w:t>
+        <w:t>№ 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел занятости и социальных программ акимата города Аркалыка" (далее - Учреждение) является государственным органом Республики Казахстан, осуществляющим руководство в сфере занятости и социальных программ на административной территории города Аркалыка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -902,2260 +911,2267 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммунальное государственное учреждение "Центр ресоциализации лиц, оказавшихся в трудной жизненной ситуации" акимата города Аркалыка государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z29" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка".</w:t>
+      2) коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z30" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      3) коммунальное государственное учреждение "Центр поддержки семьи" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       3. Учреждение осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
-[...39 lines deleted...]
-      4. Учреждение является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с бюджетным законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z32" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Учреждение вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      4. Учреждение является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, блан ки установленного образца, счета в органах казначейства в соответствии с бюджетным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      5. Учреждение вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       6. Учреждение имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это осуществляется в соответствии с гражданским законодательством Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О государственной службе Республики Казахстан".</w:t>
+        <w:t>
+      7. Учреждение по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Учреждения и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Местонахождение юридического лица: 110300, Республика Казахстан, Костанайская область, город Аркалык, проспект Абая, 62.</w:t>
+      8. Структура и лимит штатной численности Учреждения утверждаются в соответствии с трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О государственной службе Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> является учредительным документом Учреждения.</w:t>
+        <w:t>
+      9. Местонахождение юридического лица: 110300, Республика Казахстан, Костанайская область, город Аркалык, проспект Абая, 62.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Финансирование деятельности Учреждения осуществляется из республиканского и местного бюджетов в соответствии с бюджетным законодательством Республики Казахстан.</w:t>
+      10. Настоящее положение является учредительным документом Учреждения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Учреждению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Учреждения.</w:t>
+      11. Финансирование деятельности Учреждения осуществляется из республиканского и местного бюджетов в соответствии с бюджетным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z40" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Если Учреждению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      12. Учреждению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Учреждения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Учреждению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      13. Задачи:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) реализация государственной политики в сфере социальной защиты населения;</w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) организация социальной поддержки малообеспеченных семей, ветеранов, лиц с инвалидностью и других отдельных категорий нуждающихся граждан;</w:t>
+      1) реализация государственной политики в сфере социальной защиты населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) координация деятельности учреждений, находящихся в ведении Учреждения;</w:t>
+      2) организация социальной поддержки малообеспеченных семей, ветеранов, лиц с инвалидностью и других отдельных категорий нуждающихся граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) защита прав граждан, их интересов, государственных гарантий, предусмотренных действующим законодательством по вопросам занятости и социальной защиты;</w:t>
+      3) координация деятельности учреждений, находящихся в ведении Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) оказание социальной помощи нуждающимся гражданам;</w:t>
+      4) защита прав граждан, их интересов, государственных гарантий, предусмотренных действующим законодательством по вопросам занятости и социальной защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) взаимодействие с центрами трудовой мобильности в целях обеспечения содействия занятости населения.</w:t>
+      5) оказание социальной помощи нуждающимся гражданам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Полномочия:</w:t>
+      6) взаимодействие с центрами трудовой мобильности в целях обеспечения содействия занятости населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) права:</w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      представлять интересы Учреждения в государственных органах и организациях;</w:t>
+      1) права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в пределах своей компетенции установленной законодательством Республики Казахстан запрашивать и получать необходимую информацию от других государственных органов, должностных лиц, организаций и их руководителей, граждан для выполнения своих функций; предоставлять юридическим и физическим лицам информацию по вопросам, отнесенным к компетенции Учреждения;</w:t>
+      представлять интересы Учреждения в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      принимать участие в работе комиссий, на заседаниях и совещаниях аппарата акима города, городских служб и подразделений и других мероприятиях связанных с деятельностью Учреждения;</w:t>
+      в пределах своей компетенции установленной законодательством Республики Казахстан запрашивать и получать необходимую информацию от других государственных органов, должностных лиц, организаций и их руководителей, граждан для выполнения своих функций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>
+      предоставлять юридическим и физическим лицам информацию по вопросам, отнесенным к компетенции Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) обязанности:</w:t>
+      принимать участие в работе комиссий, на заседаниях и совещаниях аппарата акима города, городских служб и подразделений и других мероприятиях, связанных с деятельностью Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      соблюдать нормы действующего законодательства Республики Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      вносить руководству предложения по улучшению и совершенствованию работы Учреждения, на обеспечение надлежащих условий труда в соответствии с Трудовым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и центральных исполнительных органов, а также акима и акимата области;</w:t>
+      2) обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      обеспечивать качественное и своевременное оказание государственных услуг;</w:t>
+      соблюдать нормы действующего законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      рассмотрение обращений, жалоб и заявлений граждан по вопросам, входящим в сферу деятельности Учреждения;</w:t>
+      качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и центральных исполнительных органов, а также акима и акимата области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      проведение информационно-разъяснительной работы по вопросам, отнесенным к компетенции Учреждения;</w:t>
+      обеспечивать качественное и своевременное оказание государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      участвовать в работе комиссий и рабочих групп по обсуждению вопросов, входящих в компетенцию Учреждения;</w:t>
+      рассмотрение обращений, жалоб и заявлений граждан по вопросам, входящим в сферу деятельности Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z62" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      осуществлять мониторинг за организацией деятельности подведомственных учреждений по вопросам, отнесенным к компетенции Учреждения;</w:t>
+      проведение информационно-разъяснительной работы по вопросам, отнесенным к компетенции Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z63" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      разработка и корректировка бюджетных программ Учреждения в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
+      участвовать в работе комиссий и рабочих групп по обсуждению вопросов, входящих в компетенцию Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z64" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      осуществлять мониторинг за организацией деятельности подведомственных учреждений по вопросам, отнесенным к компетенции Учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и корректировка бюджетных программ Учреждения в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       организация, проведение и анализ государственных закупок товаров, работ и услуг для Учреждения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственных закупках".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осуществление функций рабочего органа специальной комиссии оказания социальной помощи отдельным категориям нуждающихся граждан, по решениям местных исполнительных органов, и вынесению заключений о необходимости оказания социальной помощи;</w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) прогнозирование потребности бюджетных средств и реализация социальных программ в соответствии с действующим законодательством;</w:t>
+      1) координация деятельности подведомственных государственных учреждений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) рассмотрение обращений физических и юридических лиц и принятие необходимых мер;</w:t>
+      2) осуществление функций рабочего органа специальной комиссии оказания социальной помощи отдельным категориям нуждающихся граждан, по решениям местных исполнительных органов, и вынесению заключений о необходимости оказания социальной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) взаимодействие с некоммерческими (неправительственными) организациями;</w:t>
+      3) прогнозирование потребности бюджетных средств и реализация социальных программ в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) вынесение решения о предоставлении специальных социальных услуг лицам (семьям), признанным нуждающимися в специальных социальных услугах;</w:t>
+      4) рассмотрение обращений физических и юридических лиц и принятие необходимых мер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) осуществление функций по опеке и попечительству в отношении совершеннолетних граждан в соответствии с законодательством Республики Казахстан;</w:t>
+      5) взаимодействие с некоммерческими (неправительственными) организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) осуществление мониторинга организаций с рисками высвобождения и сокращения рабочих мест;</w:t>
+      6) вынесение решения о предоставлении специальных социальных услуг лицам (семьям), признанным нуждающимися в специальных социальных услугах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) обеспечение санаторно-курортного лечения лиц с инвалидностью и детей с инвалидностью в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
+      7) осуществление функций по опеке и попечительству в отношении совершеннолетних граждан в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) обеспечения лиц с инвалидностью протезно-ортопедической помощью, техническими вспомогательными (компенсаторными) средствами, специальными средствами передвижения в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
+      8) осуществление мониторинга организаций с рисками высвобождения и сокращения рабочих мест;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) обеспечение услугами индивидуального помощника для лиц с инвалидностью первой группы, имеющих затруднение в передвижении, специалиста жестового языка для лиц с инвалидностью по слуху в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
+      9) обеспечение санаторно-курортного лечения лиц с инвалидностью и детей с инвалидностью в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) оказание государственной адресной социальной помощи;</w:t>
+      10) обеспечения лиц с инвалидностью протезно-ортопедической помощью, техническими вспомогательными (компенсаторными) средствами, специальными средствами передвижения в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) оказание жилищной помощи за счет средств местного бюджета;</w:t>
+      11) обеспечение услугами индивидуального помощника для лиц с инвалидностью первой группы, имеющих затруднение в передвижении, специалиста жестового языка для лиц с инвалидностью по слуху в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z79" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) подготовка предложений по регулированию системы социального партнерства;</w:t>
+      12) оказание государственной адресной социальной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z80" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) реализация предложений по регулированию системы социального партнерства в области социальных и трудовых отношений, а также в пределах своей компетенции обеспечение работы городской трехсторонней комиссии по социальному партнерству;</w:t>
+      13) оказание жилищной помощи за счет средств местного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z81" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) участие в работе консультативных комиссий и рабочих групп, формируемых из представителей органов исполнительной власти, объединений работодателей и профсоюзов, рассматривающих вопросы занятости и социальной защиты населения;</w:t>
+      14) подготовка предложений по регулированию системы социального партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z82" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) составление государственной и ведомственной отчетности, ведение бухгалтерского учета и отчетности в установленном порядке;</w:t>
+      15) реализация предложений по регулированию системы социального партнерства в области социальных и трудовых отношений, а также в пределах своей компетенции обеспечение работы городской трехсторонней комиссии по социальному партнерству;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z83" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) осуществление регистрации и оформление документов лиц, пострадавших от воздействия Семипалатинского испытательного ядерного полигона, для назначения единовременной компенсации и выдачи удостоверения;</w:t>
+      16) участие в работе консультативных комиссий и рабочих групп, формируемых из представителей органов исполнительной власти, объединений работодателей и профсоюзов, рассматривающих вопросы занятости и социальной защиты населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z84" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) выдача, продление и отзыв разрешений трудовым иммигрантам для осуществления трудовой деятельности на территории города Аркалыка;</w:t>
+      17) составление государственной и ведомственной отчетности, ведение бухгалтерского учета и отчетности в установленном порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z85" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) оказание государственной услуги "Выдача удостоверения реабилитированному лицу";</w:t>
+      18) осуществление регистрации и оформление документов лиц, пострадавших от воздействия Семипалатинского испытательного ядерного полигона, для назначения единовременной компенсации и выдачи удостоверения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z86" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) оказание возмещения затрат на обучение на дому детей с ограниченными возможностями из числа детей с инвалидностью по индивидуальному учебному плану.</w:t>
+      19) выдача, продление и отзыв разрешений трудовым иммигрантам для осуществления трудовой деятельности на территории города Аркалыка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z87" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) оказание государственной услуги "Выдача удостоверения реабилитированному лицу";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z88" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Руководство Учреждения осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Учреждение задач и осуществление им своих полномочий.</w:t>
+      21) оказание возмещения затрат на обучение на дому детей с ограниченными возможностями из числа детей с инвалидностью по индивидуальному учебному плану.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z89" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Учреждения осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Учреждение задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Руководитель Учреждения назначается на должность и освобождается от должности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной службе Республики Казахстан" и трудовым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z92" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) назначает на должность и освобождает от должности руководителя:</w:t>
+      18. Руководитель Учреждения имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z93" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      коммунальное государственное учреждение "Центр ресоциализации лиц, оказавшихся в трудной жизненной ситуации" акимата города Аркалыка государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
+      19. Полномочия руководителя Учреждения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z94" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
+      1) назначает на должность и освобождает от должности руководителя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z95" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) определяет полномочия и обязанности работников государственного учреждения;</w:t>
+      коммунальное государственное учреждение "Центр ресоциализации лиц, оказавшихся в трудной жизненной ситуации" акимата города Аркалыка государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z96" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр поддержки семьи" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет полномочия и обязанности работников государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       3) назначает на должности и освобождает от должности работников государственного учреждения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственной службе Республики Казахстан" и трудовым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...98 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z100" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) проводит совещания с участием руководителей подведомственных организаций;</w:t>
+      4) осуществляет в порядке, установленном Законом Республики Казахстан "О государственной службе Республики Казахстан" и трудовым законодательством Республики Казахстан, поощрение работников государственного учреждения, оказание материальной помощи, наложение на них дисциплинарных взысканий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z101" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) утверждает перспективные и текущие планы работы государственного учреждения;</w:t>
+      5) издает приказы и дает указания по вопросам, входящим в его компетенцию, обязательные для выполнения всеми работниками государственного учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z102" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) осуществляет личный прием граждан;</w:t>
+      6) утверждает Положения о структурных подразделениях государственного учреждения, должностные инструкции его работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z103" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) без доверенности действует от имени Учреждения;</w:t>
+      7) проводит совещания с участием руководителей подведомственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z104" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) утверждает в пределах установленной численности и фонда оплаты труда штатные расписания работников Учреждения и подведомственных учреждений;</w:t>
+      8) утверждает перспективные и текущие планы работы государственного учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z105" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) утверждает планы финансирования администратора бюджетных программ и Учреждения по обязательствам и платежам;</w:t>
+      9) осуществляет личный прием граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z106" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) несет персональную ответственность за коррупцию среди подчиненных и по предупреждению совершения коррупционных правонарушений подчиненными сотрудниками по противодействию коррупции;</w:t>
+      10) без доверенности действует от имени Учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z107" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Исполнение полномочий руководителя государственного учреждения в период его отсутствия осуществляется лицом, его замещающим в соответствии с Законами Республики Казахстан "</w:t>
-[...39 lines deleted...]
-        <w:t>";</w:t>
+      11) утверждает в пределах установленной численности и фонда оплаты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z108" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан и законодательством о государственной службе;</w:t>
+        <w:t>
+      труда штатные расписания работников Учреждения и подведомственных учреждений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z109" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Работники государственного учреждения несут ответственность за своевременное и полное выполнение возложенных на них задач и поручения руководителя государственного органа;</w:t>
+      12) утверждает планы финансирования администратора бюджетных программ и Учреждения по обязательствам и платежам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z110" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) несет персональную ответственность за коррупцию среди подчиненных и по предупреждению совершения коррупционных правонарушений подчиненными сотрудниками по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z111" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t>".</w:t>
+        <w:t xml:space="preserve">
+      20. Исполнение полномочий руководителя государственного учреждения в период его отсутствия осуществляется лицом, его замещающим в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной службе Республики Казахстан" и "О </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>местном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственном управлении и самоуправлении в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z112" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. Имущество государственного учреждения формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе".</w:t>
+      21. Взаимоотношения между администрацией государственного учреждения и трудовым коллективом определяются в соответствии с Трудовым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и законодательством о государственной службе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z113" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Имущество, закрепленное за Учреждением, относится к коммунальной собственности.</w:t>
+      22. Работники государственного учреждения несут ответственность за своевременное и полное выполнение возложенных на них задач и поручения руководителя государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z114" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Учреждение может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законами Республики Казахстан "О </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>местном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственном управлении и самоуправлении Республики Казахстан" и "О государственном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имуществе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Имущество государственного учреждения формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Имущество, закрепленное за Учреждением, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Государственное учреждение не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено бюджетным законодательством Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...76 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z119" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка".</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Реорганизация и упразднение Учреждения осуществляются в соответствии с гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень организаций, находящихся в ведении Учреждения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр ресоциализации лиц, оказавшихся в трудной жизненной ситуации" акимата города Аркалыка государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр поддержки семьи" государственного учреждения "Отдел занятости и социальных программ акимата города Аркалыка".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>