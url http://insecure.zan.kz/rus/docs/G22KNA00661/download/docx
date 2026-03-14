--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="954ed40" w14:textId="954ed40">
+    <w:p w14:paraId="c48411d" w14:textId="c48411d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,66 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения об Управлении пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ заместителя Председателя Комитета национальной безопасности Республики Казахстан – директора Пограничной службы от 30 декабря 2022 года № 661-қа</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ заместителя Председателя Комитета национальной безопасности Республики Казахстан – директора Пограничной службы от 30 декабря 2022 года № 661-қа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 10)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -181,270 +175,271 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 9 ноября 2022 года № 1068 "О внесении изменений и дополнений в некоторые указы Президента Республики Казахстан", а также </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по разработке и утверждению положения о структурном подразделении государственного органа утвержденных постановлением Правительства Республики Казахстан от 1 сентября 2021 года № 590, ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об Управлении пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Начальнику Управления пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в территориальных органах Министерства юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего приказа на официальном интернет-ресурсе Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заместителя Председателя Комитета национальной безопасности Республики Казахстан – Директора Пограничной службы от 10 апреля 2020 года № 251-қа "Об утверждении Положения об Управлении пограничного контроля "Нұр-Сұлтан" Пограничной службы Комитета национальной безопасности Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа оставляю за собой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. С настоящим приказом ознакомить заинтересованных лиц Пограничной службы Комитета национальной безопасности Республики Казахстан, в части касающейся.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -604,68 +599,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Алдажұманов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -783,2662 +760,2724 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Директора Пограничной службы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2022 года № 661-па</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об Управлении пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Управление пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан (далее – Управление) является оперативно-тактическим органом военного управления и территориальным подразделением Пограничной службы Комитета национальной безопасности Республики Казахстан, осуществляющим руководство в области защиты и охраны Государственной границы Республики Казахстан в пунктах пропуска (далее – пункт пропуска).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента Республики Казахстан, иными нормативными правовыми актами и международными договорами Республики Казахстан, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если он уполномочен на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами начальника Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: Республика Казахстан, город Астана, Сарыаркинский район, улица Абубакира Диваева, дом № 3, индекс 010000.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование Управления – республиканское государственное учреждение "Управление пограничного контроля "Астана" Пограничной службы Комитета национальной безопасности Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами Республики Казахстан предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выполнение обязательств, вытекающих из международных договоров Республики Казахстан о Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участие в решении задач обороны и национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участие в защите экономических интересов Республики Казахстан на Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение режима Государственной границы и режима в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление контроля самостоятельно или совместно с уполномоченными органами за соблюдением установленных режимов в зоне пограничного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) содействие правоохранительным, природоохранным органам Республики Казахстан в защите граждан, природных ресурсов и окружающей среды, соблюдении миграционного законодательства Республики Казахстан в пункте пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) иные задачи, определяемые в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создавать, поддерживать и развивать условия для достижения цели оперативного обеспечения охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организовывать и осуществлять контрразведывательную, разведывательную, оперативно-розыскную деятельность в области оперативного обеспечения охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принимать меры по обеспечению собственной безопасности в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участвовать в пределах своей компетенции в решении задач по обороне Республики Казахстан, а также обеспечении режимов чрезвычайного или военного положений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществлять в установленном порядке при наличии надлежаще оформленных документов и прохождении установленных видов контроля пропуск лиц, транспортных средств, грузов и товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивать выполнение режима в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) контролировать самостоятельно или совместно с уполномоченными органами соблюдение режима в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проверять у лиц, следующих через Государственную границу, документы на право въезда в Республику Казахстан и выезда из Республики Казахстан, делать в них соответствующие отметки, временно изымать такие документы, а также изымать недействительные документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) исполнять ограничение на въезд иностранцев и лиц без гражданства, которым в соответствии с законами Республики Казахстан не разрешен въезд в Республику Казахстан, а также иностранцев и лиц без гражданства, отказавшихся пройти процедуру подтверждения личности по дактилоскопической информации, не исполнивших в установленный законодательными актами Республики Казахстан срок судебные решения и постановления уполномоченных органов о наложении штрафа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не пропускать с оставлением в пунктах пропуска граждан Республики Казахстан и иных лиц, утративших документы, удостоверяющие личность, в период пребывания за границей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществлять задержание и личный досмотр лиц в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) составлять протоколы и вести производство по делам об административных правонарушениях, отнесенных к ведению Пограничной службы в соответствии с законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) в соответствии с уголовно-процессуальным законодательством Республики Казахстан вести дознание по делам, отнесенным к ведению Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) пресекать, предупреждать и осуществлять профилактику коррупционных правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществлять процедуру подтверждения личности по дактилоскопической информации при пересечении Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) организовывать взаимодействие своих сил и уполномоченных лиц, участвующих в защите Государственной границы или осуществляющих деятельность затрагивающую интересы защиты Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) вносить в пределах своих полномочий в государственные органы, общественные объединения, организации обязательные к исполнению представления об устранении причин и условий, способствующих совершению правонарушений в пограничном пространстве или препятствующих деятельности Пограничной службы Комитета национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) использовать линии связи и коммуникаций, размещать и использовать технику и вооружение в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) запрашивать и получать безвозмездно от уполномоченных органов, организаций и общественных объединений информацию, необходимую для исполнения обязанностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) привлекать на добровольной основе к решению задач в области защиты Государственной границы граждан в составе добровольных дружин, в качестве внештатных сотрудников Пограничной службы и иных формах, поощрять граждан, отличившихся при защите Государственной границы и лиц, отвечающих предъявляемым требованиям, рекомендовать для поступления в военные специальные учебные заведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) участвовать в правовом воспитании населения Республики Казахстан, направленные на предупреждение правонарушений в пунктах пропуска, использовать средства массовой информации для информирования населения о правонарушениях, розыске правонарушителей и в иных целях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) применять вооружение и военную технику, специальные средства, служебных животных и физическую силу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Государственной границе Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) рассматривать заявления или сообщения о совершенных или готовящихся правонарушениях в пограничном пространстве, регистрировать их и принимать по ним соответствующие меры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) создавать и использовать специализированные учеты и информационные системы, обеспечивающие выполнение задач по защите Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) обеспечить внедрение результатов научно-исследовательских работ в области защиты и охраны Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) определять форму одежды и экипировку военнослужащих, участвующих в защите и охране Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) осуществлять совместно с государственными контрольными органами в установленном порядке досмотр транспортных средств, грузов и товаров, перемещаемых через Государственную границу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) сопровождать транспортные средства и располагать на них пограничные наряды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) при преследовании правонарушителей беспрепятственно (при необходимости с повреждением запирающих устройств) в любое время суток входить на территорию и в помещения организаций, а также осматривать их (с последующим уведомлением в течение двадцати четырех часов соответствующего прокурора);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) требовать от граждан соблюдения установленного на Государственной границе порядка, прекращения противоправных действий, препятствующих деятельности Пограничной службы Комитета национальной безопасности Республики Казахстан, в случае невыполнения этих требований принимать соответствующие меры, предусмотренные законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) содержать нарушителей режима в пункте пропуска в помещениях Пограничной службы Комитета национальной безопасности Республики Казахстан, специально оборудованных для содержания лиц, подвергнутых административному задержанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) помещать в следственные изоляторы, изоляторы временного содержания и помещения, специально оборудованные для содержания лиц, подвергнутых административному задержанию лиц в соответствии с уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) приглашать лиц в структурные подразделения с целью получения от них объяснений об известных им обстоятельствах нарушения установленных режимов в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) координировать в пределах своих полномочий деятельность уполномоченных органов и организаций в области реализации пограничной политики и обеспечения пограничной безопасности Республики Казахстан, организовывать взаимодействие своих сил и территориальных уполномоченных органов, участвующих в защите Государственной границы или осуществляющих деятельность, затрагивающую интересы защиты Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) заключать договора о государственных закупках товаров, работ, услуг, предусмотренных годовым планом государственных закупок, осуществлять контроль их исполнения поставщиками и подрядчиками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) привлекать организации, определяемые Правительством Республики Казахстан, для осуществления хозяйственного обеспечения в сфере энерго-, водо- и теплоснабжения, транспорта, связи (за исключением сетей телекоммуникаций специального назначения), коммуникаций, коммунального и жилищного хозяйства и других систем жизнеобеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) проверять у физических лиц документы, удостоверяющие личность, а также осматривать находящиеся при них вещи при входе или выходе (въезде или выезде) на объекты и в помещения Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) в установленном порядке владеть и пользоваться имуществом, находящимся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) проводить претензионно-исковую работу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) готовить предложения по вопросам совершенствования финансового, материального и технического обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) определять должностные обязанности личного состава Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) получать и использовать дактилоскопическую информацию, содержащуюся в базе данных дактилоскопической информации органов внутренних дел Республики Казахстан, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) задерживать и изымать в установленном порядке самостоятельно или совместно с уполномоченными органами перемещаемые через Государственную границу взрывчатые, отравляющие, радиоактивные, наркотические вещества, оружие, боеприпасы, иные грузы и товары, запрещенные к ввозу в Республику Казахстан или вывозу из Республики Казахстан, а также грузы и товары, перемещаемые контрабандным путем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) осуществлять иные полномочия, предусмотренные законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивает выполнение обязательств, вытекающих из международных договоров Республики Казахстан о Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализует пограничную политику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает постоянную готовность Управления и его структурных подразделений к переводу в различные степени боевой и оперативно-служебной готовности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) организует деятельность подразделений пограничного контроля по пропуску через Государственную границу Республики Казахстан лиц, транспортных средств, грузов и товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) организует несение боевого дежурства и боевой службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) проводит мероприятия по обеспечению повышения качества боевой подготовки структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) участвует в работе по совершенствованию методов подготовки и применения специалистов в охране Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) в установленном порядке осуществляет взаимодействие с государственными органами управления и хозяйствующими субъектами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет руководство и обеспечивает согласованность действий структурных подразделений Управления, оказывает им практическую и методическую помощь;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) установленным порядком вносит организационно-штатные предложения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществляет воспитательную, идеологическую (патриотическую) и кадровую работу Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) организует и осуществляет работу по укреплению воинской дисциплины, правопорядка, профилактике правонарушений, сплочению воинских коллективов, обеспечению безопасных условий воинской службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) организует социально-правовую работу с кадровым составом Управления и обеспечивает социальные и правовые гарантии военнослужащим, членам их семей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет расстановку кадров и присвоение воинских званий, вносит на рассмотрение заместителю Председателя Комитета национальной безопасности Республики Казахстан – Директору Пограничной службы предложения по назначению на должности и присвоению воинских званий согласно номенклатуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) организует комплектование Управления личным составом и прием работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) организует профессиональную подготовку кадров и осуществляет контроль за качеством ее проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) осуществляет планирование, боевое, техническое, тыловое, финансовое, кадровое, информационное, медицинское и другие виды обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) обеспечивает целевое использование бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) вырабатывает и принимает меры по обеспечению противопожарной защиты объектов Управления и его структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) поддерживает боевую и мобилизационную готовность, боеспособность, боевую и мобилизационную подготовку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организует и обеспечивает функционирования ведомственных сетей связи и подготовка предложений по их развитию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) организует и обеспечивает функционирования шифрованной, засекреченной и кодированной связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществляет обеспечение системно-технического обслуживания объектов информационно-коммуникационной инфраструктуры Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) участвует в мероприятиях по обеспечению информационной безопасности объектов информатизации Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организует противодиверсионную безопасность и охрану объектов, а также обеспечивает пропускной и внутриобъектовый режимы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) осуществляет иные функций, предусмотренные законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Управления при организации его деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управления осуществляется начальником Управления, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Управления назначается на воинскую должность и освобождается от воинской должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Управления имеет заместителей, которые назначаются на воинские должности и освобождаются от воинских должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в установленном порядке издавать приказы и давать указания, обязательные для исполнения всем личным составом Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждать положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждать должностные инструкции военнослужащих Управления и руководителей структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) представлять Управление во взаимоотношениях с государственными органами Республики Казахстан, а также органами иностранных государств, подписывать доверенности на представление интересов Управления в судебных и иных государственных органах, заключать контракты и договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) принимать в соответствии с законодательством Республики Казахстан решения об ограничении или приостановлении деятельности, осуществляемой на Государственной границе, в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимать на воинскую службу и увольнять с воинской службы, назначать на должности и освобождать от должностей военнослужащих Управления Пограничной службы в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) решать в установленном порядке вопросы поощрения, оказания материальной помощи и налагать дисциплинарные взыскания на военнослужащих и работников Управления, а также присваивать воинское звание согласно номенклатуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) вносить предложения заместителю Председателю Комитета национальной безопасности Республики Казахстан – Директору Пограничной службы по кандидатурам на присвоение воинский званий в установленном порядке, награждению военнослужащих и работников Управления, а также лиц, участвующих в защите Государственной границы, ведомственными наградами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проводить проверки оперативно-служебной, боевой и иной деятельности структурных подразделений Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществлять иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с нормативными правовыми актами Комитета национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Начальник Управления определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции приказа заместителя Председателя Комитета национальной безопасности РК – директора Пограничной службы от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 230/нс-па</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Управлением, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень структурных подразделений, находящихся в ведении Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Отдел пограничного контроля "Астана" Управления с местом нахождения (дислокация) – город Астана, Есильский район, проспект Кабанбай батыра 119, международный аэропорт, индекс 020000;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Отдел пограничного контроля "Караганда" Управления с местом нахождения (дислокация) – Карагандинская область, Бухар-жырауский район, поселок Ботакара, международный аэропорт, индекс 100000;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Отделение пограничного контроля "Жезказган" Управления с местом нахождения (дислокация) – область Ұлытау, город Жезказган, международный аэропорт, индекс 100600;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Отделение пограничного контроля "Кокшетау" Управления с местом нахождения (дислокация) – Акмолинская область, город Кокшетау, международный аэропорт, индекс 020004.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>