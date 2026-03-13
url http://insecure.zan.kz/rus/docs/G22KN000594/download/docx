--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc97858" w14:textId="fc97858">
+    <w:p w14:paraId="ff306d0" w14:textId="ff306d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -993,2708 +993,2992 @@
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z982" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z983" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Аягозский районный отдел. Зона обслуживания – Аягозский район области Абай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z984" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Аксуатское районное отделение. Зона обслуживания – Аксуатский район области Абай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z985" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Бородулихинское районное отделение. Зона обслуживания – Бородулихинский район области Абай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z986" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Жарминский районный отдел. Зона обслуживания – Жарминский и Кокпектинский районы области Абай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z987" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Курчатовское городское отделение. Зона обслуживания – г.Курчатов области Абай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15 lines deleted...]
-      6) Урджарский районный отдел. Зона обслуживания – Урджарский район области Абай;</w:t>
+    <w:bookmarkStart w:name="z988" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Урджарский районный отдел. Зона обслуживания – Урджарский район и район Мақаншы области Абай;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z989" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Жанасемейское районное отделение. Зона обслуживания – район Жаңасемей, Бескарагайский район и Абайский район области Абай.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Председателя Комитета национальной безопасности РК от 17.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16/нс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 070000, Республика Казахстан, город Семей, улица Аманова, 10.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по области Абай".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории области Абай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) реализация единой государственной политики в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные, принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные, принадлежащие гражданам помещения Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z990" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить специальную проверку сотрудников Департамента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z991" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать граждан Республики Казахстан на добровольной основе в качестве внештатных оперативных сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушения целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории области Абай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в обеспечении безопасности Президента Республики Казахстан и других охраняемых лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z99" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить обязательную специальную проверку граждан Республики Казахстан, впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, авиационного инспектора уполномоченной организации в сфере гражданской авиации, осуществляющего контрольные и надзорные функции в области авиационной безопасности, в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z102" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z103" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z104" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z105" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять психолого-социологическое обеспечение оперативно-служебной деятельности в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z992" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вести учет объявленных предостережений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z993" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять работу, направленную на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z994" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и нести боевое дежурство в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z995" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и нести боевую службу в Департаменте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z996" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным приказом Председателя Комитета национальной безопасности РК от 17.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16/нс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z108" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z109" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с согласия руководства КНБ и в пределах своих полномочий принятие участия в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z110" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z111" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории области Абай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z112" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z113" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z114" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z115" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z116" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z117" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z118" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z119" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z120" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z121" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z122" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z123" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму на территории области Абай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z124" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории области Абай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z125" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z126" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z127" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z128" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z129" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z130" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории области Абай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z952" w:id="125"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z952" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1) согласование перечня объектов, уязвимых в террористическом отношении, расположенных на территории области Абай, разрабатываемый местным исполнительным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z131" w:id="126"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z131" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питания сотрудников и работников, капитального строительства и реконструкции, ремонта зданий и сооружений, жилищного и казарменно-жилищного строительства, ремонта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z132" w:id="127"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z132" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z133" w:id="128"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z133" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z134" w:id="129"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z134" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z135" w:id="130"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z135" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z136" w:id="131"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z136" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z137" w:id="132"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z137" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z138" w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z138" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z139" w:id="134"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z139" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z140" w:id="135"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z140" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z141" w:id="136"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z141" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z142" w:id="137"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z142" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы функционирования государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z143" w:id="138"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z143" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z144" w:id="139"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z144" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z145" w:id="140"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z145" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z146" w:id="141"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z146" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z147" w:id="142"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z147" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории области Абай системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z148" w:id="143"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z148" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z149" w:id="144"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z149" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z150" w:id="145"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z150" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z151" w:id="146"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z151" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3713,384 +3997,384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="147"/>
+    <w:bookmarkStart w:name="z152" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z153" w:id="148"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z153" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z154" w:id="149"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z154" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z155" w:id="150"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z155" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z156" w:id="151"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z156" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z157" w:id="152"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z157" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет руководству КНБ предложения по структуре и штатному расписанию Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z158" w:id="153"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z158" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z159" w:id="154"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z159" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z160" w:id="155"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z160" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z161" w:id="156"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z161" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z162" w:id="157"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z162" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z163" w:id="158"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z163" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z164" w:id="159"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z164" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z165" w:id="160"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z165" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z166" w:id="161"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z166" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z167" w:id="162"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z167" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z168" w:id="163"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z168" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4208,406 +4492,406 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 июля 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№594/нс-па</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:bookmarkStart w:name="z170" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о Департаменте Комитета национальной безопасности Республики Казахстан по области Жетісу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z171" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z172" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета национальной безопасности Республики Казахстан по области Жетісу (далее – Департамент) является территориальным органом Комитета национальной безопасности Республики Казахстан (далее – КНБ), осуществляющим руководство в сферах: разведывательной, контрразведывательной, оперативно-розыскной деятельности, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, защиты государственных секретов, и уполномоченным органом по защите государственных секретов на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z173" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Департамент осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан, приказами Председателя КНБ, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z174" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет действительное и условное наименования, печати и штампы со своим наименованием на казахском языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z175" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z176" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z177" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z178" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z956" w:id="173"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z956" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z957" w:id="174"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z957" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Алакольский районный отдел. Зона обслуживания – Алакольский район области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z958" w:id="175"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z958" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Достыкское отделение Алакольского районного отдела. Зона обслуживания – Достыкский сельский округ Алакольского района области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z959" w:id="176"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z959" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Каратальский районный отдел. Зона обслуживания – Каратальский и Коксуский районы области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z960" w:id="177"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z960" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Панфиловский районный отдел. Зона обслуживания – Панфиловский район области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z961" w:id="178"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z961" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Хоргосское отделение Панфиловского районного отдела. Зона обслуживания – сельские округа Атамекен и Баскунчинский Панфиловского района области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z962" w:id="179"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z962" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Сарканский районный отдел. Зона обслуживания – Сарканский и Аксуский районы области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z963" w:id="180"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z963" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Текелийский городской отдел. Зона обслуживания – город Текели, Ескельдинский и Кербулакский районы области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4626,1748 +4910,1748 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="181"/>
+    <w:bookmarkStart w:name="z187" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 040000, Республика Казахстан, область, Жетісу, город Талдыкорган, улица Абая, 251.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z188" w:id="182"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z188" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z189" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z190" w:id="184"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z190" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z191" w:id="185"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z191" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z192" w:id="186"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z192" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z193" w:id="187"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z193" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z194" w:id="188"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z194" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z195" w:id="189"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z195" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z196" w:id="190"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z196" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z197" w:id="191"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z197" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z198" w:id="192"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z198" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z199" w:id="193"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z199" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z200" w:id="194"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z200" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z201" w:id="195"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z201" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z202" w:id="196"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z202" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z203" w:id="197"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z203" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) реализация единой государственной политики в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z204" w:id="198"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z204" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z205" w:id="199"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z205" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z206" w:id="200"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z206" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z207" w:id="201"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z207" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z208" w:id="202"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z208" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z209" w:id="203"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z209" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z210" w:id="204"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z210" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z211" w:id="205"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z211" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z212" w:id="206"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z212" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z213" w:id="207"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z213" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z214" w:id="208"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z214" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z215" w:id="209"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z215" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z216" w:id="210"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z216" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z217" w:id="211"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z217" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z218" w:id="212"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z218" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z219" w:id="213"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z219" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z220" w:id="214"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z220" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z221" w:id="215"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z221" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные, принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные, принадлежащие гражданам помещения Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z222" w:id="216"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z222" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z223" w:id="217"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z223" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z224" w:id="218"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z224" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z225" w:id="219"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z225" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z226" w:id="220"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z226" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z227" w:id="221"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z227" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z228" w:id="222"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z228" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z229" w:id="223"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z229" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z230" w:id="224"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z230" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z231" w:id="225"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z231" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z232" w:id="226"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z232" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z233" w:id="227"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z233" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z234" w:id="228"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z234" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z235" w:id="229"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z235" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z236" w:id="230"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z236" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z237" w:id="231"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z237" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z238" w:id="232"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z238" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z964" w:id="233"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z964" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить специальную проверку сотрудников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z965" w:id="234"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z965" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлекать граждан Республики Казахстан на добровольной основе в качестве внештатных оперативных сотрудников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z239" w:id="235"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z239" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z240" w:id="236"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z240" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z241" w:id="237"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z241" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z242" w:id="238"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z242" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушения целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z243" w:id="239"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z243" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z244" w:id="240"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z244" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z245" w:id="241"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z245" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z246" w:id="242"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z246" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z247" w:id="243"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z247" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z248" w:id="244"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z248" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z249" w:id="245"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z249" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z250" w:id="246"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z250" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности Президента Республики Казахстан и других охраняемых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z251" w:id="247"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z251" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z252" w:id="248"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z252" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z253" w:id="249"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z253" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z254" w:id="250"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z254" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z255" w:id="251"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z255" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z256" w:id="252"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z256" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку граждан Республики Казахстан, впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, авиационного инспектора уполномоченной организации в сфере гражданской авиации, осуществляющего контрольные и надзорные функции в области авиационной безопасности, в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z257" w:id="253"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z257" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z258" w:id="254"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z258" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z259" w:id="255"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z259" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z260" w:id="256"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z260" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z261" w:id="257"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z261" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять психолого-социологическое обеспечение оперативно-служебной деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z966" w:id="258"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z966" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести учет объявленных предостережений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z967" w:id="259"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z967" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять работу, направленную на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z968" w:id="260"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z968" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и нести боевое дежурство в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z969" w:id="261"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z969" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и нести боевую службу в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z970" w:id="262"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z970" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Председателя КНБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6386,1010 +6670,1010 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="263"/>
+    <w:bookmarkStart w:name="z262" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z263" w:id="264"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z263" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z264" w:id="265"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z264" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с согласия руководства КНБ и в пределах своих полномочий принятие участия в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z265" w:id="266"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z265" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z266" w:id="267"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z266" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z267" w:id="268"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z267" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z268" w:id="269"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z268" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z269" w:id="270"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z269" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z270" w:id="271"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z270" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z271" w:id="272"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z271" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z272" w:id="273"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z272" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z273" w:id="274"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z273" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z274" w:id="275"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z274" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z275" w:id="276"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z275" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z276" w:id="277"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z276" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z277" w:id="278"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z277" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z278" w:id="279"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z278" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z279" w:id="280"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z279" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z280" w:id="281"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z280" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z281" w:id="282"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z281" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z282" w:id="283"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z282" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z283" w:id="284"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z283" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z284" w:id="285"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z284" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z285" w:id="286"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z285" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z953" w:id="287"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z953" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1) согласование перечня объектов, уязвимых в террористическом отношении, расположенных на территории области Жетісу, разрабатываемый местным исполнительным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z286" w:id="288"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z286" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питания сотрудников и работников, капитального строительства и реконструкции, ремонта зданий и сооружений, жилищного и казарменно-жилищного строительства, ремонта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z287" w:id="289"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z287" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z288" w:id="290"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z288" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z289" w:id="291"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z289" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z290" w:id="292"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z290" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z291" w:id="293"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z291" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z292" w:id="294"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z292" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z293" w:id="295"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z293" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z294" w:id="296"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z294" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z295" w:id="297"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z295" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z296" w:id="298"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z296" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z297" w:id="299"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z297" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы функционирования государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z298" w:id="300"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z298" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z299" w:id="301"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z299" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z300" w:id="302"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z300" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z301" w:id="303"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z301" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z302" w:id="304"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z302" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории области Жетісу системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z303" w:id="305"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z303" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z304" w:id="306"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z304" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z305" w:id="307"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z305" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z306" w:id="308"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z306" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7408,384 +7692,384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="309"/>
+    <w:bookmarkStart w:name="z307" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z308" w:id="310"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z308" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z309" w:id="311"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z309" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z310" w:id="312"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z310" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z311" w:id="313"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z311" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z312" w:id="314"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z312" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет руководству КНБ предложения по структуре и штатному расписанию Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z313" w:id="315"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z313" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z314" w:id="316"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z314" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z315" w:id="317"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z315" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z316" w:id="318"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z316" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z317" w:id="319"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z317" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z318" w:id="320"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z318" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z319" w:id="321"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z319" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z320" w:id="322"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z320" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z321" w:id="323"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z321" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z322" w:id="324"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z322" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z323" w:id="325"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z323" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7903,306 +8187,306 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 июля 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№594/нс-па</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z325" w:id="326"/>
+    <w:bookmarkStart w:name="z325" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о Департаменте Комитета национальной безопасности Республики Казахстан по области Ұлытау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z326" w:id="327"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z326" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z327" w:id="328"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z327" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета национальной безопасности Республики Казахстан по области Ұлытау (далее – Департамент) является территориальным органом Комитета национальной безопасности Республики Казахстан (далее – КНБ), осуществляющим руководство в сферах: разведывательной, контрразведывательной, оперативно-розыскной деятельности, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, защиты государственных секретов, и уполномоченным органом по защите государственных секретов на территории области Ұлытау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z328" w:id="329"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z328" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Департамент осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан, приказами Председателя КНБ, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z329" w:id="330"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z329" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет действительное и условное наименования, печати и штампы со своим наименованием на казахском языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z330" w:id="331"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z330" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z331" w:id="332"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z331" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z332" w:id="333"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z332" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z333" w:id="334"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z333" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z972" w:id="335"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z972" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z973" w:id="336"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z973" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сатпаевское городское управление. Зона обслуживания – город Сатпаев, Улытауский район области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z974" w:id="337"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z974" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Каражалское городское управление. Зона обслуживания – город Каражал, Жанааркинский район области Ұлытау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkEnd w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8221,1748 +8505,1748 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="338"/>
+    <w:bookmarkStart w:name="z337" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 100600, Республика Казахстан, область Ұлытау, город Жезказган, проспект Алашахана, 1а.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z338" w:id="339"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z338" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по области Ұлытау".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z339" w:id="340"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z339" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z340" w:id="341"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z340" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z341" w:id="342"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z341" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z342" w:id="343"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z342" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z343" w:id="344"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z343" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z344" w:id="345"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z344" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z345" w:id="346"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z345" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z346" w:id="347"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z346" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z347" w:id="348"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z347" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z348" w:id="349"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z348" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z349" w:id="350"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z349" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z350" w:id="351"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z350" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z351" w:id="352"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z351" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z352" w:id="353"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z352" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z353" w:id="354"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z353" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) реализация единой государственной политики в области защиты государственных секретов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z354" w:id="355"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z354" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z355" w:id="356"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z355" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z356" w:id="357"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z356" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z357" w:id="358"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z357" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z358" w:id="359"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z358" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z359" w:id="360"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z359" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z360" w:id="361"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z360" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z361" w:id="362"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z361" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z362" w:id="363"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z362" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z363" w:id="364"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z363" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z364" w:id="365"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z364" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z365" w:id="366"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z365" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z366" w:id="367"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z366" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z367" w:id="368"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z367" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z368" w:id="369"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z368" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z369" w:id="370"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z369" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z370" w:id="371"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z370" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z371" w:id="372"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z371" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные, принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные, принадлежащие гражданам помещения, Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z372" w:id="373"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z372" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z373" w:id="374"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z373" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z374" w:id="375"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z374" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z375" w:id="376"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z375" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z376" w:id="377"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z376" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z377" w:id="378"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z377" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z378" w:id="379"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z378" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z379" w:id="380"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z379" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z380" w:id="381"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z380" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z381" w:id="382"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z381" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z382" w:id="383"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z382" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z383" w:id="384"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z383" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z384" w:id="385"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z384" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z385" w:id="386"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z385" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z386" w:id="387"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z386" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z387" w:id="388"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z387" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z388" w:id="389"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z388" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z975" w:id="390"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z975" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить специальную проверку сотрудников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z976" w:id="391"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z976" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлекать граждан Республики Казахстан на добровольной основе в качестве внештатных оперативных сотрудников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z389" w:id="392"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z389" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z390" w:id="393"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z390" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z391" w:id="394"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z391" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z392" w:id="395"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z392" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушения целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z393" w:id="396"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z393" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z394" w:id="397"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z394" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z395" w:id="398"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z395" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z396" w:id="399"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z396" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z397" w:id="400"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z397" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z398" w:id="401"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z398" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z399" w:id="402"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z399" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z400" w:id="403"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z400" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности Президента Республики Казахстан и других охраняемых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z401" w:id="404"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z401" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z402" w:id="405"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z402" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z403" w:id="406"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z403" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z404" w:id="407"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z404" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z405" w:id="408"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z405" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z406" w:id="409"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z406" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку граждан Республики Казахстан, впервые поступающих на государственную службу или вновь поступающих на государственную службу после ее прекращения, а также претендующих на занятие должности судьи, служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, авиационного инспектора уполномоченной организации в сфере гражданской авиации, осуществляющего контрольные и надзорные функции в области авиационной безопасности, в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z407" w:id="410"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z407" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z408" w:id="411"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z408" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z409" w:id="412"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z409" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z410" w:id="413"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z410" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z411" w:id="414"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z411" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять психолого-социологическое обеспечение оперативно-служебной деятельности в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z977" w:id="415"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z977" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести учет объявленных предостережений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z978" w:id="416"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z978" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять работу, направленную на патриотическое, нравственное и духовное воспитание кадрового состава и предупреждение правонарушений в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z979" w:id="417"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z979" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и нести боевое дежурство в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z980" w:id="418"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z980" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и нести боевую службу в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z981" w:id="419"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z981" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Председателя КНБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkEnd w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9981,1010 +10265,1010 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z412" w:id="420"/>
+    <w:bookmarkStart w:name="z412" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z413" w:id="421"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z413" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z414" w:id="422"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z414" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с согласия руководства КНБ и в пределах своих полномочий принятие участия в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z415" w:id="423"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z415" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z416" w:id="424"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z416" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z417" w:id="425"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z417" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z418" w:id="426"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z418" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z419" w:id="427"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z419" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z420" w:id="428"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z420" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z421" w:id="429"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z421" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z422" w:id="430"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z422" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z423" w:id="431"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z423" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z424" w:id="432"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z424" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z425" w:id="433"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z425" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z426" w:id="434"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z426" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z427" w:id="435"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z427" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z428" w:id="436"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z428" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму и на территории области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z429" w:id="437"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z429" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z430" w:id="438"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z430" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z431" w:id="439"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z431" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z432" w:id="440"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z432" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z433" w:id="441"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z433" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z434" w:id="442"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z434" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z435" w:id="443"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z435" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории области Ұлытау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z954" w:id="444"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z954" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1) согласование перечня объектов, уязвимых в террористическом отношении, расположенных на территории Ұлытауской области, разрабатываемый местным исполнительным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z436" w:id="445"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z436" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питания сотрудников и работников, капитального строительства и реконструкции, ремонта зданий и сооружений, жилищного и казарменно-жилищного строительства, ремонта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z437" w:id="446"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z437" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z438" w:id="447"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z438" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z439" w:id="448"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z439" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z440" w:id="449"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z440" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z441" w:id="450"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z441" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z442" w:id="451"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z442" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z443" w:id="452"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z443" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z444" w:id="453"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z444" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z445" w:id="454"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z445" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z446" w:id="455"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z446" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z447" w:id="456"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z447" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы функционирования государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z448" w:id="457"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z448" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z449" w:id="458"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z449" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z450" w:id="459"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z450" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z451" w:id="460"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z451" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z452" w:id="461"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z452" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории области Ұлытау системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z453" w:id="462"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z453" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z454" w:id="463"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z454" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z455" w:id="464"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z455" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z456" w:id="465"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z456" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkEnd w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11003,384 +11287,384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z457" w:id="466"/>
+    <w:bookmarkStart w:name="z457" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z458" w:id="467"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z458" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z459" w:id="468"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z459" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z460" w:id="469"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z460" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z461" w:id="470"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z461" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z462" w:id="471"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z462" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет руководству КНБ предложения по структуре и штатному расписанию Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z463" w:id="472"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z463" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z464" w:id="473"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z464" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z465" w:id="474"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z465" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z466" w:id="475"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z466" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z467" w:id="476"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z467" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z468" w:id="477"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z468" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z469" w:id="478"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z469" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z470" w:id="479"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z470" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z471" w:id="480"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z471" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z472" w:id="481"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z472" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z473" w:id="482"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z473" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkEnd w:id="490"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11498,108 +11782,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 июля 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 594/нс-па</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z475" w:id="483"/>
+    <w:bookmarkStart w:name="z475" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Председателя Комитета национальной безопасности Республики Казахстан, в которые вносятся изменения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z476" w:id="484"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z476" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 6 ноября 2014 года № 369 "Об утверждении Положения о Департаменте Комитета национальной безопасности Республики Казахстан по Алматинской области" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 9886):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11612,51 +11896,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z478" w:id="485"/>
+    <w:bookmarkStart w:name="z478" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11671,51 +11955,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 19 Положения о Комитете национальной безопасности Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 1 апреля 1996 года № 2922, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkEnd w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11748,90 +12032,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Департаменте Комитета национальной безопасности Республики Казахстан по Алматинской области, утвержденное указанным приказом, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z480" w:id="486"/>
+    <w:bookmarkStart w:name="z480" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 6 октября 2015 года № 79 "Об утверждении Положения о Департаменте Комитета национальной безопасности Республики Казахстан по Карагандинской области" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12261):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkEnd w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11844,51 +12128,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z482" w:id="487"/>
+    <w:bookmarkStart w:name="z482" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11903,51 +12187,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 19 Положения о Комитете национальной безопасности Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 1 апреля 1996 года № 2922, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkEnd w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11980,90 +12264,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Департаменте Комитета национальной безопасности Республики Казахстан по Карагандинской области, утвержденное указанным приказом, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z484" w:id="488"/>
+    <w:bookmarkStart w:name="z484" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 6 октября 2015 года № 82 "Об утверждении Положения о Департаменте Комитета национальной безопасности Республики Казахстан по Восточно-Казахстанской области" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12253):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkEnd w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12076,51 +12360,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="489"/>
+    <w:bookmarkStart w:name="z486" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12135,51 +12419,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 19 Положения о Комитете национальной безопасности Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 1 апреля 1996 года № 2922, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkEnd w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12490,3258 +12774,3258 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 ноября 2014 года № 369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z490" w:id="490"/>
+    <w:bookmarkStart w:name="z490" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о Департаменте Комитета национальной безопасности Республики Казахстан по Алматинской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z491" w:id="491"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z491" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z492" w:id="492"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z492" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета национальной безопасности Республики Казахстан по Алматинской области (далее – Департамент) является территориальным органом Комитета национальной безопасности Республики Казахстан (далее – КНБ), осуществляющим руководство в сферах: разведывательной, контрразведывательной, оперативно-розыскной деятельности, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, защиты государственных секретов, и уполномоченным органом по защите государственных секретов на территории Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z493" w:id="493"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z493" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Департамент осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан, приказами Председателя КНБ, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z494" w:id="494"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z494" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет действительное и условное наименования, печати и штампы со своим наименованием на казахском языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z495" w:id="495"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z495" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z496" w:id="496"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z496" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z497" w:id="497"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z497" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z498" w:id="498"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z498" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z499" w:id="499"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z499" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z500" w:id="500"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z500" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Енбекшиказахский районный отдел. Зона обслуживания –Енбекшиказахский район Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z501" w:id="501"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z501" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Шелекское отделение Енбекшиказахского районного отдела. Зона обслуживания – Шелекский, Кескенсуйский, Каратурукский, Каражотинский, Корамский, Бартогайский, Нуринский, Асинский, Масакский, Малыбайский и Казахстанский сельские округа Енбекшиказахского района Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z502" w:id="502"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z502" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Жамбылский районный отдел. Зона обслуживания – Жамбылский район Алматинской области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z503" w:id="503"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z503" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Илийский районный отдел. Зона обслуживания – Илийский и Балхашский районы Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z504" w:id="504"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z504" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Карасайский районный отдел. Зона обслуживания – Карасайский район Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z505" w:id="505"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z505" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Райымбекский районный отдел. Зона обслуживания – Райымбекский и Кегенский районы Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z506" w:id="506"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z506" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Талгарский районный отдел. Зона обслуживания - Талгарский район Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z507" w:id="507"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z507" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Уйгурский районный отдел. Зона обслуживания – Уйгурский район Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z508" w:id="508"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z508" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Жансугурова, 68/70.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z509" w:id="509"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z509" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по Алматинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z510" w:id="510"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z510" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z511" w:id="511"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z511" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z512" w:id="512"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z512" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z513" w:id="513"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z513" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z514" w:id="514"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z514" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z515" w:id="515"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z515" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z516" w:id="516"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z516" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z517" w:id="517"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z517" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z518" w:id="518"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z518" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z519" w:id="519"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z519" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z520" w:id="520"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z520" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z521" w:id="521"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z521" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z522" w:id="522"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z522" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z523" w:id="523"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z523" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z524" w:id="524"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z524" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) реализация единой государственной политики в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z525" w:id="525"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z525" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z526" w:id="526"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z526" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z527" w:id="527"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z527" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z528" w:id="528"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z528" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z529" w:id="529"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z529" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z530" w:id="530"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z530" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z531" w:id="531"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z531" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z532" w:id="532"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z532" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z533" w:id="533"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z533" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z534" w:id="534"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z534" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z535" w:id="535"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z535" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z536" w:id="536"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z536" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z537" w:id="537"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z537" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z538" w:id="538"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z538" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z539" w:id="539"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z539" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z540" w:id="540"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z540" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z541" w:id="541"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z541" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z542" w:id="542"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z542" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные, принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные, принадлежащие гражданам помещения Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z543" w:id="543"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z543" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z544" w:id="544"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z544" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z545" w:id="545"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z545" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z546" w:id="546"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z546" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z547" w:id="547"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z547" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z548" w:id="548"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z548" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z549" w:id="549"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z549" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z550" w:id="550"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z550" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z551" w:id="551"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z551" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z552" w:id="552"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z552" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z553" w:id="553"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z553" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z554" w:id="554"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z554" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z555" w:id="555"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z555" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z556" w:id="556"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z556" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z557" w:id="557"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z557" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z558" w:id="558"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z558" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z559" w:id="559"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z559" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z560" w:id="560"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z560" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z561" w:id="561"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z561" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z562" w:id="562"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z562" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z563" w:id="563"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z563" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушения целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z564" w:id="564"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z564" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z565" w:id="565"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z565" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z566" w:id="566"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z566" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z567" w:id="567"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z567" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z568" w:id="568"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z568" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z569" w:id="569"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z569" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z570" w:id="570"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z570" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z571" w:id="571"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z571" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности Президента Республики Казахстан и Первого Президента Республики Казахстан – Елбасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z572" w:id="572"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z572" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z573" w:id="573"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z573" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z574" w:id="574"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z574" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z575" w:id="575"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z575" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z576" w:id="576"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z576" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z577" w:id="577"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z577" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z578" w:id="578"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z578" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z579" w:id="579"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z579" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z580" w:id="580"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z580" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z581" w:id="581"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z581" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z582" w:id="582"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z582" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и приказами Председателя КНБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z583" w:id="583"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z583" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z584" w:id="584"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z584" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z585" w:id="585"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z585" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с согласия руководства КНБ и в пределах своих полномочий принятие участия в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z586" w:id="586"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z586" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z587" w:id="587"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z587" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z588" w:id="588"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z588" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z589" w:id="589"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z589" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z590" w:id="590"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z590" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z591" w:id="591"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z591" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z592" w:id="592"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z592" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z593" w:id="593"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z593" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z594" w:id="594"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z594" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z595" w:id="595"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z595" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z596" w:id="596"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z596" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z597" w:id="597"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z597" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z598" w:id="598"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z598" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z599" w:id="599"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z599" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму на территории Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z600" w:id="600"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z600" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z601" w:id="601"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z601" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z602" w:id="602"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z602" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z603" w:id="603"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z603" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z604" w:id="604"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z604" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z605" w:id="605"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z605" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z606" w:id="606"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z606" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории Алматинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z607" w:id="607"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z607" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питания сотрудников и работников, капитального строительства и реконструкции, ремонта зданий и сооружений, жилищного и казарменно-жилищного строительства, ремонта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z608" w:id="608"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z608" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z609" w:id="609"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z609" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z610" w:id="610"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z610" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z611" w:id="611"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z611" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z612" w:id="612"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z612" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z613" w:id="613"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z613" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z614" w:id="614"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z614" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z615" w:id="615"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z615" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z616" w:id="616"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z616" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z617" w:id="617"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z617" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z618" w:id="618"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z618" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы функционирования государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z619" w:id="619"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z619" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z620" w:id="620"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z620" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z621" w:id="621"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z621" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z622" w:id="622"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z622" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z623" w:id="623"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z623" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории Алматинской области системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z624" w:id="624"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z624" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z625" w:id="625"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z625" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z626" w:id="626"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z626" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z627" w:id="627"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z627" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z628" w:id="628"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z628" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z629" w:id="629"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z629" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z630" w:id="630"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z630" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z631" w:id="631"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z631" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z632" w:id="632"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z632" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z633" w:id="633"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z633" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет руководству КНБ предложения по структуре и штатному расписанию Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z634" w:id="634"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z634" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z635" w:id="635"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z635" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z636" w:id="636"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z636" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z637" w:id="637"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z637" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z638" w:id="638"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z638" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z639" w:id="639"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z639" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z640" w:id="640"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z640" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z641" w:id="641"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z641" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z642" w:id="642"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z642" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z643" w:id="643"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z643" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z644" w:id="644"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z644" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkEnd w:id="652"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15989,3178 +16273,3178 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2015 года № 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z647" w:id="645"/>
+    <w:bookmarkStart w:name="z647" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о Департаменте Комитета национальной безопасности Республики Казахстан по Карагандинской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z648" w:id="646"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z648" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z649" w:id="647"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z649" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета национальной безопасности Республики Казахстан по Карагандинской области (далее – Департамент) является территориальным органом Комитета национальной безопасности Республики Казахстан (далее – КНБ), осуществляющим руководство в сферах: разведывательной, контрразведывательной, оперативно-розыскной деятельности, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, защиты государственных секретов, и уполномоченным органом по защите государственных секретов на территории Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z650" w:id="648"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z650" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Департамент осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан, приказами Председателя КНБ, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z651" w:id="649"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z651" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет действительное и условное наименования, печати и штампы со своим наименованием на казахском языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z652" w:id="650"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z652" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z653" w:id="651"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z653" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z654" w:id="652"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z654" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z655" w:id="653"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z655" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z656" w:id="654"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z656" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z657" w:id="655"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z657" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Управление в городе Темиртау. Зона обслуживания – город Темиртау, Нуринский и Осакаровский районы Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z658" w:id="656"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z658" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Шахтинское городское управление. Зона обслуживания – города Шахтинск, Сарань и Абайский, Шетский районы Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z659" w:id="657"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z659" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Балхашский городской отдел. Зона обслуживания – города Балхаш, Приозерск и Актогайский район Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z660" w:id="658"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z660" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Каркаралинский отдел управления в городе Темиртау. Зона обслуживания – Каркаралинский и Бухар-Жырауский районы Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z661" w:id="659"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z661" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 100000, Республика Казахстан, Карагандинская область, город Караганда, проспект Бухар-Жырау, 17.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z662" w:id="660"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z662" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z663" w:id="661"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z663" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z664" w:id="662"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z664" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z665" w:id="663"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z665" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z666" w:id="664"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z666" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z667" w:id="665"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z667" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z668" w:id="666"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z668" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z669" w:id="667"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z669" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z670" w:id="668"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z670" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z671" w:id="669"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z671" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z672" w:id="670"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z672" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z673" w:id="671"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z673" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z674" w:id="672"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z674" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z675" w:id="673"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z675" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z676" w:id="674"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z676" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z677" w:id="675"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z677" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) реализация единой государственной политики в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z678" w:id="676"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z678" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z679" w:id="677"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z679" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z680" w:id="678"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z680" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z681" w:id="679"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z681" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z682" w:id="680"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z682" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z683" w:id="681"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z683" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z684" w:id="682"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z684" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z685" w:id="683"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z685" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z686" w:id="684"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z686" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z687" w:id="685"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z687" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z688" w:id="686"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z688" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z689" w:id="687"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z689" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z690" w:id="688"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z690" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z691" w:id="689"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z691" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z692" w:id="690"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z692" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z693" w:id="691"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z693" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z694" w:id="692"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z694" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z695" w:id="693"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z695" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные, принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные, принадлежащие гражданам помещения, Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z696" w:id="694"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z696" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z697" w:id="695"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z697" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z698" w:id="696"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z698" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z699" w:id="697"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z699" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z700" w:id="698"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z700" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z701" w:id="699"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z701" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z702" w:id="700"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z702" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z703" w:id="701"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z703" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z704" w:id="702"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z704" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z705" w:id="703"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z705" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z706" w:id="704"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z706" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z707" w:id="705"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z707" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z708" w:id="706"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z708" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z709" w:id="707"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z709" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z710" w:id="708"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z710" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z711" w:id="709"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z711" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z712" w:id="710"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z712" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z713" w:id="711"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z713" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z714" w:id="712"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z714" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z715" w:id="713"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z715" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z716" w:id="714"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z716" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушения целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z717" w:id="715"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z717" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z718" w:id="716"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z718" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z719" w:id="717"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z719" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z720" w:id="718"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z720" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z721" w:id="719"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z721" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z722" w:id="720"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z722" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z723" w:id="721"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z723" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z724" w:id="722"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z724" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности Президента Республики Казахстан и Первого Президента Республики Казахстан – Елбасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z725" w:id="723"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z725" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z726" w:id="724"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z726" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z727" w:id="725"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z727" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z728" w:id="726"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z728" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z729" w:id="727"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z729" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z730" w:id="728"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z730" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z731" w:id="729"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z731" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z732" w:id="730"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z732" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z733" w:id="731"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z733" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z734" w:id="732"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z734" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z735" w:id="733"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z735" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и приказами Председателя КНБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z736" w:id="734"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z736" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z737" w:id="735"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z737" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z738" w:id="736"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z738" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с согласия руководства КНБ и в пределах своих полномочий принятие участия в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z739" w:id="737"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z739" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z740" w:id="738"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z740" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z741" w:id="739"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z741" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z742" w:id="740"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z742" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z743" w:id="741"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z743" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z744" w:id="742"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z744" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z745" w:id="743"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z745" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z746" w:id="744"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z746" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z747" w:id="745"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z747" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z748" w:id="746"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z748" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z749" w:id="747"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z749" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z750" w:id="748"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z750" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z751" w:id="749"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z751" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z752" w:id="750"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z752" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму на территории Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z753" w:id="751"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z753" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z754" w:id="752"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z754" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z755" w:id="753"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z755" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z756" w:id="754"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z756" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z757" w:id="755"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z757" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z758" w:id="756"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z758" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z759" w:id="757"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z759" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории Карагандинской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z760" w:id="758"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z760" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питания сотрудников и работников, капитального строительства и реконструкции, ремонта зданий и сооружений, жилищного и казарменно-жилищного строительства, ремонта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z761" w:id="759"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z761" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z762" w:id="760"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z762" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z763" w:id="761"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z763" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z764" w:id="762"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z764" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z765" w:id="763"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z765" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z766" w:id="764"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z766" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z767" w:id="765"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z767" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z768" w:id="766"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z768" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z769" w:id="767"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z769" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z770" w:id="768"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z770" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z771" w:id="769"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z771" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы функционирования государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z772" w:id="770"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z772" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z773" w:id="771"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z773" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z774" w:id="772"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z774" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z775" w:id="773"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z775" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z776" w:id="774"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z776" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории Карагандинской области системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z777" w:id="775"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z777" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z778" w:id="776"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z778" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z779" w:id="777"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z779" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z780" w:id="778"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z780" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z781" w:id="779"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z781" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z782" w:id="780"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z782" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z783" w:id="781"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z783" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z784" w:id="782"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z784" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z785" w:id="783"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z785" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z786" w:id="784"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z786" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет руководству КНБ предложения по структуре и штатному расписанию Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z787" w:id="785"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z787" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z788" w:id="786"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z788" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z789" w:id="787"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z789" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z790" w:id="788"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z790" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z791" w:id="789"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z791" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z792" w:id="790"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z792" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z793" w:id="791"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z793" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z794" w:id="792"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z794" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z795" w:id="793"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z795" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z796" w:id="794"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z796" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z797" w:id="795"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z797" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkEnd w:id="803"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19382,3252 +19666,3252 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2015 года № 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z800" w:id="796"/>
+    <w:bookmarkStart w:name="z800" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о Департаменте Комитета национальной безопасности Республики Казахстан по Восточно-Казахстанской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z801" w:id="797"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z801" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z802" w:id="798"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z802" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета национальной безопасности Республики Казахстан по Восточно-Казахстанской области (далее – Департамент) является территориальным органом Комитета национальной безопасности Республики Казахстан (далее – КНБ), осуществляющим руководство в сферах: разведывательной, контрразведывательной, оперативно-розыскной деятельности, пресечения актов терроризма и иных особо опасных преступных посягательств на личность, общество и государство, защиты государственных секретов, и уполномоченным органом по защите государственных секретов на территории Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z803" w:id="799"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z803" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Департамент осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан, приказами Председателя КНБ, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z804" w:id="800"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z804" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет действительное и условное наименования, печати и штампы со своим наименованием на казахском языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z805" w:id="801"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z805" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z806" w:id="802"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z806" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z807" w:id="803"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z807" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами начальника Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z808" w:id="804"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z808" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Департамента утверждаются Председателем КНБ в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z809" w:id="805"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z809" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Департамент состоит из управлений, отделов, отделений, групп, образующих его структуру. В его состав входят следующие обособленные структурные подразделения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z810" w:id="806"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z810" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Алтайский районный отдел. Зона обслуживания – район Алтай и Катон-Карагайский район Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z811" w:id="807"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z811" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Зайсанский районный отдел. Зона обслуживания – Зайсанский и Тарбагатайский районы Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z812" w:id="808"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z812" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Курчумский районный отдел. Зона обслуживания – Курчумский и Самарский районы Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z813" w:id="809"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z813" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Риддерский городской отдел. Зона обслуживания – город Риддер Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z814" w:id="810"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z814" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Шемонайхинское районное отделение. Зона обслуживания – Шемонайхинский район Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z815" w:id="811"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z815" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 070000, Республика Казахстан, город Усть-Каменогорск, улица Пермитина, 15.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z816" w:id="812"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z816" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – республиканское государственное учреждение "Департамент Комитета национальной безопасности Республики Казахстан по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z817" w:id="813"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z817" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z818" w:id="814"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z818" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Департамента осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z819" w:id="815"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z819" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департаменту запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z820" w:id="816"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z820" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Департаменту законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z821" w:id="817"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z821" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z822" w:id="818"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z822" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z823" w:id="819"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z823" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участие в реализации государственной политики в области обеспечения безопасности личности, общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z824" w:id="820"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z824" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) добывание разведывательной информации в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z825" w:id="821"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z825" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление контрразведывательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z826" w:id="822"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z826" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявление, предупреждение и пресечение террористической и иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z827" w:id="823"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z827" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) координация деятельности в сфере противодействия терроризму и экстремизму на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z828" w:id="824"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z828" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выявление, пресечение, раскрытие и расследование уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z829" w:id="825"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z829" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) организация и проведение контрразведывательных, специальных оперативно-розыскных мероприятий по заданиям субъектов контрразведывательной, оперативно-розыскной деятельности, а также создание условий для обеспечения их проведения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z830" w:id="826"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z830" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация и проведение в установленном законодательством Республики Казахстан порядке негласных следственных действий, а также создание условий для обеспечения их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z831" w:id="827"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z831" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) реализация единой государственной политики в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z832" w:id="828"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z832" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z833" w:id="829"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z833" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z834" w:id="830"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z834" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать конспиративные объекты (предприятия и организации), а также использовать документы, зашифровывающие сотрудников, конфиденциальных помощников, ведомственную принадлежность подразделений, организаций, помещений и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z835" w:id="831"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z835" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z836" w:id="832"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z836" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством Республики Казахстан порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z837" w:id="833"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z837" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать консультативно-совещательные органы, экспертные комиссии, а также межведомственные рабочие группы по вопросам, относящимся к деятельности органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z838" w:id="834"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z838" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z839" w:id="835"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z839" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить контрразведывательные мероприятия, общие и специальные оперативно-розыскные мероприятия, криминалистические, психолого-социологические и полиграфологические исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z840" w:id="836"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z840" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять оперативно-боевые мероприятия по пресечению противоправной деятельности в соответствии с разрабатываемыми специальными методиками, а также использовать специальные средства в соответствии с перечнем, утверждаемым Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z841" w:id="837"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z841" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять проникновение в специальные службы и организации иностранных государств, преступные группы, цели и действия которых направлены на подрыв безопасности государства, нарушение территориальной целостности Республики Казахстан, насильственное изменение конституционного строя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z842" w:id="838"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z842" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с субъектами внешней разведки Республики Казахстан при осуществлении разведывательной деятельности, в том числе с использованием радиоэлектронных и специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z843" w:id="839"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z843" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно или совместно с уполномоченными государственными органами решать вопросы о закрытии въезда в Республику Казахстан и выдворении за пределы Республики Казахстан иностранцев и лиц без гражданства, которые своими действиями создают угрозу или наносят ущерб безопасности общества и государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z844" w:id="840"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z844" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении, пресечении, раскрытии и расследовании уголовных правонарушений, отнесенных законодательством Республики Казахстан к ведению органов национальной безопасности, давать обязательные для исполнения поручения другим органам в пределах, предусмотренных уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z845" w:id="841"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z845" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вызывать в Департамент граждан по материалам, находящимся в производстве, получать от них объяснения, справки, документы и снимать с них копии, подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z846" w:id="842"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z846" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с законодательством Республики Казахстан проверять у граждан при обоснованном подозрении в совершении уголовных правонарушений документы, удостоверяющие их личность, производить задержание лиц, подозреваемых в совершении уголовных правонарушений, осуществлять проверку документов, личный досмотр задержанных и их транспортных средств, а также изъятие находящихся при них вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z847" w:id="843"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z847" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       при участии в антитеррористической операции и обеспечении правового режима антитеррористической операции применять меры и временные ограничения, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О противодействии терроризму";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z848" w:id="844"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z848" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать средства связи, транспортные средства, принадлежащие Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям, а также иным организациям, для предотвращения уголовных правонарушений, преследования и задержания лиц, совершивших или подозреваемых в совершении уголовных правонарушений, доставления задержанных лиц к месту их содержания, а также для проезда к месту происшествия и доставки нуждающихся в срочной медицинской помощи граждан в лечебные учреждения (организации). По требованию владельцев средств связи и транспортных средств Департамент возмещает в установленном законодательством Республики Казахстан порядке причиненный в результате этого фактический ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z849" w:id="845"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z849" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно входить на территорию и в помещения организаций, воинских формирований и частей, жилые и иные, принадлежащие гражданам помещения, на принадлежащие им земельные участки в целях пресечения уголовных правонарушений, преследования лиц, подозреваемых в их совершении, если промедление может поставить под угрозу жизнь и здоровье граждан, нанести ущерб безопасности страны. О случаях насильственного вхождения в жилые и иные, принадлежащие гражданам помещения, Департамент уведомляет прокурора в течение двадцати четырех часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z850" w:id="846"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z850" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в государственные органы и организации обязательные для исполнения представления об устранении причин и условий, способствующих реализации угроз безопасности Республики Казахстан, совершению уголовных правонарушений, расследование которых отнесено законодательством Республики Казахстан к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z851" w:id="847"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z851" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять административное задержание лиц, совершивших правонарушения, связанные с попытками проникновения и проникновением на специально охраняемые территории особорежимных и иных объектов. Проверять документы, удостоверяющие их личность, получать от них объяснения, осуществлять их личный досмотр, досмотр и изъятие вещей и документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z852" w:id="848"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z852" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контроль, оказывать методическую и практическую помощь по вопросам обеспечения сохранности государственных секретов, коммерческой, банковской и иной охраняемой законом тайны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z853" w:id="849"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z853" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z854" w:id="850"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z854" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения (меморандумы) с организациями, издавать совместные приказы с государственными органами Республики Казахстан, необходимые для выполнения возложенных на Департамент задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z855" w:id="851"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z855" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пресекать использование на территории Республики Казахстан передающих радиоэлектронных средств, используемых с нарушением установленных правил или законодательства Республики Казахстан о защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z856" w:id="852"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z856" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать безвозмездно и с соблюдением установленных законодательными актами требований к разглашению сведений, составляющих коммерческую, банковскую и иную охраняемую законом тайну, от государственных органов и организаций информацию, необходимую для выполнения задач, возложенных на органы национальной безопасности, включая электронные информационные ресурсы, которые предоставляются из информационных систем государственных органов и организаций, в порядке, установленном совместными нормативными правовыми актами с указанными государственными органами, а с организациями – соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z857" w:id="853"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z857" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       направлять в служебные командировки сотрудников и работников Департамента, в том числе за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z858" w:id="854"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z858" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять хранение и использование архивных оперативных, следственных и других материалов, относящихся к деятельности Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z859" w:id="855"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z859" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать на договорной основе служебные помещения, транспортные и иные технические средства Вооруженных Сил Республики Казахстан, других войск и воинских формирований и иных организаций, а также помещения, транспортные средства и иное имущество физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z860" w:id="856"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z860" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверять при входе (въезде) на объекты и помещения Департамента и при выходе (выезде) из них у физических лиц документы, удостоверяющие личность, досматривать находящиеся при них вещи (за исключением охраняемых и иных лиц, определенных законодательством Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z861" w:id="857"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z861" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения делопроизводства в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z862" w:id="858"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z862" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в целях зашифровки личности сотрудников Департамента, ведомственной принадлежности их подразделений, помещений и транспортных средств или личности граждан, оказывающих содействие органам национальной безопасности на конфиденциальной основе, использовать документы других государственных органов, а также организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z863" w:id="859"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z863" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретать и использовать средства специальной связи, вооружения и оснащения, включая специальные технические и иные средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z864" w:id="860"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z864" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать видеокамеры и иные виды электронного оборудования государственных органов и иных организаций в порядке, определенном совместными нормативными правовыми актами или соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z865" w:id="861"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z865" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в оборудованных местах хранить оружие, боеприпасы, специальные средства защиты и обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z866" w:id="862"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z866" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать и использовать оперативные учеты и информационные системы, обеспечивающие решение задач оперативно-розыскной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z867" w:id="863"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z867" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z868" w:id="864"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z868" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять разведывательную деятельность в интересах Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внешней разведке";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z869" w:id="865"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z869" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять контрразведывательную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z870" w:id="866"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z870" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, предупреждать и пресекать терроризм и иную деятельность, направленную на насильственное изменение конституционного строя, нарушения целостности и подрыв безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z871" w:id="867"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z871" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлять, пресекать, раскрывать и расследовать уголовные правонарушения, отнесенные законодательством к ведению органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z872" w:id="868"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z872" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать содействие государственным органам в предупреждении и пресечении деятельности на территории Республики Казахстан незаконных военизированных формирований, политических партий и профессиональных союзов других государств, партий на религиозной основе, а также финансирование политических партий и профессиональных союзов иностранными юридическими лицами и гражданами, иностранными государствами и международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z873" w:id="869"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z873" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать и осуществлять меры по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах, воинских формированиях, частях и организациях, а также контролировать их деятельность в указанной сфере. Проводить специальную проверку граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к информации, составляющей государственную и служебную тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z874" w:id="870"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z874" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении мер по обеспечению безопасности объектов оборонного комплекса, атомной энергетики, транспорта и связи, объектов жизнеобеспечения регионов и других стратегических объектов, перечень которых определяет Правительство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z875" w:id="871"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z875" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в соответствии с законодательством Республики Казахстан в решении вопросов, касающихся приема в гражданство Республики Казахстан и выхода из гражданства Республики Казахстан, выезда за границу граждан Республики Казахстан, въезда на территорию Республики Казахстан и выезда за ее пределы иностранцев и лиц без гражданства, а также режима их пребывания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z876" w:id="872"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z876" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать во взаимодействии с другими компетентными органами меры по обеспечению безопасности представительств иностранных государств и международных организаций на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z877" w:id="873"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z877" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать по указанию Президента Республики Казахстан совместно с другими государственными органами в обеспечении безопасности глав государств, правительств зарубежных стран и руководителей международных организаций на период их пребывания в Республике Казахстан, а также проводимых на территории страны важных общественно-политических мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z878" w:id="874"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z878" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в обеспечении безопасности Президента Республики Казахстан и Первого Президента Республики Казахстан – Елбасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z879" w:id="875"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z879" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести информационно-аналитическую работу в целях реализации возложенных на Департамент задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z880" w:id="876"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z880" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выявлять радиоизлучения передающих радиоэлектронных средств, работа которых представляет угрозу безопасности Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z881" w:id="877"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z881" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять меры по обеспечению собственной безопасности, в том числе по предотвращению технического проникновения к сведениям органов национальной безопасности, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z882" w:id="878"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z882" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать необходимые меры по обеспечению конспирации при проведении разведывательной, контрразведывательной, оперативно-розыскной деятельности, реализации материалов, отражающих результаты этой деятельности, а также недопущению рассекречивания источников информации путем распорядительной деятельности Председателя КНБ или уполномоченного им должностного лица, обеспечивающей ограничение доступа к материалам оперативно-служебной деятельности до их облечения в гласную форму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z883" w:id="879"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z883" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать мобилизационную готовность личного состава Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z884" w:id="880"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z884" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, служащего уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z885" w:id="881"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z885" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить обязательную специальную проверку иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z886" w:id="882"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z886" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять письменные требования прокурора, связанные с осуществлением им надзорных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z887" w:id="883"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z887" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять по запросу уполномоченного органа по финансовому мониторингу сведения из собственных информационных систем в соответствии с законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z888" w:id="884"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z888" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z889" w:id="885"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z889" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и приказами Председателя КНБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z890" w:id="886"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z890" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z891" w:id="887"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z891" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация и обеспечение защиты сведений, составляющих государственные секреты в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z892" w:id="888"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z892" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) с согласия руководства КНБ и в пределах своих полномочий принятие участия в работе международных, межгосударственных и иных организаций в соответствии с международными договорами Республики Казахстан, обеспечение взаимодействия и международное сотрудничество со специальными службами, правоохранительными органами, органами правительственной и специальной связи иностранных государств, международными структурами безопасности и правоохранительными организациями в сферах деятельности, относящихся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z893" w:id="889"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z893" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение государственных органов и организаций Республики Казахстан информацией, необходимой для принятия решений в сфере обеспечения национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z894" w:id="890"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z894" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка и реализация мер по противодействию терроризму и экстремизму, иной деятельности, направленной на насильственное изменение конституционного строя, нарушение целостности и подрыв безопасности Республики Казахстан, осуществление координации деятельности государственных органов в сферах противодействия терроризму и экстремизму, организация проведения антитеррористических операций на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z895" w:id="891"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z895" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, проведения практических антитеррористических учений, тренировок и экспериментов на объектах, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z896" w:id="892"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z896" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за реализацией государственными органами и органами местного самоуправления комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z897" w:id="893"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z897" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация и непосредственное осуществление контрразведывательной, оперативно-розыскной и разведывательной деятельности, досудебного расследования в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z898" w:id="894"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z898" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оказание содействия специальным государственным и правоохранительным органам, Вооруженным Силам Республики Казахстан, другим войскам и воинским формированиям в обеспечении общественной безопасности, законности, правопорядка, обороноспособности страны, решении иных поставленных перед ними задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z899" w:id="895"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z899" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оказание содействия государственным органам и организациям в продвижении национальных интересов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z900" w:id="896"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z900" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участие в разработке и осуществлении с уполномоченными органами мер по локализации и нейтрализации внешних и внутренних факторов, создающих условия для проведения противником разведывательно-подрывных акций, в том числе в сфере противодействия транснациональным преступным сообществам, незаконной миграции, незаконному обороту оружия, боеприпасов, взрывчатых и отравляющих веществ, наркотических средств, психотропных веществ, их аналогов и прекурсоров, специальных технических средств и электронных устройств, предназначенных для негласного получения информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z901" w:id="897"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z901" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оповещение населения об установлении, изменении или отмене уровня террористической опасности и сроке, на который он устанавливается, а также о границах территории, в пределах которой он устанавливается, объектах, уязвимых в террористическом отношении, объектах транспорта, подвергшихся террористической опасности, мерах, предпринимаемых компетентными государственными органами по ее устранению, действиях гражданского населения в кризисных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z902" w:id="898"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z902" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществление с государственными органами, а также иными организациями взаимодействия по вопросам, относящимся к компетенции органов национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z903" w:id="899"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z903" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) разработка и осуществление мер по контрразведывательной защите сведений, составляющих государственные секреты, в государственных органах и организациях, а также контроль их деятельности в указанной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z904" w:id="900"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z904" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) проведение специальной проверки граждан Республики Казахстан, оформляемых (переоформляемых) на допуск к сведениям, составляющим государственные секреты, а также выдача разрешений организациям на деятельность, связанную с использованием сведений, составляющих государственные секреты, созданием средств защиты государственных секретов, проведением мероприятий и (или) оказанием услуг по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z905" w:id="901"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z905" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление деятельности по противодействию техническим разведкам в отношении сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z906" w:id="902"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z906" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) контроль за осуществлением деятельности в сфере противодействия терроризму на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z907" w:id="903"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z907" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) принятие во взаимодействии с другими компетентными органами мер по обеспечению безопасности представительств иностранных государств и международных организаций на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z908" w:id="904"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z908" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация проведения обязательной специальной проверки граждан Республики Казахстан, поступающих и состоящих на государственной службе, а также претендующих на занятие должности служащего Национального Банка Республики Казахстан и его ведомств, в порядке и пределах, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z909" w:id="905"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z909" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация проведения обязательной специальной проверки иностранцев, привлекаемых на работу в государственные органы Республики Казахстан, в пределах и порядке, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z910" w:id="906"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z910" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) реализация мер по обеспечению защиты и зашифровки сотрудников, работников, конфиденциальных помощников, учреждений, помещений и транспортных средств органов национальной безопасности, а также их ведомственной принадлежности, в том числе за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z911" w:id="907"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z911" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация и проведение мероприятий по мобилизационной подготовке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z912" w:id="908"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z912" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечение безопасности лиц, подлежащих государственной защите в соответствии с законодательством Республики Казахстан о государственной защите лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z913" w:id="909"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z913" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление анализа и прогнозирования террористических угроз на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z914" w:id="910"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z914" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация боевого, технического, материального, кадрового, финансового, научного, информационного, правового, социально-бытового, военно-медицинского (медицинского) и других видов обеспечения Департамента, в том числе питания сотрудников и работников, капитального строительства и реконструкции, ремонта зданий и сооружений, жилищного и казарменно-жилищного строительства, ремонта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z915" w:id="911"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z915" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организация архивного дела в Департаменте, создание и использование в этих целях информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z916" w:id="912"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z916" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) проведение психолого-социологических и психофизиологических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z917" w:id="913"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z917" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проведение полиграфологических исследований и осуществление учета их результатов в информационной системе в органах национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z918" w:id="914"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z918" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) проведение военно-врачебной экспертизы, а также наркотестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z919" w:id="915"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z919" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) рассмотрение дел об административных правонарушениях и наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z920" w:id="916"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z920" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) организация и обеспечение разведывательной, контрразведывательной и оперативно-розыскной деятельности, направленной на обеспечение пограничной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z921" w:id="917"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z921" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) участие в работе призывных комиссий на период проведения призыва граждан на воинскую службу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z922" w:id="918"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z922" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) на основе представленных местными органами военного управления сводных данных осуществление мониторинга и отбора призывного контингента для нужд Пограничной службы КНБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z923" w:id="919"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z923" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств; попытками насильственного изменения конституционного строя Республики Казахстан; актами терроризма; действиями, направленными на насильственный захват власти или насильственное удержание власти в нарушение Конституции Республики Казахстан; диверсиями; вооруженным мятежом, а также осуществление иных действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О чрезвычайном положении";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z924" w:id="920"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z924" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечение правопорядка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z925" w:id="921"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z925" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) организация и осуществление работы по развитию и расширению сферы функционирования государственного языка в Департаменте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z926" w:id="922"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z926" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществление взаимодействия с дежурными службами заинтересованных государственных органов в целях своевременного получения информации о событиях и фактах, затрагивающих интересы национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z927" w:id="923"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z927" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) организация технического обеспечения контрразведывательных, оперативно-розыскных мероприятий и следственных действий, проводимых органами национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z928" w:id="924"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z928" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) координация и контроль работы по обеспечению режима секретности в государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z929" w:id="925"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z929" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координация и контроль деятельности органов защиты государственных секретов в интересах разработки и выполнения правовых актов и методических рекомендаций по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z930" w:id="926"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z930" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) контроль исполнения на территории Восточно-Казахстанской области системы правовых, административных, экономических, технических, программных и криптографических мер по защите государственных секретов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z931" w:id="927"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z931" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществление мероприятий по киберзащите информации, коммуникаций и стратегических объектов инфраструктуры государства в киберпространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z932" w:id="928"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z932" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) оказание практической и методической помощи государственным органам и организациям по вопросам защиты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z933" w:id="929"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z933" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) техническое осуществление контрразведывательных, специальных оперативно-розыскных мероприятий, связанных с использованием сети связи в интересах решения задач всеми органами, осуществляющими контрразведывательную, оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z934" w:id="930"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z934" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) обеспечение охраны зданий, объектов, а также пропускного и внутриобъектового режимов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z935" w:id="931"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z935" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия начальника Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z936" w:id="932"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z936" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента осуществляется начальником, который несет персональную ответственность за выполнение возложенных на Департамент задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z937" w:id="933"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z937" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z938" w:id="934"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z938" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z939" w:id="935"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z939" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z940" w:id="936"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z940" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет руководству КНБ предложения по структуре и штатному расписанию Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z941" w:id="937"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z941" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия руководителей структурных подразделений, входящих в состав Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z942" w:id="938"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z942" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает должностные инструкции сотрудников и работников Департамента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z943" w:id="939"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z943" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществляет иные полномочия в соответствии с нормативными правовыми и правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z944" w:id="940"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z944" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z945" w:id="941"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z945" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z946" w:id="942"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z946" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z947" w:id="943"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z947" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Департамент может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Департамента формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z948" w:id="944"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z948" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Департаментом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z949" w:id="945"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z949" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Департамент не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z950" w:id="946"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z950" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z951" w:id="947"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z951" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Департамента осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkEnd w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22953,31 +23237,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>